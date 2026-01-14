--- v0 (2025-11-29)
+++ v1 (2026-01-14)
@@ -12,193 +12,181 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2968">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2460">
   <si>
     <t>用户名</t>
   </si>
   <si>
     <t>用户标识</t>
   </si>
   <si>
     <t>持有数量</t>
   </si>
   <si>
     <t>流动性数量</t>
   </si>
   <si>
     <t>数据更新时间</t>
   </si>
   <si>
     <t>大饼社区～lucky</t>
   </si>
   <si>
     <t>ax7mq-weg5l-hllif-tkalv-uh4jp-nk2ek-cps3w-h7376-bz4pz-taz4t-tqe</t>
   </si>
   <si>
-    <t>1,000.09</t>
-[...2 lines deleted...]
-    <t>2025-11-29 18:45:32</t>
+    <t>2026-01-14 14:50:06</t>
   </si>
   <si>
     <t>成都社区-albin-01</t>
   </si>
   <si>
     <t>x54an-5j6yw-37byc-4ag24-5dd55-nteiy-cqmub-5knv7-qgpkh-y3zqo-3ae</t>
   </si>
   <si>
     <t>飞龙社区洪姐</t>
   </si>
   <si>
     <t>nrq6h-vnegl-uhrbh-p3wod-euemb-6rfhw-kunwi-r63ux-mklus-zdejw-bqe</t>
   </si>
   <si>
-    <t>北部湾社区金龙鱼</t>
+    <t>jjggddddg</t>
   </si>
   <si>
     <t>h7cnu-4xr47-qbkou-vszmd-empc3-ncxbo-udmbs-2oxxl-wq42j-vh73p-dae</t>
   </si>
   <si>
     <t>b6c2m...7ae</t>
   </si>
   <si>
     <t>b6c2m-hxsxh-glqud-rimtv-fxlg5-fkgiu-w73qd-gkevg-l6cqx-l33p7-7ae</t>
   </si>
   <si>
     <t>毕方资本～文总</t>
   </si>
   <si>
     <t>mocn7-abjlg-smiap-7ubda-w5zqv-y63t3-bvzge-otwrj-grjcu-kw5eo-lae</t>
   </si>
   <si>
     <t>毕方资本～柯尧</t>
   </si>
   <si>
     <t>o5f5j-gffym-mosc3-enowe-bunux-bjyw7-wahsg-bmwyl-6wa2x-nndlu-lqe</t>
   </si>
   <si>
     <t>毕方资本～律师</t>
   </si>
   <si>
     <t>octcy-syklo-67wov-3dmyn-peowh-p6vzn-hisau-y6lrs-utef2-vcohq-sae</t>
   </si>
   <si>
     <t>ohxje...eqe</t>
   </si>
   <si>
     <t>ohxje-q6o2t-fqs3l-4i6lx-pk4qo-5brcw-eve5s-4lkvv-fob6v-qrr3y-eqe</t>
   </si>
   <si>
-    <t>茶乐会～李智</t>
-[...10 lines deleted...]
-  <si>
     <t>oasxd-h25yv</t>
   </si>
   <si>
     <t>oasxd-h25yv-72pr5-yrkql-fxj4i-xx7zp-3ea37-26zw6-oszob-rp5o5-qae</t>
   </si>
   <si>
     <t>笑哥社区 小狐狸</t>
   </si>
   <si>
     <t>lkj3g-k2lld-xzass-7gu3s-b4ulm-3v3e5-2s7y3-ckxjo-ffogz-ykvoc-qqe</t>
   </si>
   <si>
     <t>skitb-nz7ic</t>
   </si>
   <si>
     <t>skitb-nz7ic-4b57z-ds65o-xrecj-5gn4z-l5ivo-3qjdg-4relr-lcmbq-yae</t>
   </si>
   <si>
     <t>rmxe4-3v7ct</t>
   </si>
   <si>
     <t>rmxe4-3v7ct-gyctj-qgq3c-lmuyl-ibsr5-z6uhp-qnkvu-6z4ae-wp6cz-rqe</t>
   </si>
   <si>
     <t>笑哥社區 Max</t>
   </si>
   <si>
     <t>7duxw-um3pb-bs6gq-nyfjz-eltr2-sydjr-ykc6j-thrvy-uuk5f-pmydd-cqe</t>
   </si>
   <si>
     <t>惠宝社区枫哥</t>
   </si>
   <si>
     <t>h3ijr-vnxhw-7fc72-2n3ue-vihej-e5mwx-fpxaa-wgwb6-gv2e7-xube6-yqe</t>
   </si>
   <si>
-    <t>HCG</t>
-[...4 lines deleted...]
-  <si>
     <t>lgixi...zae</t>
   </si>
   <si>
     <t>lgixi-ze4me-n4pz6-6addm-my7ef-lpcuf-f7lhm-g5o4p-rowrn-xnrga-zae</t>
   </si>
   <si>
     <t>薯条屿</t>
   </si>
   <si>
     <t>z6ybr-ja7f4-7l6rm-k233k-uji4r-ky5ow-m2kfi-5ikf6-rpq2l-4knzd-5qe</t>
   </si>
   <si>
+    <t>毕方资本～小颖</t>
+  </si>
+  <si>
+    <t>udp4x-xzdwd-uvczj-be4ae-ufb3p-pqzo3-sntql-ub4dq-eb5xy-sqa4o-6ae</t>
+  </si>
+  <si>
+    <t>2,951.18</t>
+  </si>
+  <si>
     <t>l32mi-d6dcs</t>
   </si>
   <si>
     <t>l32mi-d6dcs-chjui-bae3a-iio7n-wdqbd-2v6gs-zsqiu-kv7v3-gllbc-cae</t>
   </si>
   <si>
     <t>惠宝社区-沐沐</t>
   </si>
   <si>
     <t>6bjnr-jmjng-rbfvz-zzadj-d2bzc-ld4ot-lr4ag-n5vsp-lquot-iicho-cae</t>
   </si>
   <si>
     <t>爱笑的小仙女</t>
   </si>
   <si>
     <t>ipxnj-plgjw-e242n-vbszc-5ldae-xsk3c-4dejv-cvdkk-tlx3n-cgdta-qqe</t>
   </si>
   <si>
     <t>茶乐会～安永华</t>
   </si>
   <si>
     <t>btd2m-72qfq-onkvh-jjkyh-ald3s-nlotm-pkux3-qsqzg-acjwm-77um4-cae</t>
   </si>
   <si>
     <t>ogcws-2vp4g</t>
@@ -227,245 +215,389 @@
   <si>
     <t>Anson</t>
   </si>
   <si>
     <t>vs3iv-4rb5g-impfr-gojre-2737c-foyri-anoqz-5qc5t-yb72j-qhxfg-mae</t>
   </si>
   <si>
     <t>笑哥社区 Michael</t>
   </si>
   <si>
     <t>a2ygs-lwcak-ilooa-dmnla-n25be-gr65b-dutop-izefu-qllyy-ivvbw-nqe</t>
   </si>
   <si>
     <t>wxepz-433qp</t>
   </si>
   <si>
     <t>wxepz-433qp-ro35k-qivne-yei5l-4klj5-tdiwm-3o453-uemrx-h7psp-3ae</t>
   </si>
   <si>
     <t>xab5d-jyuih</t>
   </si>
   <si>
     <t>xab5d-jyuih-jhnxs-ln3gc-cfpn3-he77j-4ty4y-e5pbu-ne4rs-hnpaz-hae</t>
   </si>
   <si>
+    <t>毕方资本～晨子</t>
+  </si>
+  <si>
+    <t>25b4j-j7t7x-inxp4-ysqis-ic3ou-fhild-fsbb4-52z4e-cx2gr-liwr4-xqe</t>
+  </si>
+  <si>
+    <t>1,843.05</t>
+  </si>
+  <si>
+    <t>毕方资本～海娟</t>
+  </si>
+  <si>
+    <t>6fenv-77ai5-3k22b-ojhhh-dmufg-65q2v-fhqb2-6dcup-cftec-whm5c-4qe</t>
+  </si>
+  <si>
+    <t>1,480.65</t>
+  </si>
+  <si>
+    <t>毕方资本～至哥</t>
+  </si>
+  <si>
+    <t>6hc5j-rqmtm-fpjil-we5re-teiku-rndak-mzzds-umgvy-xpkn5-gtpzo-tae</t>
+  </si>
+  <si>
+    <t>1,549.59</t>
+  </si>
+  <si>
+    <t>毕方资本～欣欣</t>
+  </si>
+  <si>
+    <t>an5fz-gu4s5-as2dx-4oubq-sqnho-rnta4-nl5pg-xbv3y-s7pij-7dxir-hae</t>
+  </si>
+  <si>
+    <t>1,600.35</t>
+  </si>
+  <si>
+    <t>毕方资本～艾迪</t>
+  </si>
+  <si>
+    <t>aswqi-unnxz-dzlaa-hewjl-ylwxb-gwlu6-3zq4n-qkpzb-3h5tw-zz77q-gae</t>
+  </si>
+  <si>
+    <t>1,625.46</t>
+  </si>
+  <si>
+    <t>毕方资本～家办</t>
+  </si>
+  <si>
+    <t>awhwl-zyees-wp65t-3lje5-46b7c-3xwxv-j6hqn-o33pa-adjp3-gvkyu-eqe</t>
+  </si>
+  <si>
+    <t>1,782.23</t>
+  </si>
+  <si>
+    <t>毕方资本～佳佳</t>
+  </si>
+  <si>
+    <t>cuvoh-thtqb-t7yhs-3eud4-2d456-tytxc-3wa6v-t4w62-m2kzc-rn3fm-aqe</t>
+  </si>
+  <si>
+    <t>1,534.86</t>
+  </si>
+  <si>
+    <t>毕方资本～小能</t>
+  </si>
+  <si>
+    <t>gg3hr-savto-ydetb-fk7fg-bjcyy-mmgqv-nmtz2-bp623-6xl3d-wkt5l-lqe</t>
+  </si>
+  <si>
+    <t>1,448.96</t>
+  </si>
+  <si>
+    <t>毕方资本～和君</t>
+  </si>
+  <si>
+    <t>igj33-d5tvv-awq7m-ufjv5-c2esg-fb4k2-kiax5-ijjpu-sfgkb-4iejl-mqe</t>
+  </si>
+  <si>
+    <t>5,321.09</t>
+  </si>
+  <si>
+    <t>毕方资本～邹总</t>
+  </si>
+  <si>
+    <t>ipb33-wwlto-s5ctg-nj2gm-qfan7-xexyp-oujlc-efcgc-4nszr-jwzke-wae</t>
+  </si>
+  <si>
+    <t>1,794.93</t>
+  </si>
+  <si>
+    <t>毕方资本～兵日</t>
+  </si>
+  <si>
+    <t>j2tpr-bmsb7-t67uy-dmpue-rx27d-dzkln-sz5cr-qaipc-p2z76-iewvx-iae</t>
+  </si>
+  <si>
+    <t>1,263.29</t>
+  </si>
+  <si>
+    <t>毕方资本～Sam</t>
+  </si>
+  <si>
+    <t>l2lzy-s4bbz-ypp7q-k5skw-szsq5-gbh5k-da4zn-6xx6l-od63c-3pdmm-eae</t>
+  </si>
+  <si>
+    <t>4,006.26</t>
+  </si>
+  <si>
+    <t>毕方资本～翘翘</t>
+  </si>
+  <si>
+    <t>mixem-ki7y6-vwziy-w6blb-d2aeb-2xsxd-6z6eq-usnqx-bbln3-ueryc-yae</t>
+  </si>
+  <si>
+    <t>1,476.85</t>
+  </si>
+  <si>
+    <t>毕方资本～大飞</t>
+  </si>
+  <si>
+    <t>mpmv6-cxezx-hwq3r-mm65f-y4e7i-ifmls-q4llo-pc6ar-hodzl-oacfr-tqe</t>
+  </si>
+  <si>
+    <t>1,932.45</t>
+  </si>
+  <si>
+    <t>毕方资本～749局</t>
+  </si>
+  <si>
+    <t>nvsvd-eh262-5fy7t-k4hzq-q6euj-tkers-aijoy-mbvyq-lsjtw-dh3gm-mae</t>
+  </si>
+  <si>
+    <t>1,574.21</t>
+  </si>
+  <si>
+    <t>毕方资本～小龙人</t>
+  </si>
+  <si>
+    <t>rzn53-ws7ea-qv7vh-sqk2j-sv5ex-blmp7-mird4-6mwsd-yurmz-nwly5-vae</t>
+  </si>
+  <si>
+    <t>1,562.96</t>
+  </si>
+  <si>
+    <t>毕方资本～Max</t>
+  </si>
+  <si>
+    <t>sukzj-zpyvq-l366z-7wxeb-mviyp-zmtas-xxpqx-bmfhv-2jyq3-blqsw-zqe</t>
+  </si>
+  <si>
+    <t>3,723.08</t>
+  </si>
+  <si>
+    <t>毕方资本～皮总</t>
+  </si>
+  <si>
+    <t>wwuzm-sbpfd-ok4vc-ew6p6-awrnt-2pjtq-ec6vy-dlkva-vztas-6zsgs-kae</t>
+  </si>
+  <si>
+    <t>1,636.77</t>
+  </si>
+  <si>
+    <t>毕方资本～慧谷</t>
+  </si>
+  <si>
+    <t>wy7gs-r2rq3-njlua-kppnk-sttnt-a4xap-c3wmd-z7cvd-krrbv-kxh32-zae</t>
+  </si>
+  <si>
+    <t>1,561.13</t>
+  </si>
+  <si>
+    <t>毕方资本～南街</t>
+  </si>
+  <si>
+    <t>y3wn3-obc6s-qdudh-6gayn-cu3kc-chrnb-suqg4-shwwv-6pic3-f3wgq-gae</t>
+  </si>
+  <si>
+    <t>3,600.79</t>
+  </si>
+  <si>
+    <t>毕方资本～晨光</t>
+  </si>
+  <si>
+    <t>zbhr2-rwklh-aa4v5-5n5lo-eyica-grggk-dkfcx-qxmlu-ywmjh-zaqp3-lqe</t>
+  </si>
+  <si>
+    <t>1,818.17</t>
+  </si>
+  <si>
+    <t>毕方资本～齐总</t>
+  </si>
+  <si>
+    <t>zh4xy-thtnj-7x7pf-i43cr-ucske-avurp-w22sq-5r5ww-2yl5k-sf6qo-nae</t>
+  </si>
+  <si>
+    <t>1,606.35</t>
+  </si>
+  <si>
     <t>w2csl-72wwz</t>
   </si>
   <si>
     <t>w2csl-72wwz-jgnz3-y32fv-ocuyr-ldxme-lzrxx-uzlvk-pvr55-ud6qw-dae</t>
   </si>
   <si>
     <t>笑哥社区-太清玄炁</t>
   </si>
   <si>
     <t>rful7-mipif-m7ta6-vuaa2-qlik3-7nbz6-levhf-5bodp-4vr6w-fit57-sqe</t>
   </si>
   <si>
-    <t>wawa社区丽萍</t>
-[...5 lines deleted...]
-    <t>2,661.66</t>
+    <t>毕方资本～瑞红</t>
+  </si>
+  <si>
+    <t>hjo72-tpwjb-qjmkx-efemd-7w2l4-fiqmq-d3uu7-ibh62-7fyla-jrpfl-mae</t>
+  </si>
+  <si>
+    <t>4,341.39</t>
+  </si>
+  <si>
+    <t>毕方资本～菠萝</t>
+  </si>
+  <si>
+    <t>y2mpp-xsg5l-yjjxj-4nuwr-mnyl7-q42yh-a4oys-tqnhc-puc5d-7choo-4qe</t>
+  </si>
+  <si>
+    <t>4,410.06</t>
   </si>
   <si>
     <t>濱郎武十</t>
   </si>
   <si>
     <t>q4gpb-guxac-nq46h-zfaoi-5gnyr-2nedq-oy4bq-f7zsh-7tvuk-ojyb4-4ae</t>
   </si>
   <si>
     <t>全赢社区（隆雅）</t>
   </si>
   <si>
     <t>fsttu-ufii3-l66jd-afx5l-c3eqg-47r7w-helc2-3i3u6-vyrgi-2qtc2-6qe</t>
   </si>
   <si>
-    <t>3,187.17</t>
-[...1 lines deleted...]
-  <si>
     <t>a7xa3-a3d3u</t>
   </si>
   <si>
     <t>a7xa3-a3d3u-4wcnw-efhv6-hnnxd-vfmpp-zvaz2-g2gwi-ax5tx-rccnk-2ae</t>
   </si>
   <si>
     <t>I CAN</t>
   </si>
   <si>
     <t>6un2k-toc46-utfna-vp3ky-rexc4-mpdhn-ofeum-oa42n-ses7d-3qfdk-7ae</t>
   </si>
   <si>
     <t>笑哥社区-小鱼姐姐</t>
   </si>
   <si>
     <t>26cd2-lmusq-qmwu3-f6vs6-2blxa-jnofv-xtgaa-b6232-xufhh-ggvgf-mae</t>
   </si>
   <si>
     <t>笑哥社区 _garypineda1688</t>
   </si>
   <si>
     <t>q562p-4wg4i-6ojqk-5gdec-a2t3u-it7pe-ezwao-gx2je-jwei5-v6pj3-pqe</t>
   </si>
   <si>
     <t>ceyn6-a43s5</t>
   </si>
   <si>
     <t>ceyn6-a43s5-3jq6y-z6zbl-5iy5i-ha4uq-lvp2a-qyahq-ytrrk-6bikf-mae</t>
   </si>
   <si>
     <t>CoderF</t>
   </si>
   <si>
     <t>xdcc4-xvbcc-cym7g-oe5nh-ooaj7-xwa2i-xdcxv-nn3ac-kcdmb-pby2p-jqe</t>
   </si>
   <si>
     <t>笑哥社区 fengyuzhong</t>
   </si>
   <si>
     <t>6zjl5-6pyvh-s6v4p-eonpf-wcrgr-ewnsa-g6cvp-b6hoh-alplp-fpv7q-lae</t>
   </si>
   <si>
+    <t>毕方资本～二哥</t>
+  </si>
+  <si>
+    <t>dxy5w-u556l-3bxgl-qnluw-ya2fz-qulxi-4lyes-jbxr5-kscpk-kbawx-bae</t>
+  </si>
+  <si>
+    <t>5,130.94</t>
+  </si>
+  <si>
     <t>笑哥社区zzldd</t>
   </si>
   <si>
     <t>42etn-mck74-eooez-rqpaq-bayou-hznhg-e3dbm-plw6j-il7cw-7zn5d-6ae</t>
   </si>
   <si>
     <t>笑哥社区zzdud-jdrxp</t>
   </si>
   <si>
     <t>zzdud-jdrxp-a7rrd-gsbql-g6cjw-tkzf5-e2cno-wbgfq-5litc-do2jo-oae</t>
   </si>
   <si>
     <t>kksu2-q3cqn</t>
   </si>
   <si>
     <t>kksu2-q3cqn-66wqd-xjkt3-rwe2n-dns3h-l5hsx-5qmws-d7aoj-tywma-hqe</t>
   </si>
   <si>
-    <t>北部湾社区富临</t>
-[...10 lines deleted...]
-  <si>
     <t>北部湾社区李寻欢</t>
   </si>
   <si>
     <t>vysl4-v3ema-q2xuf-jhofq-pgeh2-em5t6-tq4as-jjozn-2haus-2gqgp-sqe</t>
   </si>
   <si>
     <t>北部湾花泽类</t>
   </si>
   <si>
     <t>vanyu-zqoss-f3qzg-gu3ux-jielm-44pny-m3ybw-sifsk-umyc6-4g5kf-dqe</t>
   </si>
   <si>
-    <t>北部湾社区金银花</t>
-[...64 lines deleted...]
-  <si>
     <t>zxcv.zxcv</t>
   </si>
   <si>
     <t>pxmze-qud4e-ycmsp-zol7e-smv4z-pq3j5-qsggm-mnnkz-5rj52-bnec6-aae</t>
   </si>
   <si>
     <t>14,349.56</t>
   </si>
   <si>
+    <t>毕方资本～葫芦</t>
+  </si>
+  <si>
+    <t>q7hnm-khiqd-eflix-jdqon-4br44-3ndjh-5cta6-pfjby-arvqt-e3ie5-6qe</t>
+  </si>
+  <si>
+    <t>4,441.46</t>
+  </si>
+  <si>
     <t>笑哥社区 自由猫</t>
   </si>
   <si>
     <t>2e2i2-qgo3a-zhji5-ugsnv-fxkjj-2ikrj-okdwb-veqm7-4aomq-nb2lk-eqe</t>
   </si>
   <si>
     <t>奥本资本～城城</t>
   </si>
   <si>
     <t>vzjmt-yyjb4-ituh5-6dbag-cuurp-5hmtr-ih3dd-c5ox3-qkrui-mmwt7-wae</t>
   </si>
   <si>
     <t>1,848.94</t>
   </si>
   <si>
     <t>茶乐会~一条大河</t>
   </si>
   <si>
     <t>j5q2r-usglt-u3ffa-zsl2n-5jthk-sbrhb-bxbdm-oh66e-txh6h-ncyt3-aae</t>
   </si>
   <si>
     <t>1,422.71</t>
   </si>
   <si>
     <t>茶乐会~猴哥</t>
@@ -617,354 +749,324 @@
   <si>
     <t>rk6oo-imoxq-m5phi-f4svr-aucrd-4ctb5-pn6a5-kj7vi-ivdot-yfdc3-uae</t>
   </si>
   <si>
     <t>1,463.67</t>
   </si>
   <si>
     <t>茶乐会~Domain</t>
   </si>
   <si>
     <t>4kave-knyx2-aaaav-wxt26-npod6-vjare-c3gwm-qqg4c-hfmz3-yz23a-rqe</t>
   </si>
   <si>
     <t>1,393.96</t>
   </si>
   <si>
     <t>茶乐会~司令</t>
   </si>
   <si>
     <t>zyijh-6uq6h-kio5y-eun2z-bce3y-z3oj2-esmcu-cdndq-5qvet-bice6-jae</t>
   </si>
   <si>
     <t>1,465.10</t>
   </si>
   <si>
+    <t>毕方资本～理想</t>
+  </si>
+  <si>
+    <t>3g623-iwrc6-3vfmh-t3wds-2sw2z-5e7s4-uhhwo-jxwqr-nxlzd-tc2qt-mqe</t>
+  </si>
+  <si>
+    <t>2,387.55</t>
+  </si>
+  <si>
+    <t>毕方资本～小童</t>
+  </si>
+  <si>
+    <t>4g2eg-ryz2q-pa5hw-esvlh-jults-rtw2j-226rg-q3hlj-yl6k4-4ylgf-pae</t>
+  </si>
+  <si>
+    <t>3,668.29</t>
+  </si>
+  <si>
+    <t>毕方资本～麦兜</t>
+  </si>
+  <si>
+    <t>ham32-tdhbx-jmsy3-x66tb-m5ald-d2by7-7lkvx-t7v3l-zst35-fstsx-hqe</t>
+  </si>
+  <si>
+    <t>5,041.70</t>
+  </si>
+  <si>
+    <t>毕方资本～旭哥</t>
+  </si>
+  <si>
+    <t>k4k6a-z2tso-4r75d-gyonb-zwyv6-oewbb-3pn7i-d3625-xjgxh-hrpbc-2ae</t>
+  </si>
+  <si>
+    <t>4,821.42</t>
+  </si>
+  <si>
+    <t>毕方资本～大象</t>
+  </si>
+  <si>
+    <t>kj5p4-icc7f-bs3h4-chh5y-nc43k-7uoge-5byvv-6njhc-3dm2x-l4uqk-5ae</t>
+  </si>
+  <si>
+    <t>3,507.50</t>
+  </si>
+  <si>
+    <t>毕方资本～老马</t>
+  </si>
+  <si>
+    <t>rrykw-zxmir-q7u7g-c2n6w-zzzgn-e4q5z-sq7jo-lyiwu-lylom-vaksu-pae</t>
+  </si>
+  <si>
+    <t>4,743.62</t>
+  </si>
+  <si>
     <t>狼神社区飞鱼</t>
   </si>
   <si>
     <t>te5cy-htrfs-4xjae-ef7el-wvvy3-keouh-g4oix-vmwy5-ht4kl-66n6u-xae</t>
   </si>
   <si>
     <t>ikfkt-pk2n4</t>
   </si>
   <si>
     <t>ikfkt-pk2n4-fsdtk-oc2yv-aoh4q-4kqmy-h5o23-3zz4k-xr2oh-z772l-aqe</t>
   </si>
   <si>
-    <t>小金鱼妈妈</t>
-[...7 lines deleted...]
-  <si>
     <t>三花社区大勇</t>
   </si>
   <si>
     <t>duzsx-zr4xo-jcllg-7zosx-zggan-g2idf-6ceho-3kybf-vpaib-wv5i4-nqe</t>
   </si>
   <si>
-    <t>9,063.15</t>
+    <t>6,763.15</t>
   </si>
   <si>
     <t>笑哥社区-mumu</t>
   </si>
   <si>
     <t>hmlav-h5urr-fldk5-3oqmh-fmzs2-bsmmm-kcdia-aocws-gjjvq-iwtdf-bae</t>
   </si>
   <si>
-    <t>fct2i-yp5ut</t>
-[...4 lines deleted...]
-  <si>
     <t>kejian168</t>
   </si>
   <si>
     <t>nsult-ldp5f-caqc7-h4ha6-6yb23-bss2l-mac7i-6jei3-eu626-pghkf-zqe</t>
   </si>
   <si>
     <t>奥本资本～妞妞</t>
   </si>
   <si>
     <t>kkdr4-k5eth-oocoz-ckpeq-6x3oa-hskpz-jita3-fcksx-h2zvh-norvc-cqe</t>
   </si>
   <si>
     <t>9,954.72</t>
   </si>
   <si>
-    <t>三花社区俊好1</t>
-[...2 lines deleted...]
-    <t>fd6oy-7mhwk-xfljq-c67gf-mlbxm-xnx5j-55gvh-65iru-njs5j-dhea7-sqe</t>
+    <t>毕方资本～天哥</t>
+  </si>
+  <si>
+    <t>vqne7-7rxut-akjs4-ypu2x-tly6k-d3hex-y4xju-bl6g4-6iis4-p4olb-3ae</t>
+  </si>
+  <si>
+    <t>34,077.63</t>
   </si>
   <si>
     <t>徽煌社区～金锋</t>
   </si>
   <si>
     <t>apkoj-pfonx-x4kvf-fouys-3mjxs-c7lqx-t3uzj-oxpm4-cwyvx-gwy5b-gqe</t>
   </si>
   <si>
     <t>3,612.00</t>
   </si>
   <si>
     <t>littleStrong</t>
   </si>
   <si>
     <t>zkoid-efk3q-2ukpp-f43ms-2etqw-2lm5z-hbl7s-qsrw4-7divz-auecn-nae</t>
   </si>
   <si>
     <t>Dinfunhs</t>
   </si>
   <si>
     <t>nxg5m-bihbw-xcobe-hqvbs-bzw6f-bmurh-qd2cv-kaasm-efymy-isnqk-cqe</t>
   </si>
   <si>
-    <t>17,145.41</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区～学</t>
   </si>
   <si>
     <t>houpu-l27xs-g3to6-thgjz-efycn-viuho-lsbf4-xp37f-ufdui-qs2jp-mqe</t>
   </si>
   <si>
-    <t>1,886.43</t>
+    <t>1,942.43</t>
   </si>
   <si>
     <t>fi43h-orvjc</t>
   </si>
   <si>
     <t>fi43h-orvjc-e4a7d-zgxr6-cc3me-kb3oz-kkiaa-hepao-7ubmj-kv6j5-iqe</t>
   </si>
   <si>
     <t>1,037.90</t>
   </si>
   <si>
     <t>teod7-jjfaj</t>
   </si>
   <si>
     <t>teod7-jjfaj-26veu-nccop-o6eps-wsyjz-aciiv-g4poc-fivoo-26ylp-aae</t>
   </si>
   <si>
     <t>3,978.29</t>
   </si>
   <si>
     <t>奥本资本～文霞</t>
   </si>
   <si>
     <t>foxx3-p2g75-5i4os-fzvw5-yny5y-ycgv6-voktg-iut7d-ym37m-wf6y3-cqe</t>
   </si>
   <si>
     <t>尤米社区-袁总</t>
   </si>
   <si>
     <t>6qsst-ivfle-iustk-ypcoj-xurws-coa5j-5xdq5-uqcdp-rmjyq-ahenu-xqe</t>
   </si>
   <si>
     <t>1,486.69</t>
   </si>
   <si>
     <t>chris168</t>
   </si>
   <si>
     <t>vwi4m-ytkoa-rkt45-tr7aw-g7nqm-l4isu-dapbv-sequ6-pzvwn-xmell-7ae</t>
   </si>
   <si>
-    <t>笑哥社区 Jim</t>
-[...4 lines deleted...]
-  <si>
     <t>成都社区美女团队</t>
   </si>
   <si>
     <t>u2tsb-ngmfq-bmrwn-v2oc2-rvcmw-5hlcm-t6lsf-cbxwa-bivjr-bmdt2-aae</t>
   </si>
   <si>
     <t>n2wjm-kylzc</t>
   </si>
   <si>
     <t>n2wjm-kylzc-jwykz-35khr-2irij-4essk-2xhwj-jourk-3l4tv-kprov-fae</t>
   </si>
   <si>
-    <t>余姚社区~牡丹</t>
-[...7 lines deleted...]
-  <si>
     <t>262sm-2l3xa</t>
   </si>
   <si>
     <t>262sm-2l3xa-2thv5-4kh6e-wzhou-fyseb-i7s4y-zwgo6-hipof-n3fad-bae</t>
   </si>
   <si>
     <t>PFYS</t>
   </si>
   <si>
     <t>f5u73-gnsb6-vt3yt-jtyeq-3dq6t-az63p-aqojs-wj6uw-irnly-4qhds-qqe</t>
   </si>
   <si>
     <t>nlann-ahp26</t>
   </si>
   <si>
     <t>nlann-ahp26-ivzsv-5pjup-kdy4f-vagkm-ksgll-chzcb-chdzp-4mqyj-sae</t>
   </si>
   <si>
     <t>奥本资本～银城</t>
   </si>
   <si>
     <t>hhtok-2syuy-3nxhu-jnwxk-zcr4n-o3fl2-oinau-hkprh-lxczi-zriip-rae</t>
   </si>
   <si>
     <t>奥本资本～小鑫</t>
   </si>
   <si>
     <t>3ma7z-cfy36-55j6c-74vk6-s7mr3-b7jki-2dlrw-esvn2-oxdbn-ubd34-dae</t>
   </si>
   <si>
     <t>1,592.29</t>
   </si>
   <si>
     <t>笑哥社区 Acheng</t>
   </si>
   <si>
     <t>aekt5-iosmo-akvke-4hmpe-vy7o6-tkw2y-zvmzp-ztgkw-vqrre-zrcbm-vqe</t>
   </si>
   <si>
     <t>奥本资本～米朵</t>
   </si>
   <si>
     <t>tpbap-tgtb3-7f6xl-voyuq-sqd45-uzirf-dmhhz-72yi6-lryn2-wkqyo-6qe</t>
   </si>
   <si>
-    <t>1,955.08</t>
-[...28 lines deleted...]
-  <si>
     <t>qn3p2-xj6gt</t>
   </si>
   <si>
     <t>qn3p2-xj6gt-eep6f-2pd3d-hmous-hojxw-6o5pa-yydl6-yyxa6-hvtd7-6qe</t>
   </si>
   <si>
-    <t>余姚社区~姚瑶</t>
-[...7 lines deleted...]
-  <si>
     <t>杭甬社区~斗斗</t>
   </si>
   <si>
     <t>iqzok-6k5nq-ly2w6-q43y5-gvom7-5np4t-omtwh-2fxct-3r64c-sma2d-pae</t>
   </si>
   <si>
     <t>6,026.60</t>
   </si>
   <si>
-    <t>三花社区万姐</t>
-[...4 lines deleted...]
-  <si>
     <t>成都社区-悦-01</t>
   </si>
   <si>
     <t>fmvwb-ralmh-6pgol-mr3sc-25q6y-yikmi-aammu-ethsb-kd2uh-p7awz-sae</t>
   </si>
   <si>
     <t>链动cuize1</t>
   </si>
   <si>
     <t>7helq-j4473-gxmnb-4xsa7-66ywo-vmaqo-h52gk-ct3e6-bzk4f-3wxmw-sqe</t>
   </si>
   <si>
     <t>茶乐会~春雨</t>
   </si>
   <si>
     <t>baxnf-quzew-lhy34-qqx4i-tku2c-x337k-33cvd-73vhm-73xcq-g3gzs-fqe</t>
   </si>
   <si>
     <t>茶乐会~和田玉玩家</t>
   </si>
   <si>
     <t>lxyb2-eduy7-2cdvh-6xn23-brw3k-owpp6-ttxb5-fooyc-6komn-v4ug5-fae</t>
   </si>
   <si>
     <t>1,022.07</t>
   </si>
   <si>
-    <t>北部湾社区-梦瑶</t>
-[...8 lines deleted...]
-    <t>22xzc-tj1zmc</t>
+    <t>天马社区</t>
   </si>
   <si>
     <t>22xzc-tjzmc-x53kz-n6qep-d27au-tn2oj-4cq7a-rgm3f-yamv7-ekqwn-rqe</t>
   </si>
   <si>
     <t>211,033.78</t>
   </si>
   <si>
     <t>天马社区~刘刘刘</t>
   </si>
   <si>
     <t>23wq3-qqbxo-fpzpk-g4jyp-npxcp-nzvz4-33ik6-7l42c-b7bc3-llud3-6ae</t>
   </si>
   <si>
     <t>3,459.36</t>
   </si>
   <si>
     <t>27lhg-sv1gsj</t>
   </si>
   <si>
     <t>27lhg-svgsj-fvo3p-gzln5-xbkkl-nwnpj-z3iua-c5exm-5i3pk-knaw5-3qe</t>
   </si>
   <si>
     <t>11,175.32</t>
   </si>
@@ -1592,51 +1694,51 @@
   <si>
     <t>g2odq-6h1hsm</t>
   </si>
   <si>
     <t>g2odq-6hhsm-exnbd-a3fbn-3vczd-4s6hj-wxozk-w6bxp-sdxsx-lxgxa-eae</t>
   </si>
   <si>
     <t>11,003.34</t>
   </si>
   <si>
     <t>g2vpp-un1b4c</t>
   </si>
   <si>
     <t>g2vpp-unb4c-pqmxm-mni74-d7k7s-oaip5-a67sp-aikh5-3a6di-fwr6h-jae</t>
   </si>
   <si>
     <t>192,648.24</t>
   </si>
   <si>
     <t>gef34-y3f1r7</t>
   </si>
   <si>
     <t>gef34-y3fr7-2hhd5-6he4q-qmagg-pljss-57cxy-wahyl-qiq5x-2mel7-eqe</t>
   </si>
   <si>
-    <t>25,877.50</t>
+    <t>15,000.00</t>
   </si>
   <si>
     <t>gh5nb-eeg1ls</t>
   </si>
   <si>
     <t>gh5nb-eegls-3ygke-dqzlj-f7epd-vdtgs-e3u7z-u6asb-7dltv-t2cb3-sqe</t>
   </si>
   <si>
     <t>18,320.64</t>
   </si>
   <si>
     <t>git3z-lt1bvr</t>
   </si>
   <si>
     <t>git3z-ltbvr-szmeu-imldd-u37pc-x4go6-hlpgd-mgkvd-ykl3k-wzfck-hqe</t>
   </si>
   <si>
     <t>16,749.84</t>
   </si>
   <si>
     <t>glbse-yay1os</t>
   </si>
   <si>
     <t>glbse-yayos-kzngg-ronq7-ludky-p4qly-m6ubd-j4wrb-fvkxz-kslh7-yqe</t>
   </si>
@@ -2513,2861 +2615,1700 @@
   <si>
     <t>zqrez-lqod3-32rn7-ojom5-edatz-bgfxe-vexgi-utkiw-7sqer-pbomx-qqe</t>
   </si>
   <si>
     <t>190,876.61</t>
   </si>
   <si>
     <t>zvs4l-m2a1en</t>
   </si>
   <si>
     <t>zvs4l-m2aen-jz5bn-g25rc-2ahth-sxfy2-rjqel-5nbr6-6nszc-xhkpc-xae</t>
   </si>
   <si>
     <t>10,950.77</t>
   </si>
   <si>
     <t>zxssi-l1g527</t>
   </si>
   <si>
     <t>zxssi-lg527-oinkn-7swjf-gisda-g267r-rluy7-qd3vr-spenp-6fv73-sae</t>
   </si>
   <si>
     <t>16,654.07</t>
   </si>
   <si>
-    <t>zy6p4-g71fui</t>
+    <t>北部湾社区</t>
   </si>
   <si>
     <t>zy6p4-g7fui-4n26u-6yy5o-jf4j5-6gchd-mch5t-267rm-cpvqw-walqb-lqe</t>
   </si>
   <si>
     <t>210,421.99</t>
   </si>
   <si>
     <t>奥本资本～袋鼠</t>
   </si>
   <si>
     <t>z24sc-paspn-aczrh-qbhhx-lvuuh-zw7gd-dynlx-mnjk5-5hww3-jxind-iae</t>
   </si>
   <si>
-    <t>1,610.76</t>
-[...1 lines deleted...]
-  <si>
     <t>奥本资本～春天</t>
   </si>
   <si>
     <t>3kiua-bnccq-hxe6x-bjol4-ajh54-pfkn6-5eqgg-ip2nd-wcrpg-oxqu4-gae</t>
   </si>
   <si>
-    <t>北部湾社区-中川</t>
-[...25 lines deleted...]
-  <si>
     <t>奥本资本～小新</t>
   </si>
   <si>
     <t>en3te-gnbn5-ib4pl-mnbqa-74y2i-ouwom-bqprj-nqje5-gbcw5-z6hrl-gae</t>
   </si>
   <si>
-    <t>1,930.40</t>
-[...41 lines deleted...]
-    <t>xey7p-sclwd-kbaqh-zzreq-3pj6m-d7kpu-btguo-gouy5-qtgep-4wnrx-yae</t>
+    <t>奥本资本～爱情海</t>
+  </si>
+  <si>
+    <t>nxm27-b7yis-qljjc-kk73k-xuln2-iybxp-scalc-s6h4e-olq3o-ouym4-uae</t>
+  </si>
+  <si>
+    <t>奥本资本～广场</t>
+  </si>
+  <si>
+    <t>wrbkf-ldniq-dy4b7-mfiqv-haqyk-66yfe-qfnjg-xnybu-x4g7h-tnkws-fqe</t>
+  </si>
+  <si>
+    <t>赚赚社区</t>
+  </si>
+  <si>
+    <t>o2p6n-zfzpb-v7wv3-vzwze-d7c2o-zfaqh-lrlz6-575cy-lghjr-6rjvh-zae</t>
+  </si>
+  <si>
+    <t>奥本资本～海景</t>
+  </si>
+  <si>
+    <t>23wyj-j4yc7-m6npp-u5sny-wv26n-xrz27-zwwd3-vnoqd-oeiuf-msxyn-6qe</t>
+  </si>
+  <si>
+    <t>飞龙社区-罗芳</t>
+  </si>
+  <si>
+    <t>girud-umrif-daekf-dwpmz-sgzfo-liaro-eqy3w-otlny-di65v-sv5j7-gqe</t>
+  </si>
+  <si>
+    <t>1,000.65</t>
+  </si>
+  <si>
+    <t>奥本资本～春城</t>
+  </si>
+  <si>
+    <t>bmuve-hlnkt-ky7ss-3ldn5-k5b3f-ytjta-kbg3r-h2tfk-vxry4-swxac-kae</t>
+  </si>
+  <si>
+    <t>奥本资本～时小</t>
+  </si>
+  <si>
+    <t>7vi3a-j74af-lyaug-jygxm-ajviv-vkohf-iggha-vjnpm-4orqj-vc3qy-uqe</t>
+  </si>
+  <si>
+    <t>1,439.23</t>
+  </si>
+  <si>
+    <t>奥本资本～lee</t>
+  </si>
+  <si>
+    <t>rnc4m-qyjgq-5udcb-43g4e-hpcuu-b3ckg-pf45w-xvgw5-s7fcw-h63qx-xae</t>
+  </si>
+  <si>
+    <t>奥本资本～东哥</t>
+  </si>
+  <si>
+    <t>ki5tb-aovas-q2ock-23jqk-54jah-bvvr7-lkapr-en7m7-mnjhf-mecg2-oqe</t>
+  </si>
+  <si>
+    <t>奥本资本～庞总</t>
+  </si>
+  <si>
+    <t>ldubp-hijhj-2sad5-wpscl-qfldc-fopvz-abmtj-mrfq7-mqrfq-eibu5-uae</t>
+  </si>
+  <si>
+    <t>奥本资本～邓总</t>
+  </si>
+  <si>
+    <t>7fjk4-kdish-xxy4d-rbcbl-odllk-swg5f-fdqpr-krnd2-k2m6f-6yyin-hqe</t>
+  </si>
+  <si>
+    <t>奥本资本～万家</t>
+  </si>
+  <si>
+    <t>ug5mv-3jeqn-enmrk-bhizw-pj32r-77xk4-m5gzb-lcls3-qnsjz-ql6xe-uqe</t>
+  </si>
+  <si>
+    <t>奥本资本～海铁</t>
+  </si>
+  <si>
+    <t>pvdqb-mj2jn-kxtsr-lxjjo-brbq6-jg4hc-xdhos-dk6cj-zeq6x-imh6h-bqe</t>
+  </si>
+  <si>
+    <t>奥本资本～广广</t>
+  </si>
+  <si>
+    <t>l7xpw-c6sdm-wbc3g-hmv65-64q7e-tlnr5-z66ms-ix3v5-v4dmr-a5lsc-tqe</t>
+  </si>
+  <si>
+    <t>奥本资本～东峰</t>
+  </si>
+  <si>
+    <t>pngm4-54ols-mm5jq-a3wxx-qobw2-ux5jb-y66ww-onqyr-nqzfj-u2g4e-3qe</t>
+  </si>
+  <si>
+    <t>奥本资本～海岸</t>
+  </si>
+  <si>
+    <t>6yy4m-fldaw-ej7wg-nkd5v-j4f4w-4vyoo-js4ux-miv3v-76ier-fzqbz-6qe</t>
+  </si>
+  <si>
+    <t>奥本资本～长江</t>
+  </si>
+  <si>
+    <t>banv4-lqz5a-he6hp-nyw5d-j27ze-svmwx-hzew6-h74e3-xxc76-6r3q3-tae</t>
+  </si>
+  <si>
+    <t>奥本资本～龙龙</t>
+  </si>
+  <si>
+    <t>rgm5k-kfg3h-yys7w-mbcn4-v2hz2-hlnur-btnfe-64ofu-d5oin-z6ecq-pqe</t>
+  </si>
+  <si>
+    <t>奥本资本～珠江</t>
+  </si>
+  <si>
+    <t>dl7jt-l5yf6-x2lnz-hhc3l-tvoni-udg7g-jjtd4-37vuz-jcjpl-dewzb-sae</t>
+  </si>
+  <si>
+    <t>a5s2o-d723g</t>
+  </si>
+  <si>
+    <t>a5s2o-d723g-umh67-qp42g-sad4q-7ys7q-evnl5-ejpg7-h4lgg-obmi3-oqe</t>
+  </si>
+  <si>
+    <t>WAWA社区·画押</t>
+  </si>
+  <si>
+    <t>glb4k-74p7i-kpozo-jzjj6-3tjkk-wesqx-zs5lm-47oq7-sxwrz-uslmr-mqe</t>
+  </si>
+  <si>
+    <t>4,000.08</t>
+  </si>
+  <si>
+    <t>链动cuize2</t>
+  </si>
+  <si>
+    <t>u5li5-ktgn3-eaw3q-zbj5f-tuo34-mx2br-qsu6q-6n2fx-awy52-e77yu-uae</t>
+  </si>
+  <si>
+    <t>1,002.00</t>
+  </si>
+  <si>
+    <t>wawa社区～kui1</t>
+  </si>
+  <si>
+    <t>odgi2-gjjfj-z4i7d-fb7ah-itt4v-hvyor-kunpg-wiyv7-npkxn-z6iya-gqe</t>
+  </si>
+  <si>
+    <t>2,304.67</t>
+  </si>
+  <si>
+    <t>太阳社区～然然老师</t>
+  </si>
+  <si>
+    <t>qfmqd-ft5wo-5zfcn-ib4bl-hsn2k-yqtmb-hqa2m-eg6wm-objmp-jsaup-aqe</t>
+  </si>
+  <si>
+    <t>飞龙社区～渊总</t>
+  </si>
+  <si>
+    <t>m3mqt-b5qaq-dcd7p-ihwcs-7qvmy-yed6o-3crfe-3e7gz-afnz4-sgvnl-nae</t>
+  </si>
+  <si>
+    <t>kl-001</t>
+  </si>
+  <si>
+    <t>e7t6k-hxqa2-s6qth-blekg-qjlt4-f2afr-zgy7z-qfmip-cbkgu-7soap-qqe</t>
+  </si>
+  <si>
+    <t>4,502.10</t>
+  </si>
+  <si>
+    <t>北部湾社区-老师</t>
+  </si>
+  <si>
+    <t>5bw26-ijd3h-aqu4q-pknqw-gww6t-srevz-owmeu-skxkz-qlpha-gjsan-6ae</t>
+  </si>
+  <si>
+    <t>北部湾社区-雷神</t>
+  </si>
+  <si>
+    <t>pvr3o-nycxm-kfdpa-ztgvx-lleit-lu7av-qve3g-t3c7a-ll6sj-xmayh-mqe</t>
+  </si>
+  <si>
+    <t>北部湾社区-宋小鸭</t>
+  </si>
+  <si>
+    <t>zf3ir-remfh-cbkwo-u6n2f-id3g5-hsc3e-oyvpd-r7dwk-qe4cz-2na4o-7ae</t>
+  </si>
+  <si>
+    <t>笑哥社区 老大哥</t>
+  </si>
+  <si>
+    <t>eyckb-jdek6-xja5s-mjzzq-opkgf-nqor3-iap4m-yyk6j-myxgf-avuxg-xae</t>
+  </si>
+  <si>
+    <t>奥本资本～小格</t>
+  </si>
+  <si>
+    <t>fjo6o-da5fd-vohqt-e6x6n-cms3e-wihwk-75bvd-q5slu-p3btf-2adyl-qae</t>
+  </si>
+  <si>
+    <t>飞龙社区神舟</t>
+  </si>
+  <si>
+    <t>5jbzi-da7hn-7iykq-pjxxt-btruy-v2skp-mxuho-dff35-y5feb-jxkmj-aqe</t>
+  </si>
+  <si>
+    <t>奥本资本～小星星</t>
+  </si>
+  <si>
+    <t>ehy6a-icvyo-7v3jt-arugw-laemh-jc3p2-pjfqm-kmzgv-yo4y6-s6lca-yae</t>
+  </si>
+  <si>
+    <t>1,214.76</t>
+  </si>
+  <si>
+    <t>wawa社区～小文</t>
+  </si>
+  <si>
+    <t>kruoz-phgxi-jm2wa-kmz75-sryxe-kg5v7-okblk-7y3l7-s4taq-24gii-eae</t>
+  </si>
+  <si>
+    <t>奥本资本～小万万</t>
+  </si>
+  <si>
+    <t>o4kpy-wpw65-jiyfu-b75w4-vbapz-alawj-x6czl-yiw3j-ah75j-2sri5-hqe</t>
+  </si>
+  <si>
+    <t>北部湾社区一吉祥</t>
+  </si>
+  <si>
+    <t>fhbcv-bljqx-5m7um-5f6wa-uctdr-2zy36-ixtha-la7sg-wxfg6-lp6o5-6qe</t>
+  </si>
+  <si>
+    <t>杭甬社区-费费</t>
+  </si>
+  <si>
+    <t>lzl3p-732wo-j6vvf-hngfv-dqtcm-7ceww-7vi54-pe4xo-5hcyw-ciz65-mqe</t>
+  </si>
+  <si>
+    <t>2,048.03</t>
+  </si>
+  <si>
+    <t>杭甬社区-小颜</t>
+  </si>
+  <si>
+    <t>6k77t-t5yn5-t7hlf-txbsz-acw76-6xr6d-5jdgv-v5lxd-gcf46-ggenr-vqe</t>
+  </si>
+  <si>
+    <t>2,052.22</t>
+  </si>
+  <si>
+    <t>杭甬社区-宝贝</t>
+  </si>
+  <si>
+    <t>fpklo-24dkw-vkiyj-zriry-yufe2-pewjh-3m3h7-i3u43-tfc3s-a3hwj-yae</t>
+  </si>
+  <si>
+    <t>2,179.76</t>
+  </si>
+  <si>
+    <t>徽煌社区~藕御</t>
+  </si>
+  <si>
+    <t>fs6jk-5bifg-3vlqt-i2hk3-4okbr-5blep-lo5ad-tjvbt-764mm-d2peh-eae</t>
+  </si>
+  <si>
+    <t>1,907.03</t>
+  </si>
+  <si>
+    <t>奥本资本～小凤</t>
+  </si>
+  <si>
+    <t>er4we-k5hjt-636fl-lbm4n-ucggv-lfq4d-vf3mt-77dwr-qypvf-pyicz-bqe</t>
+  </si>
+  <si>
+    <t>玩赚社区～DAVID</t>
+  </si>
+  <si>
+    <t>hzxgv-y6g2p-ck33x-a7bm5-zxg3t-kgj2a-vniwo-wozbl-npmur-umgz7-2ae</t>
+  </si>
+  <si>
+    <t>ci4q5-x5dwx</t>
+  </si>
+  <si>
+    <t>ci4q5-x5dwx-5alhg-4vvhp-rqiv7-lg73l-c7aby-ljcbw-ntbwi-zifpb-lae</t>
+  </si>
+  <si>
+    <t>奥本资本～梅子</t>
+  </si>
+  <si>
+    <t>7fccm-wx6jr-f4ap4-oasca-cbm2f-iuajl-hhlvn-w2jc5-jljui-5onkq-bae</t>
+  </si>
+  <si>
+    <t>杭甬社区-傅总</t>
+  </si>
+  <si>
+    <t>gytm2-acdzf-jlnr6-xovgv-gcelc-rugcw-hlzpi-ywln2-3v5o6-yg3lh-wae</t>
+  </si>
+  <si>
+    <t>6,312.85</t>
+  </si>
+  <si>
+    <t>hgddfg</t>
+  </si>
+  <si>
+    <t>ngvd2-r4rb3-t3hdx-hubrg-7jq4a-i2hi3-3e7ej-m633a-e7l5k-puzoh-bae</t>
+  </si>
+  <si>
+    <t>奥本资本～小明</t>
+  </si>
+  <si>
+    <t>rhlth-bx7qa-q6vjm-go26i-qiz6s-clier-lmbrf-poket-hndxy-gxpgg-nqe</t>
+  </si>
+  <si>
+    <t>玩赚社区~八宝鸭</t>
+  </si>
+  <si>
+    <t>57ntr-7undl-ibgv3-azxax-wkc47-mxjl6-fi6tw-6ptcn-wepcq-y3heb-aqe</t>
+  </si>
+  <si>
+    <t>杭甬社区—郑</t>
+  </si>
+  <si>
+    <t>eorjl-kzmj4-b3dxk-may43-wloq4-gude5-vizqs-5vbxg-km4yy-bi5rq-xae</t>
+  </si>
+  <si>
+    <t>1,189.84</t>
+  </si>
+  <si>
+    <t>笑哥社区 F</t>
+  </si>
+  <si>
+    <t>62vvn-ygrl2-5bw6j-o6z5k-wte6v-hy7ro-7wchc-vns37-via4t-o3row-wqe</t>
+  </si>
+  <si>
+    <t>YOYO社区~山柔</t>
+  </si>
+  <si>
+    <t>ekmaw-wkiyy-qasie-2bopu-ouatd-zsydi-3bkfr-ibyau-3s55w-md5s2-iae</t>
+  </si>
+  <si>
+    <t>杭甬社区～满满</t>
+  </si>
+  <si>
+    <t>nycyq-lzlxq-4yrwy-wwmsi-ogz43-aks54-cweeu-n7az6-scmzx-eeqbi-rae</t>
+  </si>
+  <si>
+    <t>6,766.09</t>
+  </si>
+  <si>
+    <t>奥本资本～家兴</t>
+  </si>
+  <si>
+    <t>n7pug-5gjej-wbdtx-flw67-w6h7a-7vuq4-pxc6b-lhj43-v5srm-6f6af-eae</t>
+  </si>
+  <si>
+    <t>qioe6-qv5nl</t>
+  </si>
+  <si>
+    <t>qioe6-qv5nl-gjmm3-uhuwj-g4yi2-ueq6r-37qpf-alif4-rnsdb-kdjtq-iae</t>
+  </si>
+  <si>
+    <t>笑哥社区 Meta</t>
+  </si>
+  <si>
+    <t>mne7s-m4aov-tgxez-c4fyr-al4h4-z75bc-whp2l-g7f3y-rwfgm-gmry2-jae</t>
+  </si>
+  <si>
+    <t>奥本资本～一康</t>
+  </si>
+  <si>
+    <t>iafmo-cvv4k-7rywn-v57j4-lxldl-j2jcr-qavur-h7zbn-nlyjv-o7wrb-xqe</t>
+  </si>
+  <si>
+    <t>杭甬社区-肖本生意</t>
+  </si>
+  <si>
+    <t>kmy3t-vtdoq-dxhp2-e6y22-vd7wa-jh3gt-qvjtz-5dil3-frhpx-2rump-bae</t>
+  </si>
+  <si>
+    <t>4,568.26</t>
+  </si>
+  <si>
+    <t>金木社区-林</t>
+  </si>
+  <si>
+    <t>zudgl-ovoii-sr6bc-ievxx-qxaue-hoedm-3qr7q-4gmon-v3wuh-cbwde-nae</t>
+  </si>
+  <si>
+    <t>笑哥社区 Whyyyynot</t>
+  </si>
+  <si>
+    <t>4qyzs-hy4h3-yhree-bfu4t-3cznl-33dpr-tuqiw-c6dz4-gvb3x-tefgo-uae</t>
+  </si>
+  <si>
+    <t>木木社区-吉祥</t>
+  </si>
+  <si>
+    <t>pomxt-cwc26-3gz5e-lzs24-ylb52-mnlfc-txl6k-xzltu-ddraa-pjoop-rqe</t>
+  </si>
+  <si>
+    <t>4,286.39</t>
+  </si>
+  <si>
+    <t>茶乐会+子鹏</t>
+  </si>
+  <si>
+    <t>ie2xe-rhnnk-rtqoz-k3bzt-t57vl-5ce25-pqihi-m4zcl-job63-izp2d-6ae</t>
+  </si>
+  <si>
+    <t>QWERTYUIOP</t>
+  </si>
+  <si>
+    <t>5is7c-dvqmd-p5xq6-2mjvm-hmrxa-cugde-saeek-vbg46-nsudo-lgyy6-hqe</t>
+  </si>
+  <si>
+    <t>1,754.23</t>
+  </si>
+  <si>
+    <t>wawa社区小勇</t>
+  </si>
+  <si>
+    <t>7sobo-utogf-254ym-eoziw-i34za-6rabf-d57fk-gtgzp-3hn6u-7mlcr-qae</t>
+  </si>
+  <si>
+    <t>3,909.78</t>
+  </si>
+  <si>
+    <t>尤米社区左</t>
+  </si>
+  <si>
+    <t>eohex-qdrs5-6pmr4-4p4t3-7l23g-4ghhj-bvxpq-3gvhs-lhlel-dh3l6-jae</t>
+  </si>
+  <si>
+    <t>1,325.43</t>
+  </si>
+  <si>
+    <t>太阳社区～超越</t>
+  </si>
+  <si>
+    <t>2uxbx-sb7on-fgzb3-mbysp-v7eaq-7uffv-p6e2p-3u3l5-enj7y-qmdzn-fqe</t>
+  </si>
+  <si>
+    <t>YOYO社区荷尔蒙</t>
+  </si>
+  <si>
+    <t>ayk3a-crjij-kjodk-lk6vc-zunfy-6l4i3-cqof6-ik54r-iaryp-3rj75-3ae</t>
+  </si>
+  <si>
+    <t>3ekxi-73mux</t>
+  </si>
+  <si>
+    <t>3ekxi-73mux-agivc-dlx2w-br6jl-keumt-gqius-3wdkn-uxozq-5mvk2-gae</t>
+  </si>
+  <si>
+    <t>杭甬社区-雪锋</t>
+  </si>
+  <si>
+    <t>fuxxc-m4piu-4lvpr-fb4ul-d7gk4-c74ye-m5frj-zp2te-hlhlp-3vky4-3qe</t>
+  </si>
+  <si>
+    <t>1,955.94</t>
+  </si>
+  <si>
+    <t>奥本资本～玲子</t>
+  </si>
+  <si>
+    <t>dulgr-luyyl-5fgbj-6efrm-54ubc-qwzva-tzdrf-m3oyk-eio7c-2kl22-bqe</t>
+  </si>
+  <si>
+    <t>1,214.50</t>
+  </si>
+  <si>
+    <t>杭甬社区～柠檬</t>
+  </si>
+  <si>
+    <t>mohe5-obmsw-u4g5o-w7wdd-ripwq-e7wrd-jwknr-twg7p-qqxxm-jaq3a-4qe</t>
+  </si>
+  <si>
+    <t>2,013.55</t>
+  </si>
+  <si>
+    <t>杭甬社区～龙哥</t>
+  </si>
+  <si>
+    <t>eie5k-hb6ft-23urz-x5ihh-omzp2-3yrsr-k32nc-pnzs7-x2ufk-l3khi-kae</t>
+  </si>
+  <si>
+    <t>2,016.29</t>
+  </si>
+  <si>
+    <t>杭甬社区～金金</t>
+  </si>
+  <si>
+    <t>bsb7m-kxj3n-a7zap-kl52n-b3qjv-ssyzy-666cu-o7agp-ffoha-ldgup-tae</t>
+  </si>
+  <si>
+    <t>5,524.28</t>
+  </si>
+  <si>
+    <t>Mel</t>
+  </si>
+  <si>
+    <t>hdqig-oqhkt-l52a5-7gauy-whxw7-yz5o3-obe73-fxaow-fd36m-2jgdr-zae</t>
+  </si>
+  <si>
+    <t>杭甬社区-钮陆共富</t>
+  </si>
+  <si>
+    <t>lsdwq-zzmcz-esuw3-xmjy4-i3ezx-tva65-enzhw-urd63-mkvhz-hp76j-uae</t>
+  </si>
+  <si>
+    <t>1,546.64</t>
+  </si>
+  <si>
+    <t>尤米社区一车行</t>
+  </si>
+  <si>
+    <t>iafqj-libnp-k3d3s-u6jsh-yf7mj-twzdx-7eias-wjkfh-q7eyu-ymn6d-wae</t>
+  </si>
+  <si>
+    <t>1,000.32</t>
+  </si>
+  <si>
+    <t>太阳社区~幸运儿</t>
+  </si>
+  <si>
+    <t>nzb37-d6pz3-binje-ezirf-sm4ah-bhlyr-zsdoh-xxj75-xpkg3-3jctl-6qe</t>
+  </si>
+  <si>
+    <t>d7iui-xvxso</t>
+  </si>
+  <si>
+    <t>d7iui-xvxso-zyogk-7k6km-evois-6vok5-cfzaj-ao7l7-mni33-gtwzn-cae</t>
+  </si>
+  <si>
+    <t>杭甬社区小陆</t>
+  </si>
+  <si>
+    <t>cvag6-febqx-ysfgi-f2gyc-25rba-tp373-6ba5l-4zh4c-6d6em-3hfms-eqe</t>
+  </si>
+  <si>
+    <t>1,560.36</t>
+  </si>
+  <si>
+    <t>笑哥社区LOKI</t>
+  </si>
+  <si>
+    <t>c2oug-6elg5-z76f3-vruzc-xgw3b-66u6p-vzkdm-746vy-yzicb-6axxb-2ae</t>
+  </si>
+  <si>
+    <t>海天徽煌社区一陈明</t>
+  </si>
+  <si>
+    <t>skt7a-ejrog-qh3kq-3225y-gm527-z7v7i-fkxri-r2d37-zdr3i-v7ao6-lqe</t>
+  </si>
+  <si>
+    <t>4,693.47</t>
+  </si>
+  <si>
+    <t>笑哥社会joyce</t>
+  </si>
+  <si>
+    <t>qaqmd-plx2a-fxz4b-hhuo7-jdfod-zpxt4-ojga2-2idvf-c3233-wxbnv-sae</t>
+  </si>
+  <si>
+    <t>玩赚社区~小顾</t>
+  </si>
+  <si>
+    <t>ceutv-jmnq2-u3lyo-nfd3m-33k5j-sh2tz-f7apf-5ks4w-6o3ff-tbkly-cae</t>
+  </si>
+  <si>
+    <t>杭甬社区～果果</t>
+  </si>
+  <si>
+    <t>o7wco-f53u2-43adt-wchox-qbibp-6g24c-iymbo-hh36b-gqwnl-6pkv6-kqe</t>
+  </si>
+  <si>
+    <t>2,397.74</t>
+  </si>
+  <si>
+    <t>笑哥社区 Mobius</t>
+  </si>
+  <si>
+    <t>zdcyb-t5em7-uqsmz-atnvo-4na2f-ukxzn-cak7e-pehbx-dtkrf-3tj6w-vae</t>
+  </si>
+  <si>
+    <t>狼神社区Rener</t>
+  </si>
+  <si>
+    <t>dethe-aawwh-aq5fz-khoa5-sxjyk-zgezw-ypi66-v4iz4-zsua4-7xppv-dae</t>
+  </si>
+  <si>
+    <t>狼神社区～马哥哥</t>
+  </si>
+  <si>
+    <t>e3a5n-go5fp-6ctiw-wttiv-ul5gf-hlmme-jbaky-ub2gh-dlcsk-5dona-vqe</t>
+  </si>
+  <si>
+    <t>笑哥社區-MJ</t>
+  </si>
+  <si>
+    <t>ahsit-h7sk6-bwjvw-63h2v-4uj6z-gm2oi-hjeig-cosos-penas-5evu7-tqe</t>
+  </si>
+  <si>
+    <t>杭甬社区-至秦</t>
+  </si>
+  <si>
+    <t>3abv3-y6h46-xch5k-7oq5v-seys2-rapaq-ulnjo-ebxrm-renbs-pe3of-yae</t>
+  </si>
+  <si>
+    <t>5,607.89</t>
+  </si>
+  <si>
+    <t>yo7vw-2z43t</t>
+  </si>
+  <si>
+    <t>yo7vw-2z43t-msji3-hdls3-2jrs3-j2etz-vslkn-s6o3p-j7aka-gyjoa-nqe</t>
+  </si>
+  <si>
+    <t>笑哥社区 無言抑</t>
+  </si>
+  <si>
+    <t>6cm34-ojhzz-e7khb-nsxxv-xnlfc-nvunb-rg6ed-y6xoz-fmhw2-jkbz7-fqe</t>
+  </si>
+  <si>
+    <t>1,128.98</t>
+  </si>
+  <si>
+    <t>Gooold518</t>
+  </si>
+  <si>
+    <t>77lm2-p5xzm-726sg-gg26r-falk5-tfuht-uyazr-ztowk-3pmlb-63t2s-rqe</t>
+  </si>
+  <si>
+    <t>徽煌社区~云海</t>
+  </si>
+  <si>
+    <t>ogdkz-rv5ds-jlqej-2hi5m-6g5wg-ity7u-ujyq7-ge2jc-buzfm-ueyne-oae</t>
+  </si>
+  <si>
+    <t>4,499.88</t>
+  </si>
+  <si>
+    <t>笑哥社区 Way</t>
+  </si>
+  <si>
+    <t>oh7l7-5n3wu-pozpi-c36k2-nt6f2-p5y5i-bhjrp-zsxcx-phklj-j3i5s-bqe</t>
+  </si>
+  <si>
+    <t>2金马社区 ～ 王</t>
+  </si>
+  <si>
+    <t>ly6b4-uha35-5afhp-l2n4f-5lcc3-yin2t-u3afu-4674x-v4rh7-fis6d-yqe</t>
+  </si>
+  <si>
+    <t>2,468.60</t>
+  </si>
+  <si>
+    <t>金山社区</t>
+  </si>
+  <si>
+    <t>3skyu-b3tv2-mzetr-dgxff-o5mmp-wng5y-id33b-7stcp-pd36q-kefyu-nqe</t>
+  </si>
+  <si>
+    <t>4,818.48</t>
+  </si>
+  <si>
+    <t>笑哥社区-Eric</t>
+  </si>
+  <si>
+    <t>4x7jk-oohxs-nznf5-jgdwm-64krb-ryeoy-22ztj-vkzao-akczs-g4uzl-xqe</t>
+  </si>
+  <si>
+    <t>狼神社区~蒋顺玉</t>
+  </si>
+  <si>
+    <t>frijx-disue-3s7vt-wyurm-pmjpf-g7fzv-32njy-ppckr-tirri-ge6pr-gqe</t>
+  </si>
+  <si>
+    <t>狼神社区～王红艳</t>
+  </si>
+  <si>
+    <t>fub73-ajjpm-g3kje-m33y6-lt4jp-bksgl-ddehb-7jg5j-hd6kx-b7bfh-eae</t>
+  </si>
+  <si>
+    <t>毕方资本～英英</t>
+  </si>
+  <si>
+    <t>oyx5f-qqtg4-m5tyf-ahs2k-3geq7-khszv-ffdln-xh6fn-re4j6-jfv7i-5ae</t>
+  </si>
+  <si>
+    <t>杭甬社区～进进</t>
+  </si>
+  <si>
+    <t>yw3kx-l75hr-wrr4z-an3gh-3atnt-5eml3-3n2j2-6dnyk-chet2-hp6ld-6ae</t>
+  </si>
+  <si>
+    <t>5,294.73</t>
+  </si>
+  <si>
+    <t>狼神社区～燕姐姐</t>
+  </si>
+  <si>
+    <t>6di3o-lcesu-tzxin-z5l43-ws3qr-vrje7-oow4z-ynnbt-5fm4y-onj4v-pqe</t>
+  </si>
+  <si>
+    <t>wawa喜乐</t>
+  </si>
+  <si>
+    <t>fs2wn-ej3kl-a2wph-6sxsu-72ht3-e6bel-lz3os-ojwxo-72j64-6jxvw-tae</t>
+  </si>
+  <si>
+    <t>徽煌社区～小兰姐</t>
+  </si>
+  <si>
+    <t>ngrf6-bctc6-jxzps-ig2fw-fusw5-u4ewb-dpxvm-wdnmt-7h42a-lpkyl-4ae</t>
+  </si>
+  <si>
+    <t>1,106.75</t>
+  </si>
+  <si>
+    <t>狼神社区～美好人生</t>
+  </si>
+  <si>
+    <t>vk6rh-ecjv6-767ov-cgmhi-nn5il-uyc7l-b7guy-raxd2-tejqh-g5pjs-3qe</t>
+  </si>
+  <si>
+    <t>1,358.34</t>
+  </si>
+  <si>
+    <t>金马社区～燕3</t>
+  </si>
+  <si>
+    <t>o4xu4-dneva-5wzf4-5q7aq-77bqn-qrwll-xuiox-j7cr3-n552v-xxn4i-qae</t>
+  </si>
+  <si>
+    <t>玩赚社区～乐乐</t>
+  </si>
+  <si>
+    <t>ez27g-nybv6-bxrb7-pnvi6-7oak7-nc4cr-sxxvs-g64xs-uhw7u-mwynu-mae</t>
+  </si>
+  <si>
+    <t>太阳社区~夏睿微</t>
+  </si>
+  <si>
+    <t>pdpii-huovs-wuu4k-f3wno-dh3v4-iwiur-6qd5a-6lfk2-pduav-ckcnb-nae</t>
+  </si>
+  <si>
+    <t>玩赚社区~酱香饼</t>
+  </si>
+  <si>
+    <t>uc54f-niuyc-jupgi-gaxce-umnd3-hki5p-qwurj-tuoea-uk4ob-pigki-2ae</t>
+  </si>
+  <si>
+    <t>狼神社区～敏1</t>
+  </si>
+  <si>
+    <t>fhl4g-kouyj-gdlja-vnqwm-ivqyy-7zt4b-kf2b4-ndkpq-itqob-wl6cg-4ae</t>
+  </si>
+  <si>
+    <t>太阳社区~龚后珍</t>
+  </si>
+  <si>
+    <t>ylrah-3ooxc-4wfuz-lf6q7-jwkj7-6pluv-tf2r6-zci7p-k3l6j-3myqh-jae</t>
+  </si>
+  <si>
+    <t>YOYO社区～穆总</t>
+  </si>
+  <si>
+    <t>bcgtl-l7ezh-xwcvc-mxfyi-2ifsi-tt5x2-uouoh-er6s2-4pvh2-mscdg-4ae</t>
+  </si>
+  <si>
+    <t>太阳社区~夏友百</t>
+  </si>
+  <si>
+    <t>te4wb-yf6v3-b7pwl-aupne-p3lzf-eqgfw-yzf7o-ewrf6-bke36-sf44a-eqe</t>
+  </si>
+  <si>
+    <t>金马社区～辉哥</t>
+  </si>
+  <si>
+    <t>qa3ls-kbdc7-3gcz2-e5acn-76i3w-unakt-s2lyu-7lcpe-tbvmv-mkud3-nqe</t>
+  </si>
+  <si>
+    <t>YOYO社区~何姐</t>
+  </si>
+  <si>
+    <t>3rfld-a65tn-k44td-5dyuf-dblo6-gkrbx-xdzmj-irlh2-crwk4-fffk3-aqe</t>
+  </si>
+  <si>
+    <t>太阳社区~夏抚香</t>
+  </si>
+  <si>
+    <t>mq742-jg4kd-ygzqq-iyc6y-udzwo-zirgv-esdxc-fd3bj-44dhl-2e5s7-xqe</t>
+  </si>
+  <si>
+    <t>太阳社区~夏利民</t>
+  </si>
+  <si>
+    <t>jpaui-6t2ds-tzebs-rodvm-wpjqq-u4nnc-djpgd-ndjta-uk3lf-6mb5e-lae</t>
+  </si>
+  <si>
+    <t>金马社区~权1</t>
+  </si>
+  <si>
+    <t>afknd-fwtn5-hjaae-k6abx-kpdl6-wlcte-meash-oiort-jdwll-mhesv-oqe</t>
+  </si>
+  <si>
+    <t>金马社区～燕2</t>
+  </si>
+  <si>
+    <t>lxyvv-q6van-bebet-5gcda-iqsq4-622xt-wkjw7-wncry-r7qct-l4qfn-sqe</t>
+  </si>
+  <si>
+    <t>金马社区～琴4</t>
+  </si>
+  <si>
+    <t>5ojng-yqb2y-knvip-lcorg-gfjje-mzanc-majdm-yefd5-imegk-uqz6x-tqe</t>
+  </si>
+  <si>
+    <t>2,122.81</t>
+  </si>
+  <si>
+    <t>狼神社区～燕子</t>
+  </si>
+  <si>
+    <t>72enh-tgjyn-6kzat-cdwxl-yfb5s-577xq-aexb2-xfs3t-pg4g3-u7d3g-sqe</t>
+  </si>
+  <si>
+    <t>1,735.24</t>
+  </si>
+  <si>
+    <t>龙腾九爷社区~胡姐</t>
+  </si>
+  <si>
+    <t>j35sq-fmuai-3h3ly-ej35u-tlptv-nu7mu-rs2xw-qyops-cegee-cqucy-cqe</t>
+  </si>
+  <si>
+    <t>飞龙社区～彭怡萱</t>
+  </si>
+  <si>
+    <t>2p2j4-dzxwo-lk4mo-l56jd-vejm5-6csvz-g5nwu-balui-q6mtr-tvcem-iqe</t>
+  </si>
+  <si>
+    <t>1,393.79</t>
+  </si>
+  <si>
+    <t>q3i6d-obpmd</t>
+  </si>
+  <si>
+    <t>q3i6d-obpmd-myuzh-xah6p-klqzi-6ha2m-dx3e7-jduqw-filjk-pzyq4-nae</t>
+  </si>
+  <si>
+    <t>wawa社区菜场</t>
+  </si>
+  <si>
+    <t>vpaoj-iikos-zdrb4-wt33e-7mmjy-oqvrb-atad6-pezj6-is2cs-jm4po-cae</t>
+  </si>
+  <si>
+    <t>管姐姐</t>
+  </si>
+  <si>
+    <t>golnl-vurdj-voeyj-vsgsu-fhaic-kv3oh-6nzuf-xlqis-cgzq2-df4za-tae</t>
+  </si>
+  <si>
+    <t>1,092.98</t>
+  </si>
+  <si>
+    <t>笑哥社区-Yob</t>
+  </si>
+  <si>
+    <t>bktvf-namla-dgwhz-vha2e-swsf4-wwfn2-ezmo4-4miyq-zians-jr6s3-wae</t>
+  </si>
+  <si>
+    <t>金马社区–钱多多</t>
+  </si>
+  <si>
+    <t>icikr-sznjz-vdgo3-xoyfy-4uibl-r4b63-ycilo-ngqkm-n7ptc-etzvr-nqe</t>
+  </si>
+  <si>
+    <t>太阳社区～梁一</t>
+  </si>
+  <si>
+    <t>qn7ly-aac3u-utxsh-fad7w-jdmrl-5arfr-yug2v-yvmyo-jklq3-tsdpm-yae</t>
+  </si>
+  <si>
+    <t>太阳社区~希希</t>
+  </si>
+  <si>
+    <t>hmoy4-isqx7-wazi7-ynpyc-uajl5-npezi-u5foe-jrmyx-llihb-fwc5o-jae</t>
+  </si>
+  <si>
+    <t>天都Club-文明</t>
+  </si>
+  <si>
+    <t>4z3qn-zdbth-3ibf5-4n6mq-muuwg-oy3th-c2b5m-xl5di-dbfyi-y2wdi-7qe</t>
+  </si>
+  <si>
+    <t>3,029.32</t>
+  </si>
+  <si>
+    <t>太阳社区~杰仔</t>
+  </si>
+  <si>
+    <t>6es6n-zcpnp-3k4fi-civy6-hifi5-j4sna-k2jot-gwspq-ioyzl-lyeec-gae</t>
+  </si>
+  <si>
+    <t>太阳社区～美少女</t>
+  </si>
+  <si>
+    <t>fskrl-bgce2-gpkkn-omo42-35gow-l4l7r-lukaq-c64vu-37iuh-lhk2o-hae</t>
+  </si>
+  <si>
+    <t>gshtr-w1kwp3</t>
+  </si>
+  <si>
+    <t>gshtr-wkwp3-6xdcp-ucsaz-wg35r-momnu-y6wm7-5hqwm-w6veg-5pes2-sae</t>
+  </si>
+  <si>
+    <t>10,734.66</t>
+  </si>
+  <si>
+    <t>wekqo-eka1b6</t>
+  </si>
+  <si>
+    <t>wekqo-ekab6-lc6i2-4wou7-6bbdo-e4emp-ubmpy-vvrsl-zl3n4-6ji6z-eae</t>
+  </si>
+  <si>
+    <t>10,736.27</t>
+  </si>
+  <si>
+    <t>徽煌社区～彦名</t>
+  </si>
+  <si>
+    <t>tu2wf-rqkst-h5fjo-6lsof-7c4a2-kt5yj-cp5zs-glueo-3dopn-na7dk-vae</t>
+  </si>
+  <si>
+    <t>太阳社区～阳光</t>
+  </si>
+  <si>
+    <t>3t3m4-zwh6b-yvkfx-joc6r-dmapj-gadue-holrj-wm7ze-ojcn4-wlw2e-6qe</t>
+  </si>
+  <si>
+    <t>尤米社区-刘哥2</t>
+  </si>
+  <si>
+    <t>7npak-n5jv3-ijb6g-o4ugx-pitaw-q5aa7-f3mia-gsrw2-4qejs-2m3gz-kqe</t>
+  </si>
+  <si>
+    <t>尤米社区-刘哥3</t>
+  </si>
+  <si>
+    <t>iqfwa-2uchd-hml2h-pcmms-gpc45-wsg7r-vjcn6-7fxqd-pviwp-dkpzb-nae</t>
+  </si>
+  <si>
+    <t>尤米社区-刘哥1</t>
+  </si>
+  <si>
+    <t>7gzs2-hooyg-c5z3e-7mccx-xkme3-kktae-jk3lw-jscnx-jgne2-kknrm-2ae</t>
+  </si>
+  <si>
+    <t>小薇军团苏~徐姐</t>
+  </si>
+  <si>
+    <t>jonlt-kwwqc-mafgy-dvgtv-y5gl2-ugx7l-fhf54-ib23p-43vme-v42yt-lae</t>
+  </si>
+  <si>
+    <t>1,581.88</t>
+  </si>
+  <si>
+    <t>狼神社区～娟1</t>
+  </si>
+  <si>
+    <t>emruv-pihhk-4fbx6-vcnp6-s2z6v-arole-vsblv-gamll-5zt4a-amq55-sqe</t>
+  </si>
+  <si>
+    <t>狼神社区～娟2</t>
+  </si>
+  <si>
+    <t>nwpaz-jeqtd-cnr5h-q2ol6-kcvfz-zjlv4-fdbfe-whkia-yiilr-ensfn-kqe</t>
+  </si>
+  <si>
+    <t>成都社区-依依</t>
+  </si>
+  <si>
+    <t>2sdf3-wgscf-tj46o-riyia-ymxpf-i3u2t-3xtb6-s5r5t-flwkx-l7lvx-oae</t>
+  </si>
+  <si>
+    <t>成都社区-梦云</t>
+  </si>
+  <si>
+    <t>gnaea-de62a-r5k7c-2f37v-cggaq-ht5j3-dpzw4-rmqv3-fdnob-xx2gd-yqe</t>
+  </si>
+  <si>
+    <t>成都社区-晓健</t>
+  </si>
+  <si>
+    <t>fn742-5aegg-2h4qp-ca4sl-ciwbn-t7fdb-xrssz-b2pm5-ko52u-4lgu4-wqe</t>
+  </si>
+  <si>
+    <t>成都社区-胡凡</t>
+  </si>
+  <si>
+    <t>imlcd-jpvjd-krqfu-7tgm2-o6hym-ocrpf-nbete-6jkil-z2ynt-kasjs-bqe</t>
+  </si>
+  <si>
+    <t>飞龙社区春天</t>
+  </si>
+  <si>
+    <t>ui5gz-ewcmk-jk634-qhan2-5uq6s-lo2yt-5lkzj-jt5z4-nepqg-or2tf-wqe</t>
+  </si>
+  <si>
+    <t>成都社区-爱春</t>
+  </si>
+  <si>
+    <t>uuyxu-bsxgr-3ga3c-u2v7a-dgdbg-megqs-bnacv-eqmqz-f67n7-caan2-wqe</t>
+  </si>
+  <si>
+    <t>旺旺131419</t>
+  </si>
+  <si>
+    <t>top2l-k6uoi-6balg-ajoc5-l4cxa-nbyck-nqdlq-bjz3y-cfhqe-6p3kk-vae</t>
+  </si>
+  <si>
+    <t>狼神社区~老刘</t>
+  </si>
+  <si>
+    <t>dz7df-f442x-pytxb-cabjt-dskpb-cyqrv-3c3ar-qc2ri-p5im5-nftmh-rqe</t>
+  </si>
+  <si>
+    <t>飞龙社区-羽4kdyd-wygsz</t>
+  </si>
+  <si>
+    <t>4kdyd-wygsz-74cxd-oaokr-phjph-gdvb5-chela-7auwg-zjepo-obva3-3ae</t>
+  </si>
+  <si>
+    <t>成都社区-吉祥</t>
+  </si>
+  <si>
+    <t>nmgm5-67jkm-dqm77-cqz7i-zqqru-xvchd-ractp-5mpwh-swhd7-lusej-xae</t>
+  </si>
+  <si>
+    <t>成都社区-蛇年大吉</t>
+  </si>
+  <si>
+    <t>mngp2-3qvqa-bxe7f-xbvqz-scoge-smkt4-g2ugz-nvgbt-2ma5u-j6pln-zqe</t>
+  </si>
+  <si>
+    <t>成都社区-陈院长</t>
+  </si>
+  <si>
+    <t>e4d6c-5gkx5-j2ies-ckmud-q63c6-fjifu-dqyoa-vgpmy-rodax-vvlyx-oae</t>
+  </si>
+  <si>
+    <t>玩赚社区～胜哥</t>
+  </si>
+  <si>
+    <t>62ehr-th7eb-ghqsd-yxzwb-6lyyo-a5st7-lwsov-35wjz-umdjx-kcgrl-3qe</t>
+  </si>
+  <si>
+    <t>汉堡🍔</t>
+  </si>
+  <si>
+    <t>2tzu4-jbtkq-xqkzu-k5wqz-umc2h-juywc-outes-7z6xx-z3paj-ohglo-3ae</t>
+  </si>
+  <si>
+    <t>wawa社区～福宝</t>
+  </si>
+  <si>
+    <t>lebep-movjk-j2oqs-7ncr5-3plvu-5dscq-qendd-lz4ta-4rvfl-cnnsl-gqe</t>
+  </si>
+  <si>
+    <t>飞龙社区-罗羽捷</t>
+  </si>
+  <si>
+    <t>2oajk-sug35-ltr4h-2gb6z-22qm2-3isfa-zkshr-7s7d5-dz7s3-6hws2-dae</t>
+  </si>
+  <si>
+    <t>成都社区-太原</t>
+  </si>
+  <si>
+    <t>erm57-ru6sl-kmeiv-bxapn-nrdw6-fznoi-44ar3-hwj5b-rdn6r-5f5za-nae</t>
+  </si>
+  <si>
+    <t>亿姐社区～红花姐</t>
+  </si>
+  <si>
+    <t>zrihg-a46xm-cs3w3-ahypu-fi6vo-eon5j-f2x5u-fes3j-byz5t-sfvx4-hqe</t>
+  </si>
+  <si>
+    <t>毕方资本～阿英</t>
+  </si>
+  <si>
+    <t>6kubp-lujn5-oixhf-u3c6v-bo5ju-rfhyk-kui43-6t42y-uswoe-7bvgb-hae</t>
+  </si>
+  <si>
+    <t>徽煌社区～康康</t>
+  </si>
+  <si>
+    <t>fh6xo-gdzkp-eqp2g-k3fqq-l7nxq-i6zbg-t4fji-6mmnr-b723t-lz62w-cae</t>
+  </si>
+  <si>
+    <t>徽煌社区～张来群</t>
+  </si>
+  <si>
+    <t>pwvix-bn45i-fvftu-rkjea-yeu2h-3wv7q-gceuc-l4azt-f22oq-ytp7k-lqe</t>
+  </si>
+  <si>
+    <t>毕方资本～九知</t>
+  </si>
+  <si>
+    <t>nexrb-v43vs-f5sgz-6gu7w-5b4ab-an5w6-nkfdt-ireji-qbgfq-u63et-uqe</t>
+  </si>
+  <si>
+    <t>笑哥社区 KevinLee</t>
+  </si>
+  <si>
+    <t>dzxm6-q6sws-vtyxm-sb455-olwke-vh7fi-zzodm-ouynn-codqu-uan5t-cqe</t>
+  </si>
+  <si>
+    <t>飞龙社区王</t>
+  </si>
+  <si>
+    <t>vciox-52og6-a27mz-rkpn7-3ax2w-bk67f-5sda2-63zbg-bu6pn-hmafb-xae</t>
+  </si>
+  <si>
+    <t>飞龙社区小国</t>
+  </si>
+  <si>
+    <t>vs7tn-vlck2-asaph-tcvaz-ek72a-nqxq4-sufbz-fichx-dnjyi-fhsin-cae</t>
+  </si>
+  <si>
+    <t>Wawa社区老妈</t>
+  </si>
+  <si>
+    <t>lu2bw-todhl-b4xrh-2y7es-pdxit-534hi-knqaf-xuvl4-3rgah-d5agq-uae</t>
+  </si>
+  <si>
+    <t>1,196.48</t>
+  </si>
+  <si>
+    <t>CSSQ-云儿</t>
+  </si>
+  <si>
+    <t>imqf7-u5ip6-dy5wo-y263w-xrmhb-l3ygd-hjxhg-s3cwy-mggch-q22iz-wae</t>
+  </si>
+  <si>
+    <t>成都社区-星星</t>
+  </si>
+  <si>
+    <t>qo6jm-qumh4-sbkto-zj3zj-avmjl-5ytgl-vqwly-tb6se-bpna3-54nyr-4qe</t>
+  </si>
+  <si>
+    <t>毕方资本～丽丽</t>
+  </si>
+  <si>
+    <t>tvefs-sjmtm-6hmjz-3j24y-ac6iw-insni-r46bd-otssm-bofxa-u5cmd-uae</t>
+  </si>
+  <si>
+    <t>成都社区-爱你一生</t>
+  </si>
+  <si>
+    <t>dyjvl-bc6ak-lqfkz-5ce33-vdxp7-v273v-lm4n2-we5qc-cy6hk-lnh2v-xae</t>
+  </si>
+  <si>
+    <t>富贵荣华</t>
+  </si>
+  <si>
+    <t>3ktqb-63zzy-to62r-itgcw-olp37-itp3e-funej-qav4r-p4gpn-wdv6v-sae</t>
+  </si>
+  <si>
+    <t>尤米社区-刘哥4</t>
+  </si>
+  <si>
+    <t>g7rr6-zsb6d-5ag7w-5biwd-fd6cd-tfw3p-cvq42-mbtdj-u3ton-cvdg7-4ae</t>
+  </si>
+  <si>
+    <t>e7hh6-sx4ep</t>
+  </si>
+  <si>
+    <t>e7hh6-sx4ep-yux4x-xwwuj-5tyv6-petqw-hmhpa-ouq2g-ats7d-p25bb-zqe</t>
+  </si>
+  <si>
+    <t>成都社区良</t>
+  </si>
+  <si>
+    <t>5qzis-lpxnv-nu4xd-pa4fw-eqeow-kctez-3bw2f-drfxz-nniif-7vnli-xqe</t>
+  </si>
+  <si>
+    <t>成都社区张</t>
+  </si>
+  <si>
+    <t>3cfyh-b7cnr-itmhv-zbibb-7db7e-qfj3v-wiuno-6oxo5-wyexr-zuzzd-tqe</t>
+  </si>
+  <si>
+    <t>狼神社区~金2</t>
+  </si>
+  <si>
+    <t>a6hc4-k5gd6-vyili-gurll-dpc6j-tw3x5-eijau-kvclr-azq3u-a64cs-dae</t>
+  </si>
+  <si>
+    <t>微煌社区+叶丽</t>
+  </si>
+  <si>
+    <t>ssec3-i2bfv-wr3l5-lzu46-waeol-lbkzd-i4mlx-ei4l3-hcezg-pyk2q-4ae</t>
+  </si>
+  <si>
+    <t>徽煌社区-锐锐</t>
+  </si>
+  <si>
+    <t>jofe2-j4luc-humnh-bqd4h-6vmq5-keinc-e7zfz-6e24c-7pah3-4o676-eqe</t>
+  </si>
+  <si>
+    <t>徽煌社区~松</t>
+  </si>
+  <si>
+    <t>4celd-bdf2z-tdk5b-amq6k-m6ahr-qby7m-gafan-55wkp-w6ax5-p5uum-gae</t>
+  </si>
+  <si>
+    <t>狼神社区~金1</t>
+  </si>
+  <si>
+    <t>lsz2x-trfon-3xjgj-jbpl6-zutji-tc5p7-clere-ss4rk-7gpex-xidwa-mqe</t>
+  </si>
+  <si>
+    <t>成都社区kk</t>
+  </si>
+  <si>
+    <t>x3l3p-pn6lt-7wpxj-ujgjz-665ns-ivjxc-6ipyf-eml7k-te7jc-xuabo-sae</t>
+  </si>
+  <si>
+    <t>狼神社区~金3</t>
+  </si>
+  <si>
+    <t>6cphf-h4taw-a3qes-sunjv-kpp4a-3whgp-j63ae-dejkq-ufdng-3bcpu-6qe</t>
+  </si>
+  <si>
+    <t>飞龙社区-梅姐</t>
+  </si>
+  <si>
+    <t>3llmo-adcpl-ilyte-qqwui-s6u25-j3hl4-unsjg-n6suo-zmuhr-duo35-6ae</t>
+  </si>
+  <si>
+    <t>毕方资本～小健</t>
+  </si>
+  <si>
+    <t>qctot-bnvl2-6f7u4-umunv-rjtto-j4efr-vq6j7-hr3th-wwysx-img5o-6qe</t>
+  </si>
+  <si>
+    <t>尤米社区—朱总</t>
+  </si>
+  <si>
+    <t>ldmv7-q6nv5-7cadr-qf4mv-r45x7-xwamy-r5xo5-jjlmm-ulr6t-5isey-mae</t>
+  </si>
+  <si>
+    <t>大饼社区-piz</t>
+  </si>
+  <si>
+    <t>qy5n7-k7q5l-zlk5e-dzdas-id7jv-4wrbd-fhsp2-s53ah-le4jx-e7b2t-jqe</t>
+  </si>
+  <si>
+    <t>毕方资本～预言家</t>
+  </si>
+  <si>
+    <t>iiret-s2w2b-diwwe-4vxm6-vm2nj-apobg-o4jzn-hesff-qalgn-6u2nf-qae</t>
+  </si>
+  <si>
+    <t>毕方资本～阿呆</t>
+  </si>
+  <si>
+    <t>cs7ne-ushc7-re7zc-ofxqd-d5yns-opijj-vf2iq-lvvbo-zrurw-v6in3-jae</t>
+  </si>
+  <si>
+    <t>毕方资本～阿鹏</t>
+  </si>
+  <si>
+    <t>52zdq-duvud-qagtp-s6x44-exgpk-ah53c-cidu2-wm2g2-74rff-he5lo-mqe</t>
+  </si>
+  <si>
+    <t>毕方资本～娟儿</t>
+  </si>
+  <si>
+    <t>n3hhj-mncan-5y23v-2m7w3-zykyw-glhka-zqb7r-hjful-kbait-phxu6-oae</t>
+  </si>
+  <si>
+    <t>毕方资本～安安</t>
+  </si>
+  <si>
+    <t>npo3i-7a5zj-bpqbg-ksna7-x4oba-h36st-sqk76-wo74x-u2vos-srhpn-fqe</t>
+  </si>
+  <si>
+    <t>Wawa社区红牛</t>
+  </si>
+  <si>
+    <t>nw3mw-emmxo-lpdi6-rjvyz-afuc2-w7qdh-i77hh-kwmwa-3goyj-lrc76-fqe</t>
+  </si>
+  <si>
+    <t>飞龙社区~李宗</t>
+  </si>
+  <si>
+    <t>g4xyh-ewysa-tmzeh-n2wny-ovrlh-ukczk-c347o-eqw27-5xz5y-ve7s3-6qe</t>
+  </si>
+  <si>
+    <t>Wawa社区小草</t>
+  </si>
+  <si>
+    <t>cd7ri-7j3z4-6kan3-tch2d-ptjl5-ptz3p-vasuo-aijtx-k3p3x-sonct-7ae</t>
+  </si>
+  <si>
+    <t>毕方资本～张庄</t>
+  </si>
+  <si>
+    <t>mbltr-dgdz2-lkgqj-apw5c-3y5mb-gya54-lqm6t-h5k3s-7emkp-cdtm7-xqe</t>
+  </si>
+  <si>
+    <t>毕方资本～恩恩</t>
+  </si>
+  <si>
+    <t>4cng6-l5vul-5ihif-i5pcj-2gec4-yijz2-4mc5k-5utbd-hieoq-6a6z7-fqe</t>
+  </si>
+  <si>
+    <t>飞龙社区～俞姐</t>
+  </si>
+  <si>
+    <t>twseg-dxufi-2houz-6en4a-vzeey-iiehy-kfbve-t6pie-r3hhp-r4azz-5qe</t>
+  </si>
+  <si>
+    <t>2,183.11</t>
+  </si>
+  <si>
+    <t>毕方资本～光明</t>
+  </si>
+  <si>
+    <t>6aaks-j2ndq-ah32h-idc3i-kh7kc-fkuxv-o6lfk-ysswn-tog4l-dfdmc-lae</t>
+  </si>
+  <si>
+    <t>玩赚社区～阳阳</t>
+  </si>
+  <si>
+    <t>dzut7-44ea2-6vrto-2wnsi-vbchx-6nl5d-oijky-dy7eg-uhu4i-ia7q5-sae</t>
+  </si>
+  <si>
+    <t>毕方资本～保福寺</t>
+  </si>
+  <si>
+    <t>umpvo-qahbe-bkxcc-z7yft-kdkq2-g5wsm-am34w-eckc4-mx724-ldhbw-7qe</t>
+  </si>
+  <si>
+    <t>wawa社区～小鱼</t>
+  </si>
+  <si>
+    <t>f43ji-5u3kk-lbxzk-zw6r6-jizub-w2abq-kvkc7-4t6kp-e2rqg-zz2yi-eqe</t>
+  </si>
+  <si>
+    <t>飞龙社区~李哥</t>
+  </si>
+  <si>
+    <t>ta3kr-ilnel-c2qs2-ut77t-ssk6d-66ycj-o3x4l-uzk4o-aeoc4-gegpd-dae</t>
+  </si>
+  <si>
+    <t>毕方资本～爱家</t>
+  </si>
+  <si>
+    <t>tj6qb-tvc7v-tivvl-ydnv3-s6nmr-c3hyl-j6apw-p4jge-tftej-c6b3c-eae</t>
+  </si>
+  <si>
+    <t>wawa社区大勇</t>
+  </si>
+  <si>
+    <t>dod6c-foqjj-fv6ao-a5czb-f2qtt-po3vx-zmvki-ste66-vzpbg-5ilcz-aqe</t>
+  </si>
+  <si>
+    <t>3,559.63</t>
+  </si>
+  <si>
+    <t>徽煌社区~火炎</t>
+  </si>
+  <si>
+    <t>3v47l-6boxd-aoqxt-llp3k-rspnp-xmpqi-jpikf-5sdx3-li2fk-3zvuw-eqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～吴</t>
+  </si>
+  <si>
+    <t>jvsqd-duudu-nbxrq-wtyyx-gaykm-qv6b7-3vhdy-snf5g-qijgn-r6fnd-2ae</t>
+  </si>
+  <si>
+    <t>毕方资本～小马</t>
+  </si>
+  <si>
+    <t>3w3cm-s7pvt-y5hhu-mitmg-qh7ug-wkopt-5ydwn-i2bgc-pzey6-izjaz-eqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～春天</t>
+  </si>
+  <si>
+    <t>7y4sa-uxa6h-iepfj-5qi2c-72r7u-6qroy-6qm5i-6r3sy-7rn5m-flgqh-xqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～大强</t>
+  </si>
+  <si>
+    <t>aytu3-s7wwh-aemde-ruqsi-43cl6-e74wb-csaqp-zcp4p-cher3-akpvl-7qe</t>
+  </si>
+  <si>
+    <t>Wawa社区花花</t>
+  </si>
+  <si>
+    <t>zfaeb-6dhwr-oozyx-dfntz-5ykro-gppsn-2q4oi-ndecb-qvonp-rtupg-iqe</t>
+  </si>
+  <si>
+    <t>小薇军团～琪琪</t>
+  </si>
+  <si>
+    <t>kiqje-jcnpb-z725f-ccpbi-ydvwm-chr7j-w4647-drwhb-rhf6p-dviae-aae</t>
+  </si>
+  <si>
+    <t>25,249.54</t>
+  </si>
+  <si>
+    <t>毕方资本～门头沟</t>
+  </si>
+  <si>
+    <t>m2rwb-q5q2h-qjm3n-psfjf-33ap7-gwpjl-bgwtx-4vzc5-hfdwz-hnsox-uae</t>
+  </si>
+  <si>
+    <t>奥本资本～城市</t>
+  </si>
+  <si>
+    <t>jqwop-mvbyp-hcfn6-eo3tj-fvixe-wxmyn-h6kaa-mqq7a-waccl-2iwr7-pae</t>
+  </si>
+  <si>
+    <t>毕方资本～六中</t>
+  </si>
+  <si>
+    <t>atqbc-b36zi-a3trs-zuhgl-fqirg-ufdib-vep6p-p2trz-vkf4m-gtul4-sqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～笑笑</t>
+  </si>
+  <si>
+    <t>vonly-uu3ne-vtqhm-xbggx-wq3e6-vb5et-mnwsb-oyndu-6eiak-57xyq-sae</t>
+  </si>
+  <si>
+    <t>毕方资本～哈工大</t>
+  </si>
+  <si>
+    <t>3ud7h-rzmte-atof5-tvepd-mupxq-t2oez-m5yfx-2hk32-h3k3e-gxmt3-bae</t>
+  </si>
+  <si>
+    <t>徽煌社区～云儿</t>
+  </si>
+  <si>
+    <t>bo53h-d6ux3-lsosj-svvil-7jgy5-7mywc-t422v-f6vqt-bd6fj-llix6-pqe</t>
+  </si>
+  <si>
+    <t>毕方资本～双登</t>
+  </si>
+  <si>
+    <t>ib6yx-cfoe7-24grn-hmafq-rljmr-xb7pl-32vdt-kmloq-wpg4u-hajjk-uae</t>
+  </si>
+  <si>
+    <t>徽煌社区_丁总</t>
+  </si>
+  <si>
+    <t>mm4ir-yuuod-ohl5c-dop6y-duybs-pngjk-pwyzd-7tvac-4kcdp-dgkaz-xae</t>
+  </si>
+  <si>
+    <t>WAWA社区-平平安安</t>
+  </si>
+  <si>
+    <t>siecq-ftjha-2cn5f-iaesj-pak5c-4von7-rwumv-sahie-w5fqo-ltldd-uqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～小红豆</t>
+  </si>
+  <si>
+    <t>zmv5h-czddr-n7sus-fiye4-sjbwt-6ccws-ghiea-qhmtn-fx5f2-lj4po-uae</t>
+  </si>
+  <si>
+    <t>徽煌社区～涛哥</t>
+  </si>
+  <si>
+    <t>is25w-bcrhs-qon5z-its4w-qp6kc-3n6vg-eudsm-fzc4x-sv2vv-lstgd-6qe</t>
+  </si>
+  <si>
+    <t>茶乐会～晨晨</t>
+  </si>
+  <si>
+    <t>uivkv-oj27e-7lnp6-usm5n-legs3-h33ba-664if-jnbeg-cicrp-2azv4-pqe</t>
+  </si>
+  <si>
+    <t>1,685.65</t>
+  </si>
+  <si>
+    <t>毕方资本～小凯</t>
+  </si>
+  <si>
+    <t>tilfz-dba5e-afeos-vskhi-hjaz2-37rxb-jhfhq-hrb4w-zsuoz-tegcd-nqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～qi</t>
+  </si>
+  <si>
+    <t>sqbpx-422v3-m6eb2-ddxvd-wlxv7-gyt5f-4uc5j-iv46y-zp6ey-nplbg-cqe</t>
+  </si>
+  <si>
+    <t>wawa社区～小高</t>
+  </si>
+  <si>
+    <t>d6jri-izgty-6qsl6-qifzy-5vxsv-oea3p-p3xxo-pvq2a-b2243-jjoyb-jqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～豆豆</t>
+  </si>
+  <si>
+    <t>6zw62-b47pf-egmlk-5qqn5-w2jx6-mihd5-giwms-5fbii-g7fd4-mnxnl-jqe</t>
+  </si>
+  <si>
+    <t>4,471.52</t>
+  </si>
+  <si>
+    <t>北部湾社区~涂</t>
+  </si>
+  <si>
+    <t>bpbms-jwlmr-w22fa-yrjzr-z2wp3-rrqht-r7xbr-2rfnr-pdhow-a5fuo-lae</t>
   </si>
   <si>
     <t>4,000.00</t>
   </si>
   <si>
-    <t>北部湾社区-静心</t>
-[...2611 lines deleted...]
-  <si>
     <t>徽煌社区～叶姐</t>
   </si>
   <si>
     <t>7vufd-klrdc-ch47p-jmwgt-64cqa-es5jr-2fpny-pveow-5dtg4-2fs27-iqe</t>
   </si>
   <si>
-    <t>北部湾社区-龙霸天</t>
-[...4 lines deleted...]
-  <si>
     <t>徽煌社区～7</t>
   </si>
   <si>
     <t>uzbf5-cwqzp-a4io3-punjv-tgzrw-ziyvx-zihzr-tweez-g273x-xbgdu-gqe</t>
   </si>
   <si>
-    <t>2ud6p-25vq7</t>
-[...16 lines deleted...]
-  <si>
     <t>徽煌社区～香蕉</t>
   </si>
   <si>
     <t>i6llp-7hqdm-nlsps-2ely7-kqiev-qnb6w-le4op-wjv2y-qyn4l-rflxd-4ae</t>
   </si>
   <si>
     <t>8,758.82</t>
   </si>
   <si>
     <t>毕方资本～绿地</t>
   </si>
   <si>
     <t>5cpn2-jqqvx-3wunk-26m4a-mx24d-ry63m-gats4-vbfm4-jcdtm-rhbfb-lqe</t>
   </si>
   <si>
     <t>徽煌社区～小强</t>
   </si>
   <si>
     <t>w25j2-cwaxw-2t55d-nadid-ca32c-sx7jj-xhuwk-vff76-bl73m-yq2y3-vae</t>
   </si>
   <si>
     <t>全赢上海社区路交关</t>
   </si>
   <si>
     <t>tun56-4s23p-krq3e-hldt3-c5h27-cctvu-wet63-fm7fs-hlqig-sx3u4-7qe</t>
   </si>
   <si>
+    <t>毕方资本～福哥</t>
+  </si>
+  <si>
+    <t>l7hq7-csgcy-5wxkp-3r7af-jxj4k-u67zj-7imxv-pys7t-hayxc-rjfux-kae</t>
+  </si>
+  <si>
+    <t>1,827.62</t>
+  </si>
+  <si>
     <t>茶乐会～风雨中</t>
   </si>
   <si>
     <t>bbwrh-4b7sj-kgbh7-45av7-3wkqr-bepw2-2khtn-d6en4-ee4l5-5e4tu-4qe</t>
   </si>
   <si>
     <t>茶乐会～茶叙</t>
   </si>
   <si>
     <t>h6nfp-2nuvk-qkm54-scloi-3zrph-a7gbx-quv7k-p3mey-bakvt-d7xo5-mqe</t>
   </si>
   <si>
     <t>太阳社区～梁生</t>
   </si>
   <si>
     <t>suuyj-szxjb-4r56g-5hkct-itfh5-ytcia-vj5o4-r3q4n-cirxt-njxyd-yqe</t>
   </si>
   <si>
     <t>茶乐会～书眠</t>
   </si>
   <si>
     <t>nbyb6-5vm4g-azhmv-p4exf-xy4za-bkb72-eyr5r-nn4kh-ezxbg-5zi2u-7qe</t>
   </si>
   <si>
     <t>茶乐会～拾光</t>
   </si>
   <si>
     <t>l6wj7-5pfjm-rwwqc-kpu2f-mi4nl-krdyf-rd4tz-7h2py-jgmah-5bw2o-wae</t>
   </si>
   <si>
+    <t>毕方资本～江山</t>
+  </si>
+  <si>
+    <t>n44rc-sm6ku-yrsmf-wg7qy-vrvcb-4ateo-qclvx-hopoe-oyzx3-arcy4-uae</t>
+  </si>
+  <si>
+    <t>1,840.91</t>
+  </si>
+  <si>
     <t>茶乐会～月月</t>
   </si>
   <si>
     <t>qvr4l-kpgic-zv76o-j3no7-lvxk4-65jqf-g5tg7-5xv4r-zvt5l-2klgt-tae</t>
   </si>
   <si>
     <t>茶乐会～听风</t>
   </si>
   <si>
     <t>dfmvc-creg4-rctxt-w2s2v-mnoxi-4baru-5xqz7-iahsl-ydfpj-4n3pk-pae</t>
   </si>
   <si>
     <t>茶乐会～小星</t>
   </si>
   <si>
     <t>d7ogh-ym4oq-bxf25-zw5yl-7jdfd-imxti-5uvb4-slf22-khwmx-4lu42-7qe</t>
   </si>
   <si>
     <t>茶乐会～树影</t>
   </si>
   <si>
     <t>6qpjx-wkmr3-bfbcb-52bwi-rif6i-tler3-kxr4s-5xnsc-ucz6x-si4ze-fae</t>
   </si>
   <si>
     <t>尤米社区~燕子3</t>
@@ -5414,3552 +4355,3087 @@
   <si>
     <t>3c2m4-teaev-upsge-k7oyw-zvnxy-5epwg-3jsxd-iruvv-evwd5-tzqqj-vae</t>
   </si>
   <si>
     <t>杭甬社区-钱多多</t>
   </si>
   <si>
     <t>auzez-m4ndj-gn4gz-6xrle-p6z3n-p2d7k-as7s2-42by7-ccowa-ngxxk-pqe</t>
   </si>
   <si>
     <t>2,720.42</t>
   </si>
   <si>
     <t>杭甬社区-姜总</t>
   </si>
   <si>
     <t>qgn6k-o23t2-e5tc3-mami4-f2tec-b7sim-3uz57-cfsrf-62py7-2c5nw-5qe</t>
   </si>
   <si>
     <t>杭甬社区-幸福女人</t>
   </si>
   <si>
     <t>jytru-cbx7x-fy3jh-2sx7q-cb6jw-p23ee-yocsn-fdx6b-l4yna-7mj3w-cqe</t>
   </si>
   <si>
+    <t>毕方资本～安在旭</t>
+  </si>
+  <si>
+    <t>dtlpf-gfui5-xojvc-cy7wi-qsrih-mlelf-a65nd-la76o-5ormg-i2vmb-xae</t>
+  </si>
+  <si>
+    <t>1,871.64</t>
+  </si>
+  <si>
+    <t>毕方资本～华北总</t>
+  </si>
+  <si>
+    <t>3jnox-xhjhh-4seaw-ax6pn-um5dm-gsvvi-dlrxn-uxqgg-zjiws-u6epi-mqe</t>
+  </si>
+  <si>
+    <t>1,912.70</t>
+  </si>
+  <si>
     <t>杭甬社区-幸福已上演</t>
   </si>
   <si>
     <t>sgzde-tobas-5lmw7-cippo-nphmf-ddtnc-d6jtq-f3lgh-65wgm-vsmjr-tae</t>
   </si>
   <si>
     <t>太阳社区～财富</t>
   </si>
   <si>
     <t>zx6dk-cudop-wsjc4-icem5-3rx2u-7mz2y-pkswe-cik7g-hmk35-dji77-wae</t>
   </si>
   <si>
     <t>20,294.18</t>
   </si>
   <si>
     <t>太阳社区～健康</t>
   </si>
   <si>
     <t>sbyhl-awyc5-mhyc6-gqxpn-zr5qv-y4fvq-sb6sj-nqleh-ao4b6-5wtgl-oae</t>
   </si>
   <si>
     <t>太阳社区～钧</t>
   </si>
   <si>
     <t>g67gk-rklol-eh4vg-xqt3m-lehia-yfq46-rkrz7-l65xg-52nzj-55u27-mqe</t>
   </si>
   <si>
     <t>太阳社区～锐</t>
   </si>
   <si>
     <t>ih7ug-v6hj4-qvgjb-hotej-e34hu-mbijs-odtei-ke6fc-kqp7o-5unln-oae</t>
   </si>
   <si>
     <t>太阳社区～漂亮</t>
   </si>
   <si>
     <t>uwatz-dkynr-mgfnk-4ajyc-yarrs-e4fap-wrxzu-bxmxo-nqtle-qtrov-3qe</t>
   </si>
   <si>
     <t>杭甬社区-杰哥</t>
   </si>
   <si>
     <t>7oxpa-i7xio-w3x74-wnbuh-hrwxt-kpmmo-7b6lz-3mvls-nz2fq-os42j-mqe</t>
   </si>
   <si>
-    <t>勤正社区一小芬</t>
-[...5 lines deleted...]
-    <t>天河社区～周总</t>
+    <t>hguyuhhiiuy</t>
   </si>
   <si>
     <t>s67az-lhtvg-aehsm-fke5z-44jrt-6rqbi-crtvn-2w7et-ucoh5-gyt4w-vae</t>
   </si>
   <si>
     <t>杭甬社区-芳芳</t>
   </si>
   <si>
     <t>mp3q5-3agh4-u7uqo-i3qim-iar7e-ingrf-k4mut-3ofst-rdfrw-3ctvl-vae</t>
   </si>
   <si>
     <t>eysgt-sqcoi</t>
   </si>
   <si>
     <t>eysgt-sqcoi-5q2sn-7yjbj-orhcj-mgqwa-k5w5q-hyi7n-nrhte-bsgbf-uqe</t>
   </si>
   <si>
     <t>杭甬社区-聪哥</t>
   </si>
   <si>
     <t>yvo5e-hiw4g-5fxte-xqfg7-oqqbi-6ht6v-ccwxb-syrkb-mukts-4m5wf-7ae</t>
   </si>
   <si>
     <t>笑哥社区 mumu</t>
   </si>
   <si>
     <t>2b5eg-4qrf5-gu7so-x7wxi-2o6jr-pysfv-deeyf-uzozp-mtrn3-oaovv-zae</t>
   </si>
   <si>
     <t>k5ktc-qc6rq</t>
   </si>
   <si>
     <t>k5ktc-qc6rq-wyegt-go7zl-c7rp6-ly7x2-ps6ys-i4fmn-y6app-celtc-vae</t>
   </si>
   <si>
     <t>optrl-ywyz7</t>
   </si>
   <si>
     <t>optrl-ywyz7-bbgvz-qbhi3-snmej-2phmd-3xomk-tapdz-avvfg-7ksnf-vae</t>
   </si>
   <si>
     <t>太阳社区～春暖花开</t>
   </si>
   <si>
     <t>sq777-i4euo-qccgs-pxtso-rdcre-bh3sn-m67d4-gnchl-uzvbr-yb3kd-yqe</t>
   </si>
   <si>
     <t>15,430.16</t>
   </si>
   <si>
-    <t>勤正社区一山2</t>
-[...8 lines deleted...]
-    <t>k5wv3-4r3n3-33ezf-mu26t-hvsng-6wh3d-a6qj2-nnqfv-bwohj-i74gq-eqe</t>
+    <t>毕方资本～李哥</t>
+  </si>
+  <si>
+    <t>27zx5-bwdix-iz5y4-n7pnx-ly2il-rk3yt-vfrrs-5ywxf-qdgyo-rojwy-oae</t>
+  </si>
+  <si>
+    <t>1,946.50</t>
   </si>
   <si>
     <t>毕方资本~彬姐</t>
   </si>
   <si>
     <t>u6erd-bjci7-6txuw-4ekzx-vtn2e-d7hto-ilxae-23mv7-dyhz5-cplek-3ae</t>
   </si>
   <si>
+    <t>毕方资本～鼓楼一哥</t>
+  </si>
+  <si>
+    <t>idjma-jqkma-o6iv5-cg5pl-4p5hz-o3hnn-qsrzc-w4phm-lw3rz-rboco-oqe</t>
+  </si>
+  <si>
+    <t>1,953.24</t>
+  </si>
+  <si>
     <t>杭甬社区-毛老师</t>
   </si>
   <si>
     <t>6gsha-66owc-xcknb-neou5-yqkps-cxz3e-iplrp-3ihji-fz6xs-x2e6p-gqe</t>
   </si>
   <si>
     <t>杭甬社区-泽哥</t>
   </si>
   <si>
     <t>iih54-va7n3-j2ls5-serf7-6kqqc-4pic7-3pujw-nohuu-visqu-lq4th-tqe</t>
   </si>
   <si>
-    <t>1,532.70</t>
+    <t>1,583.70</t>
   </si>
   <si>
     <t>毕方资本～矿大</t>
   </si>
   <si>
     <t>o2v76-bfwv4-e4i35-gzsud-z5cll-inynw-l2k3b-ttz3r-v5qh2-vzboe-zqe</t>
   </si>
   <si>
     <t>wawa社区~琉璃</t>
   </si>
   <si>
     <t>nkyjf-chfg4-fpwei-ufwvk-bxc7q-lheyl-zcufi-zfklc-ec5me-hzhn4-5ae</t>
   </si>
   <si>
     <t>茶乐会~米米</t>
   </si>
   <si>
     <t>m6zyt-vabfi-lzzxn-nihiw-zedqj-p4ito-djvzl-zzfw6-aqkqx-veol2-jqe</t>
   </si>
   <si>
-    <t>小薇军团1~无锡冬姐</t>
+    <t>赣南社区美美</t>
+  </si>
+  <si>
+    <t>zwqrb-kto7w-3ovab-wy4lt-sklh4-7gvpa-uiff2-3nluy-xt7fl-ucts4-gqe</t>
+  </si>
+  <si>
+    <t>2,443.55</t>
+  </si>
+  <si>
+    <t>毕方资本～朝阳哥</t>
+  </si>
+  <si>
+    <t>khf5s-6obdv-nm3yd-kxruy-hj76o-zetjo-dtrho-ickdg-eibhs-vrvex-gqe</t>
+  </si>
+  <si>
+    <t>2,044.28</t>
+  </si>
+  <si>
+    <t>飞龙社区周总</t>
+  </si>
+  <si>
+    <t>ekb2l-hmcbz-wpi6c-3bi2b-ti4tf-6jaqr-x7guc-gsbzs-m7wbm-ovsrm-5ae</t>
+  </si>
+  <si>
+    <t>6,049.15</t>
+  </si>
+  <si>
+    <t>南康社区-张老师</t>
+  </si>
+  <si>
+    <t>cgkx7-odsmi-ubg2w-6kfwi-ygenm-h3ply-fja5r-vdhww-y7nn7-c6j7r-lae</t>
+  </si>
+  <si>
+    <t>2,955.10</t>
+  </si>
+  <si>
+    <t>太阳社区～遇见</t>
+  </si>
+  <si>
+    <t>igwll-cjp5s-e46t2-bwz6b-iflni-i4rpq-ogtkp-jz73u-v2oq7-oi72c-fae</t>
+  </si>
+  <si>
+    <t>wawa社区~玲珑</t>
+  </si>
+  <si>
+    <t>aj2uc-ju6ji-nqydo-slcgu-2gwh7-arici-ojert-rkajp-a2w4v-r6sa6-kae</t>
+  </si>
+  <si>
+    <t>毕方资本～潘多拉</t>
+  </si>
+  <si>
+    <t>lzkir-ep43i-uqacf-5vnsz-rjldc-jfdpj-i2lne-tzlq2-wt7i6-nkjox-wqe</t>
+  </si>
+  <si>
+    <t>1,979.87</t>
+  </si>
+  <si>
+    <t>太阳社区～常宁</t>
+  </si>
+  <si>
+    <t>ofdcw-xrced-2lr4k-2hcyu-5jelj-lhlkm-rjp5l-boleb-65soi-u4zii-qqe</t>
+  </si>
+  <si>
+    <t>太阳社区～江行舟2</t>
+  </si>
+  <si>
+    <t>fwihl-c3o7w-376ah-2c2k2-tlycj-dncmd-2x4oz-355vd-vqkep-kg5oo-zqe</t>
+  </si>
+  <si>
+    <t>2,383.15</t>
+  </si>
+  <si>
+    <t>wawa社区~锦绣</t>
+  </si>
+  <si>
+    <t>tepab-sm7le-mh3x6-xw66w-k4sbh-mknlm-rr6qx-lk6rp-p6geh-lhr34-eqe</t>
+  </si>
+  <si>
+    <t>wawa社区~和平鸽</t>
+  </si>
+  <si>
+    <t>w5524-kpg7q-v3c7g-6zaur-mai4f-ffu5h-wdspm-4jvzw-3z4q7-yngsl-fqe</t>
+  </si>
+  <si>
+    <t>狼神社区~狼神</t>
+  </si>
+  <si>
+    <t>3yfsr-lw74p-zlf2w-fa4x7-5i3s5-b7z7k-45t26-od33r-jeiur-a3tkv-fqe</t>
+  </si>
+  <si>
+    <t>金木社区-江</t>
+  </si>
+  <si>
+    <t>j37ye-v72sd-aasca-4i4gv-5loyq-2paxd-drqgw-tei3y-oukgl-6fb7u-wae</t>
+  </si>
+  <si>
+    <t>2,053.02</t>
+  </si>
+  <si>
+    <t>狼神社区～汉</t>
+  </si>
+  <si>
+    <t>jfl2j-oxitd-krrtn-63gbv-kgdkp-szsyn-bvtlx-pm3wq-twg6v-2w5de-yqe</t>
+  </si>
+  <si>
+    <t>太阳社区～江行舟1</t>
+  </si>
+  <si>
+    <t>3heph-uyzgd-3tvv2-obvkn-jjpr6-32ycn-c3ehr-mzhqx-vw2os-khfjp-wae</t>
+  </si>
+  <si>
+    <t>2,392.64</t>
+  </si>
+  <si>
+    <t>金木社区-芳芳</t>
+  </si>
+  <si>
+    <t>itczr-3pptg-4rxyi-flvpz-xvmvq-qjn23-folzk-vvjex-cuw5n-2yha3-hqe</t>
+  </si>
+  <si>
+    <t>3,637.40</t>
+  </si>
+  <si>
+    <t>小薇军团苏:陳姐</t>
+  </si>
+  <si>
+    <t>7uijc-54lpb-7woak-73xbv-xe55l-ijo4h-z3jpk-5x2wt-442tu-wlfnm-fae</t>
+  </si>
+  <si>
+    <t>2,361.58</t>
+  </si>
+  <si>
+    <t>太阳社区～建华3</t>
+  </si>
+  <si>
+    <t>coalg-nrdqr-kc5ms-xcsjd-ozaaa-wkf6m-wmrpr-i5thw-joexr-zadqz-cae</t>
+  </si>
+  <si>
+    <t>2,360.04</t>
+  </si>
+  <si>
+    <t>太阳社区～建华2</t>
+  </si>
+  <si>
+    <t>olywl-np224-spssl-xtxxa-w5mc5-ryl63-roxrr-q63on-hnhpd-oba3l-aqe</t>
+  </si>
+  <si>
+    <t>2,368.06</t>
+  </si>
+  <si>
+    <t>毕方资本～徐州</t>
+  </si>
+  <si>
+    <t>hpcxj-kvypb-gwu26-db2sf-cqujm-pr5di-ukawb-t4is7-wuaro-ujuq5-cae</t>
+  </si>
+  <si>
+    <t>惠宝社区周大哥</t>
+  </si>
+  <si>
+    <t>j64ez-fxqwm-eiapu-xz7en-ratsa-mhstj-23s2g-ikgsy-gr5m4-75dza-pqe</t>
+  </si>
+  <si>
+    <t>2,405.58</t>
+  </si>
+  <si>
+    <t>太阳社区～建华1</t>
+  </si>
+  <si>
+    <t>3mdyd-ltcns-yhhq7-a5kxx-fdhky-sjvok-vmgro-ffpjr-44xjo-2g5oy-bqe</t>
+  </si>
+  <si>
+    <t>2,025.23</t>
+  </si>
+  <si>
+    <t>勤正社区~容嘉</t>
+  </si>
+  <si>
+    <t>4aoca-ox5xm-72yxv-37hcc-6qbgh-4v52m-lsjsu-nhpgm-figu7-dzydd-pae</t>
+  </si>
+  <si>
+    <t>wawa社区~红苹果</t>
+  </si>
+  <si>
+    <t>yuko3-dv47q-sscir-b6fcy-7wm7c-maru3-b5kv4-xa2mo-az7m7-kv3nh-sqe</t>
+  </si>
+  <si>
+    <t>尤米社区E</t>
+  </si>
+  <si>
+    <t>ltncb-xmbuv-o6z6d-klaet-hyxdl-6z2pj-o4jum-qbonf-vs2kl-egjnx-2qe</t>
+  </si>
+  <si>
+    <t>尤米社区D</t>
+  </si>
+  <si>
+    <t>nsgb3-ggozl-jmmo4-sjxpi-c4wzp-ivmq2-urw5f-pga4a-54t2z-2zx6k-pae</t>
+  </si>
+  <si>
+    <t>金马社区~小华</t>
+  </si>
+  <si>
+    <t>6exln-fv3gv-uz3sg-m6w2g-g4uoz-blv3g-7ronb-faws6-5fl6c-ino5u-vae</t>
+  </si>
+  <si>
+    <t>尤米社区F</t>
+  </si>
+  <si>
+    <t>bjjjz-ol7pq-tl6pb-gkusv-lc4xy-o25lg-yumpp-p7nlc-aj6jp-kgif5-bae</t>
+  </si>
+  <si>
+    <t>尤米社区-B</t>
+  </si>
+  <si>
+    <t>ociss-cfbgw-4ftyg-kcby5-rawh6-pryag-zqyk3-mnzya-6bfjk-4evir-qqe</t>
+  </si>
+  <si>
+    <t>47,199.60</t>
+  </si>
+  <si>
+    <t>毕方资本～Jason</t>
+  </si>
+  <si>
+    <t>2y7t5-jn5wz-qfqcl-5rb7d-giimt-5ircs-aydyw-5rxuf-6nor3-cfssq-kqe</t>
+  </si>
+  <si>
+    <t>4,739.22</t>
+  </si>
+  <si>
+    <t>太阳社区～摇钱树</t>
+  </si>
+  <si>
+    <t>fh6kk-stov4-k2jud-h3yml-hpn72-3g2cp-axgsl-xjg7f-4dygv-e3zex-dae</t>
+  </si>
+  <si>
+    <t>17,634.67</t>
+  </si>
+  <si>
+    <t>wawa社区～红酒</t>
+  </si>
+  <si>
+    <t>6yhuk-ng4tt-pm6tx-agysh-3q44i-u2j2r-pkxn2-s6am4-ryocw-cg3en-7qe</t>
+  </si>
+  <si>
+    <t>YOYO社区-辉哥1</t>
+  </si>
+  <si>
+    <t>n46xc-wc4fo-4ssa2-3qfla-tr2kz-jbpvl-uanhn-laii5-mjubl-plk7i-gqe</t>
+  </si>
+  <si>
+    <t>1,761.28</t>
+  </si>
+  <si>
+    <t>太阳社区～超哥</t>
+  </si>
+  <si>
+    <t>fodrr-gzfga-7fbu7-mouc3-2lhng-p263s-232b3-gnezt-ygmiw-klx7z-7qe</t>
+  </si>
+  <si>
+    <t>Wawa社区～向日葵</t>
+  </si>
+  <si>
+    <t>qtlta-buvlv-fqgmz-pcq67-svf7x-tiufh-o533t-ftvcq-l5ibx-c33ou-jqe</t>
+  </si>
+  <si>
+    <t>5,722.01</t>
+  </si>
+  <si>
+    <t>太阳社区～桂珊</t>
+  </si>
+  <si>
+    <t>3hpkz-mbbnl-5tpmh-uml73-xadkd-xokro-66fsh-p3ldc-cxbhk-j65ny-dae</t>
+  </si>
+  <si>
+    <t>杭甬社区-何总</t>
+  </si>
+  <si>
+    <t>dyjjj-6g42n-gjinm-6c2xh-go43a-qmdou-7u7p2-cfioh-5rhx3-ln32a-5ae</t>
+  </si>
+  <si>
+    <t>1,551.82</t>
+  </si>
+  <si>
+    <t>太阳社区～李珊</t>
+  </si>
+  <si>
+    <t>pz2g7-e2ggi-ya6hf-jdyzv-jtes4-7rnie-7ks6v-4ht3g-5s25w-nlpps-iae</t>
+  </si>
+  <si>
+    <t>杭甬社区-天天总</t>
+  </si>
+  <si>
+    <t>3prvd-eero6-tljzl-frlo7-pd6u4-ntim3-5cdoo-qiufz-56f23-seghg-sae</t>
+  </si>
+  <si>
+    <t>1,216.58</t>
+  </si>
+  <si>
+    <t>毕方资本～天哥迷弟</t>
+  </si>
+  <si>
+    <t>rgkyz-tjhxk-ram5r-sl6fu-igyg5-rrcct-z6wum-tzcco-ft76p-czxir-7ae</t>
+  </si>
+  <si>
+    <t>2,166.13</t>
+  </si>
+  <si>
+    <t>杭甬社区-五爷</t>
+  </si>
+  <si>
+    <t>djodq-2vbyt-grmcd-azwxo-y2yr3-ksn3n-bh3qp-4mb4v-66ydr-symna-mqe</t>
+  </si>
+  <si>
+    <t>hrzry-q4jrd</t>
+  </si>
+  <si>
+    <t>hrzry-q4jrd-4jsoo-bp732-r6p4w-jfo6y-unxyd-viwnl-knpsa-i6z72-qqe</t>
+  </si>
+  <si>
+    <t>成都社区晓晓</t>
+  </si>
+  <si>
+    <t>gcd2k-2i5jh-7363n-3tr22-cm3ec-s2cjj-kkpau-igl6b-p35wk-gat5z-iqe</t>
+  </si>
+  <si>
+    <t>成都社区曾曾</t>
+  </si>
+  <si>
+    <t>vymld-3aeyr-r23nl-6xs2b-cn22i-lgyqm-s2ylu-64gsg-s44e4-eohsa-wae</t>
+  </si>
+  <si>
+    <t>赣南社区-阿豪</t>
+  </si>
+  <si>
+    <t>w4zru-wvwb4-iszpv-cdhjq-t7oga-lbepf-g3aa2-2kaq4-k4i2j-einby-vqe</t>
+  </si>
+  <si>
+    <t>2,428.99</t>
+  </si>
+  <si>
+    <t>成都社区柴</t>
+  </si>
+  <si>
+    <t>edccf-nkl5v-6rexj-c4ypd-l2zdc-js7z3-st5cc-cuilg-nzlej-vcrfb-aae</t>
+  </si>
+  <si>
+    <t>金木社区-罗贤乔</t>
+  </si>
+  <si>
+    <t>konz5-ruvlw-kqu4p-52vou-ekozm-2j2ki-hmme6-t4exj-rd4ti-fpdyf-kae</t>
+  </si>
+  <si>
+    <t>6,795.92</t>
+  </si>
+  <si>
+    <t>wawa社区周生</t>
+  </si>
+  <si>
+    <t>docts-wmjrn-eo5gx-tr64e-t65gl-5bkmg-lvhja-mknv2-2eesk-u63l4-mqe</t>
+  </si>
+  <si>
+    <t>1,641.17</t>
+  </si>
+  <si>
+    <t>太阳社区~开强</t>
+  </si>
+  <si>
+    <t>ysjm7-aczjm-txiu4-qtq7k-puesl-wgcvx-gqmy2-e6i4o-w6skd-jxrgc-dqe</t>
+  </si>
+  <si>
+    <t>1,962.69</t>
+  </si>
+  <si>
+    <t>wawa社区成功</t>
+  </si>
+  <si>
+    <t>w6esv-4avlf-fegd5-orivq-r7ghb-orc3l-2b5d4-of2hs-pm55y-qppzo-eae</t>
+  </si>
+  <si>
+    <t>1,646.55</t>
+  </si>
+  <si>
+    <t>wawa社区风景</t>
+  </si>
+  <si>
+    <t>rkyk5-v4wr7-wvk7o-zgnkk-3y6ih-b622x-ooqlx-7uawa-trl4l-7nqpc-nqe</t>
+  </si>
+  <si>
+    <t>1,650.36</t>
+  </si>
+  <si>
+    <t>wawa社区周总</t>
+  </si>
+  <si>
+    <t>7a7mq-w6f5q-dvoom-4i5j6-24onn-djduk-vkhbq-thwrg-vkcan-usaot-xae</t>
+  </si>
+  <si>
+    <t>1,653.40</t>
+  </si>
+  <si>
+    <t>金木社区一老罗</t>
+  </si>
+  <si>
+    <t>t5gmy-47str-pv67a-7iqke-64w5d-ci2lj-o42p5-aawip-7rs6a-6uvyf-iqe</t>
+  </si>
+  <si>
+    <t>1,422.30</t>
+  </si>
+  <si>
+    <t>金木社区一罗总</t>
+  </si>
+  <si>
+    <t>xqux7-rq7ld-o3nui-hclq6-q562r-ssmci-resy6-4blfq-ospt3-r2ddv-vqe</t>
+  </si>
+  <si>
+    <t>3,911.51</t>
+  </si>
+  <si>
+    <t>金木社区一罗总2</t>
+  </si>
+  <si>
+    <t>lvwhk-zr2jn-rnjl5-uswyf-n4ttw-tbl46-x3haa-ab2pv-6d52k-7hjxx-iae</t>
+  </si>
+  <si>
+    <t>1,269.79</t>
+  </si>
+  <si>
+    <t>飞龙社区~宗兴</t>
+  </si>
+  <si>
+    <t>e3hzq-sv4if-qmvxu-pz6jf-h7hm7-c3xbu-lg5op-p62aw-xg2n5-hxg3b-hqe</t>
+  </si>
+  <si>
+    <t>成都社区汪汪</t>
+  </si>
+  <si>
+    <t>uihbg-of5nv-onvh4-3pdf2-ucklg-epi5a-lr2nd-r3qgl-mv47l-wxb7k-4qe</t>
+  </si>
+  <si>
+    <t>全赢社区路交关</t>
+  </si>
+  <si>
+    <t>cag5y-2zmbf-ggdls-gx56m-f3w4x-afog6-zyzj3-gi6tz-sz4tk-ptdvc-yqe</t>
+  </si>
+  <si>
+    <t>尤米社区-小仙女</t>
+  </si>
+  <si>
+    <t>oyihi-lynwj-st4eh-sqrnd-egx6m-2hkdk-jv2gc-rqjjq-zyupd-6jxil-cae</t>
+  </si>
+  <si>
+    <t>8,508.76</t>
+  </si>
+  <si>
+    <t>杭甬社区~徐</t>
+  </si>
+  <si>
+    <t>42xs4-uody6-622b7-sni6c-f3xgj-io4jl-2p3ws-rcl44-lwalc-mftn5-lae</t>
+  </si>
+  <si>
+    <t>金马社区～钱哆哆4</t>
+  </si>
+  <si>
+    <t>dwzxj-swmoh-ioftd-3dc67-w336q-mabky-2elex-jqwdc-o6ucw-pxqoi-7qe</t>
+  </si>
+  <si>
+    <t>wawa社区～小白龙</t>
+  </si>
+  <si>
+    <t>ss5us-dcxic-hueow-dsa6w-whlw7-kglry-53vb7-z4egu-absxg-zutnk-oae</t>
+  </si>
+  <si>
+    <t>太阳社区～花开</t>
+  </si>
+  <si>
+    <t>7cb6h-6quz7-g56bj-sitmd-istoc-hvzqx-fclmh-mznt3-bo4cn-l34fn-bae</t>
+  </si>
+  <si>
+    <t>狼神社区～娟02</t>
+  </si>
+  <si>
+    <t>vxt27-oohvx-w4lna-osl3w-hwpwu-lztp3-zrekb-tfntj-duaje-brkqt-4qe</t>
+  </si>
+  <si>
+    <t>qmcc-xpos</t>
+  </si>
+  <si>
+    <t>45g7o-sitlh-6zoag-7g35p-xsly4-fg6zv-rr4lm-5ky4l-jgr7p-7dnzl-tqe</t>
+  </si>
+  <si>
+    <t>狼神社区～哈妮</t>
+  </si>
+  <si>
+    <t>3ajlt-tocda-tg6e5-dyc5p-2xvoj-d7bqv-thfvf-3kpnp-tteor-vivjh-rae</t>
+  </si>
+  <si>
+    <t>小薇军团7-钱多多</t>
+  </si>
+  <si>
+    <t>7q3fq-2nya5-ppbrc-k7otj-nera2-q6qxv-l4mbq-k7fgv-d4vrx-rjoeo-aqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～九弘</t>
+  </si>
+  <si>
+    <t>cbxwq-4gl4o-hgqil-tshoz-eve3y-tgxs7-ur7fh-uwx4s-bblwl-i4mcr-6ae</t>
+  </si>
+  <si>
+    <t>1,370.82</t>
+  </si>
+  <si>
+    <t>太阳社区～竣</t>
+  </si>
+  <si>
+    <t>74gnz-ykurh-ozn5b-owgwy-jhzxy-4tuza-xklld-ncwku-ixjv5-7gh47-wae</t>
+  </si>
+  <si>
+    <t>星辉社区考儿</t>
+  </si>
+  <si>
+    <t>pk3rc-sunaa-e2n6s-dfvgi-4gr65-lswxl-qnqzq-xdqth-dna4h-cm667-uqe</t>
+  </si>
+  <si>
+    <t>1,971.63</t>
+  </si>
+  <si>
+    <t>冰河社区，嵩少</t>
+  </si>
+  <si>
+    <t>loorq-fxeo2-tn6ep-4ik2n-5r3ys-yxigp-34arq-w3tpe-2zo4t-cbxcs-hae</t>
+  </si>
+  <si>
+    <t>徽煌社区~九一</t>
+  </si>
+  <si>
+    <t>umxwa-ktvrx-yvcqx-bpb4c-ilhk4-v3mfy-ylegm-zxdcn-7wthr-xmjvj-xae</t>
+  </si>
+  <si>
+    <t>太阳社区～育贤</t>
+  </si>
+  <si>
+    <t>sz6pv-a4ccy-scpxz-zlk4p-kum54-qjgt6-7gwiy-u62tc-u6452-375hf-rae</t>
+  </si>
+  <si>
+    <t>金木社区君君</t>
+  </si>
+  <si>
+    <t>f7tvv-j23ds-pqzl6-3csql-lm2wh-k5aef-vdhgs-cx4rw-36o3b-znzpo-xae</t>
+  </si>
+  <si>
+    <t>2,541.98</t>
+  </si>
+  <si>
+    <t>杭甬社区～荣哥</t>
+  </si>
+  <si>
+    <t>tsyve-brbvk-llasw-wddhw-3is6p-itpfu-ybo2d-dbidx-ajma5-6gvrq-4ae</t>
+  </si>
+  <si>
+    <t>1,669.51</t>
+  </si>
+  <si>
+    <t>飞龙社区~玲、玲</t>
+  </si>
+  <si>
+    <t>mpc7v-dqbzn-fg27a-dk6iu-75znu-yyul2-fekiz-hhib3-u7v34-pykmu-6ae</t>
+  </si>
+  <si>
+    <t>太阳社区～花花</t>
+  </si>
+  <si>
+    <t>34qbk-reulp-6of7a-ar2sn-7sl7c-kwmkp-agtwk-maalc-nstrp-oriwt-jae</t>
+  </si>
+  <si>
+    <t>太阳社区～爱菊4</t>
+  </si>
+  <si>
+    <t>gezt4-p5lq5-shguy-pghgv-7tzen-47d4c-z2aau-dmv2j-trv6g-g4l45-6qe</t>
+  </si>
+  <si>
+    <t>2,808.36</t>
+  </si>
+  <si>
+    <t>太阳社区～桂花</t>
+  </si>
+  <si>
+    <t>7naco-vtrgu-tf27i-copbq-hoq6b-daxmw-7yixm-4u7af-s3qkq-vu4lj-bae</t>
+  </si>
+  <si>
+    <t>2,405.31</t>
+  </si>
+  <si>
+    <t>小薇军团～谢红</t>
+  </si>
+  <si>
+    <t>2zumb-ylxg5-5nz3v-5e6mv-wst2k-4pyq3-3ss44-yw5zx-xunvb-wxcka-zqe</t>
+  </si>
+  <si>
+    <t>太阳社区～爱菊3</t>
+  </si>
+  <si>
+    <t>7ici2-6bvot-5ek6a-f3a62-ittpb-h3bbg-f7lck-fl75p-64zxk-qn4ra-pae</t>
+  </si>
+  <si>
+    <t>2,779.22</t>
+  </si>
+  <si>
+    <t>徽煌-张瑜</t>
+  </si>
+  <si>
+    <t>xwqef-ivvib-uomot-66z6m-2fua4-gu6q4-gkirf-oea2s-h2pl2-fqqzf-pqe</t>
+  </si>
+  <si>
+    <t>4,988.55</t>
+  </si>
+  <si>
+    <t>徽煌社区-张文光</t>
+  </si>
+  <si>
+    <t>s32og-ugbub-nhsbi-yt5xk-fvyib-6kzdt-2hns3-i5g2z-w4jlk-vygy4-aqe</t>
+  </si>
+  <si>
+    <t>5,304.16</t>
+  </si>
+  <si>
+    <t>毕方资本～vank</t>
+  </si>
+  <si>
+    <t>2pus4-rfwty-fotkj-wynm3-bdaeg-idhwh-tcag5-cm72u-qria4-wslhx-iae</t>
+  </si>
+  <si>
+    <t>太阳社区～璐璐</t>
+  </si>
+  <si>
+    <t>hzj44-ptgdt-7lxmo-frqpt-fiypl-zea7m-q5uj4-lsddn-n6l5c-mgz52-bqe</t>
+  </si>
+  <si>
+    <t>1,751.63</t>
+  </si>
+  <si>
+    <t>徽煌社区～米多</t>
+  </si>
+  <si>
+    <t>uc4f6-o6xun-zdsl2-4qr3n-gd4ok-kibaa-7adml-5bauo-4cd6k-kwgcd-tae</t>
+  </si>
+  <si>
+    <t>徽煌社区～飞哥</t>
+  </si>
+  <si>
+    <t>w2fde-we4g3-zy5zw-fgd72-akhx5-rbaxi-esvb2-btqgq-x6vjq-lk3de-2ae</t>
+  </si>
+  <si>
+    <t>星辉昆山社区春兰</t>
+  </si>
+  <si>
+    <t>fmhks-2cp5x-qml56-4anub-bimcl-4wire-wq5rk-yz4a7-kztie-kt7op-cae</t>
+  </si>
+  <si>
+    <t>2,995.29</t>
+  </si>
+  <si>
+    <t>徽煌社区～胡萝卜</t>
+  </si>
+  <si>
+    <t>icpeo-2w6lr-rnrif-t5p6c-xkotf-dext2-q7gok-yptbs-e6kmj-hm6ix-3ae</t>
+  </si>
+  <si>
+    <t>4,000.72</t>
+  </si>
+  <si>
+    <t>徽煌社区～黄总</t>
+  </si>
+  <si>
+    <t>sfsef-3nieg-3u7tk-kbrvr-vw5iv-qjbev-kptrm-d3sap-psvxr-ko4vv-cae</t>
+  </si>
+  <si>
+    <t>4,112.98</t>
+  </si>
+  <si>
+    <t>徽煌社区～真心</t>
+  </si>
+  <si>
+    <t>csfyc-sfssq-irygh-2xump-aegsd-5s5h2-ikojv-4thh7-cglyv-axadm-uae</t>
+  </si>
+  <si>
+    <t>4,129.38</t>
+  </si>
+  <si>
+    <t>勤正社区一山4</t>
+  </si>
+  <si>
+    <t>axym4-qamqu-5wjzr-wlgew-pf4ox-yvnnf-l6s4e-2n7zv-vkpgf-atqmv-6qe</t>
+  </si>
+  <si>
+    <t>金马社区～静静</t>
+  </si>
+  <si>
+    <t>cyfuv-hoqlj-iikva-6j2c5-iczjs-lf2gy-4kajs-mirzu-24wdb-ojlky-nqe</t>
+  </si>
+  <si>
+    <t>8,452.90</t>
+  </si>
+  <si>
+    <t>飞龙社区~张明录</t>
+  </si>
+  <si>
+    <t>tjjvn-4kbjx-2owj4-edkhh-jsqrn-mhfv4-tj6mf-2jryl-lny2r-u2gjq-uae</t>
+  </si>
+  <si>
+    <t>飞龙社区~小李子</t>
+  </si>
+  <si>
+    <t>6d5ku-aekws-f6xbr-euj5l-t37ro-7jbpp-w7ztm-ukxvi-fxwzj-nlnqe-uqe</t>
+  </si>
+  <si>
+    <t>金木社区波</t>
+  </si>
+  <si>
+    <t>chutn-evtrx-jge2u-pgmh7-y7i7b-pzhbj-dbvt7-i66ne-fxr3f-qdiu5-iqe</t>
+  </si>
+  <si>
+    <t>1,422.08</t>
+  </si>
+  <si>
+    <t>太阳社区～菊2</t>
+  </si>
+  <si>
+    <t>rqhvu-byh75-nman6-5t7k5-p37gx-3ez2a-bek43-c3czn-265vx-c4t3m-zqe</t>
+  </si>
+  <si>
+    <t>3,302.72</t>
+  </si>
+  <si>
+    <t>徽煌社区一九真二</t>
+  </si>
+  <si>
+    <t>edksb-mdnhd-lnqmd-5udjh-ndkb5-2yigz-jtteh-simmq-beo72-zbcep-bae</t>
+  </si>
+  <si>
+    <t>太阳社区～菊</t>
+  </si>
+  <si>
+    <t>z7l3e-gn65y-ifo4d-eojff-ei3sy-6oufs-3puau-fqkh5-ggewk-2qh26-aqe</t>
+  </si>
+  <si>
+    <t>2,739.05</t>
+  </si>
+  <si>
+    <t>金马社区～云</t>
+  </si>
+  <si>
+    <t>ihnwa-vfudi-vqzes-ucepl-wmm6f-w5hmo-hw7dr-lgmvl-fgbau-zg4ch-eqe</t>
+  </si>
+  <si>
+    <t>金马社区~文</t>
+  </si>
+  <si>
+    <t>6fl2h-xjoxp-ejfmm-k3n64-feeyx-2jwyv-pwrdy-ggtwq-ge35f-wsiip-pqe</t>
+  </si>
+  <si>
+    <t>2,741.51</t>
+  </si>
+  <si>
+    <t>wawa社区～晓晓</t>
+  </si>
+  <si>
+    <t>qrj55-uptoq-r6534-urosp-kkzt2-ug6fr-qe2wo-fqd2t-ik2wq-3neym-lae</t>
+  </si>
+  <si>
+    <t>北部湾社区—琰琰</t>
+  </si>
+  <si>
+    <t>52o4k-avyko-g4e46-lyjeu-lw453-hqqyr-qbpfk-5nogi-p3v4j-xvz47-iae</t>
+  </si>
+  <si>
+    <t>勤正社区一青青</t>
+  </si>
+  <si>
+    <t>urgj7-3377r-usjd2-jus5k-dlbop-55vgb-lcv7x-vxcqv-5geqf-wgntu-iae</t>
+  </si>
+  <si>
+    <t>玩赚社区～金钱蛋</t>
+  </si>
+  <si>
+    <t>y5ujw-tu5zm-oeclu-q3jdf-kkwq2-rzsur-hmvkm-m4lzz-h336o-bzg44-5qe</t>
+  </si>
+  <si>
+    <t>狼神社区小博</t>
+  </si>
+  <si>
+    <t>wlv4k-4437t-w4xl3-g2kol-g4pw3-2tvyk-g4zal-atbwy-ltgho-mym3a-vqe</t>
+  </si>
+  <si>
+    <t>太阳社区～旭日东升</t>
+  </si>
+  <si>
+    <t>3y7gs-yrkqn-vhey2-dvqcu-ktlsu-dpgke-7bje7-yxb5e-cofpa-hgk7f-xqe</t>
+  </si>
+  <si>
+    <t>2,583.96</t>
+  </si>
+  <si>
+    <t>飞龙社区周林</t>
+  </si>
+  <si>
+    <t>pdlec-u46qj-3bctz-oj5m2-bkm4h-2jx7a-ympp5-etrak-g2woo-tih5w-fae</t>
+  </si>
+  <si>
+    <t>太阳社区～菊3</t>
+  </si>
+  <si>
+    <t>kxnjt-saoaq-zrtsz-776zm-qftrk-av4dn-wyiwk-oanjz-z3pyz-ec7al-vae</t>
+  </si>
+  <si>
+    <t>3,106.71</t>
+  </si>
+  <si>
+    <t>狼神社区～小酒窝</t>
+  </si>
+  <si>
+    <t>v6enj-rlkdi-2dfst-kn3ob-v5ua6-xnrqq-ululs-ox2vr-wk2wl-bpbvv-jae</t>
+  </si>
+  <si>
+    <t>金马社区～权</t>
+  </si>
+  <si>
+    <t>qergo-acuaj-d4yxa-lpkn3-6zkru-k5ayy-s76vf-qju3e-qjekj-jqcn7-uqe</t>
+  </si>
+  <si>
+    <t>2,904.71</t>
+  </si>
+  <si>
+    <t>勤正社区一秀英2</t>
+  </si>
+  <si>
+    <t>vzgpx-u5qyg-svzdi-levtn-hkk7w-4b3eu-ikqma-uxncz-hp3bi-lez4n-nae</t>
+  </si>
+  <si>
+    <t>万丈资本～馨怡</t>
+  </si>
+  <si>
+    <t>o6qsb-lj6kq-ivia2-obwyj-mhoow-mzosy-uksob-c635a-edjzg-zbout-xae</t>
+  </si>
+  <si>
+    <t>太阳社区～志宇</t>
+  </si>
+  <si>
+    <t>vus3p-xs7yj-nyyoj-qtwbf-nud4o-g2nfr-tyneq-lnbas-hz4eo-hb2mq-dae</t>
+  </si>
+  <si>
+    <t>金马社区～琴3</t>
+  </si>
+  <si>
+    <t>eknlt-5lnem-2l5xs-rpnes-nyasy-zlwjt-rpqvn-2udcz-ndq7p-3jlwc-vae</t>
+  </si>
+  <si>
+    <t>太阳社区~好运</t>
+  </si>
+  <si>
+    <t>t6hj3-5mcyu-yqhq6-3sb3h-mqhuu-7lz2w-lorsd-dbdeh-x6zcs-ddppn-6qe</t>
+  </si>
+  <si>
+    <t>金木社区-舒</t>
+  </si>
+  <si>
+    <t>3jy6m-kqozf-7hkux-zitug-mj2tg-fko3a-bcuge-ymxcg-nmq4x-sgm7f-jae</t>
+  </si>
+  <si>
+    <t>1,547.26</t>
+  </si>
+  <si>
+    <t>金马社区-琴1</t>
+  </si>
+  <si>
+    <t>4muby-aoryz-d4hz7-ajge6-b2lvi-utpkz-ltedr-c2vnc-zpndd-uxtyg-tqe</t>
+  </si>
+  <si>
+    <t>5,818.00</t>
+  </si>
+  <si>
+    <t>金木社区-杨</t>
+  </si>
+  <si>
+    <t>kfv5y-7ndtn-gn6sa-mnffv-lyvgj-b7z4e-yuod3-6sdi7-hwk45-naukc-wae</t>
+  </si>
+  <si>
+    <t>1,385.53</t>
+  </si>
+  <si>
+    <t>金木社区-永</t>
+  </si>
+  <si>
+    <t>pmvur-xknl4-oj7ti-c4ukc-ynm2d-yr7hk-ippbq-6z4fy-d3jxz-lq5ce-2ae</t>
+  </si>
+  <si>
+    <t>1,378.48</t>
+  </si>
+  <si>
+    <t>星辉社区金总</t>
+  </si>
+  <si>
+    <t>2zqb2-2yl5g-bup7z-pj5ri-xl6dt-gazek-6wcc5-jc7mo-msznu-mlgur-hae</t>
+  </si>
+  <si>
+    <t>金马社区-琴2</t>
+  </si>
+  <si>
+    <t>i3o6j-tnz2l-zbfmw-ztce7-cxeqv-37iim-x3mql-djxyz-6ast7-rsw3v-cqe</t>
+  </si>
+  <si>
+    <t>pfnly-rtlwr</t>
+  </si>
+  <si>
+    <t>pfnly-rtlwr-4ujff-hhzmh-xskpp-xmgeb-a6t4h-yxh3z-okdkf-jdxwl-7ae</t>
+  </si>
+  <si>
+    <t>金马社区～芝</t>
+  </si>
+  <si>
+    <t>u7stu-6g34y-agjm5-jvmwg-dgupx-isnzp-etlkp-dw4ku-axwgd-mqlpw-bqe</t>
+  </si>
+  <si>
+    <t>2,740.00</t>
+  </si>
+  <si>
+    <t>HAO</t>
+  </si>
+  <si>
+    <t>oweqr-dehqw-zgoer-dmyur-27tsi-spqbe-u5hjw-wolkr-q6tuy-jclsz-kae</t>
+  </si>
+  <si>
+    <t>4takj-nlby3</t>
+  </si>
+  <si>
+    <t>4takj-nlby3-oe3j4-sxhrp-rbuv4-pwgcd-4gilh-bhepe-77bii-rvvzi-yqe</t>
+  </si>
+  <si>
+    <t>zoxi6-avioh</t>
+  </si>
+  <si>
+    <t>zoxi6-avioh-u4y2p-ppjgt-i33y6-eodso-6ejna-a2lgm-jxwsa-q6enx-xae</t>
+  </si>
+  <si>
+    <t>太阳社区～孙爱菊</t>
+  </si>
+  <si>
+    <t>qz6at-ir3ly-ep2q7-o4ktf-x2lfo-6ahnv-onipq-vzqrj-bxnkg-c4wyt-7qe</t>
+  </si>
+  <si>
+    <t>3,557.75</t>
+  </si>
+  <si>
+    <t>太阳社区～孙爱菊2</t>
+  </si>
+  <si>
+    <t>vdd2h-epz3b-khxvq-mduzk-yxcpt-vopu4-k5sd5-6eu57-rxyyv-p2fco-jqe</t>
+  </si>
+  <si>
+    <t>3,009.72</t>
+  </si>
+  <si>
+    <t>茶乐会～老默</t>
+  </si>
+  <si>
+    <t>clny6-tqgjv-wuncs-xe6pz-7xtmw-fwlm6-ns6j3-qm52e-ev5cl-jedqf-lqe</t>
+  </si>
+  <si>
+    <t>4,047.36</t>
+  </si>
+  <si>
+    <t>WAWA-喜</t>
+  </si>
+  <si>
+    <t>z2xcy-gd7kb-27s5d-mlnoc-h3uom-p6qiz-lsuzl-f5nwd-r73y3-urrvz-yae</t>
+  </si>
+  <si>
+    <t>辉煌社区~ 鸡头</t>
+  </si>
+  <si>
+    <t>x3gjc-erl5g-oc2fb-qw5q2-e7hqk-mrv6n-b6z4u-nx7cy-hojqx-gk6rj-oae</t>
+  </si>
+  <si>
+    <t>4,118.25</t>
+  </si>
+  <si>
+    <t>勤正社区一山5</t>
+  </si>
+  <si>
+    <t>lgsd4-aegsj-l7egi-jfde2-ataen-3cl67-ehee7-scnrm-xwump-yr6i4-bqe</t>
+  </si>
+  <si>
+    <t>飞龙社区~朱伍</t>
+  </si>
+  <si>
+    <t>6s74e-qs52y-qpslz-qpwg6-gndkj-33dhq-csvy6-dwwg4-suryg-lb6jk-gae</t>
+  </si>
+  <si>
+    <t>722j2-2y1rou</t>
+  </si>
+  <si>
+    <t>722j2-2yrou-avxuz-idrmk-6tjxo-jt73k-5wx6o-22s6x-lb4lm-a6uh2-6qe</t>
+  </si>
+  <si>
+    <t>197,072.39</t>
+  </si>
+  <si>
+    <t>太阳社区∽琼</t>
+  </si>
+  <si>
+    <t>qsnfd-olbz6-2pnwb-lamln-gwatp-z6bcj-cm2eo-l3hjo-bzdv3-diole-7ae</t>
+  </si>
+  <si>
+    <t>太阳社区～丽群</t>
+  </si>
+  <si>
+    <t>y4srn-u6jvw-qll2q-xvgue-g3xak-n34ww-lg66y-prbkz-iwr2n-wtuza-fae</t>
+  </si>
+  <si>
+    <t>奥丁战马~山咔咔</t>
+  </si>
+  <si>
+    <t>fj32v-6qtcw-mn6e3-ua2ce-amjyb-gen7w-2hwwy-vqfeo-whtjx-gnaxe-qqe</t>
+  </si>
+  <si>
+    <t>3,804.05</t>
+  </si>
+  <si>
+    <t>毕方资本～过来人</t>
+  </si>
+  <si>
+    <t>rnbdc-ewc3x-bigjs-tgjqc-oap3r-3z2mj-tjwdx-4resd-mduc6-3f75d-lae</t>
+  </si>
+  <si>
+    <t>2,415.73</t>
+  </si>
+  <si>
+    <t>fgijkkghhf</t>
+  </si>
+  <si>
+    <t>55bfu-kbrij-ktn56-2umia-vjypf-55ba5-6bsef-jtq4y-wjowh-5scjr-eae</t>
+  </si>
+  <si>
+    <t>徽煌社区～鲍莉莉</t>
+  </si>
+  <si>
+    <t>kws7m-hrsss-tqem5-l3ic7-55l7d-murz2-sn3sx-5t7pp-lagup-yohft-eae</t>
+  </si>
+  <si>
+    <t>4,174.96</t>
+  </si>
+  <si>
+    <t>徽煌社区～王丹</t>
+  </si>
+  <si>
+    <t>767fh-unyu5-drf6q-yvbe7-ilyks-bj6tv-cmyrr-p6j4w-lqd2n-ypnxq-uae</t>
+  </si>
+  <si>
+    <t>4,157.42</t>
+  </si>
+  <si>
+    <t>徽煌社区～牛娟</t>
+  </si>
+  <si>
+    <t>lis2g-hgqcz-ewayq-lxxom-r6aun-bw2al-bnxlu-p6m4p-shvkb-7y65f-cqe</t>
+  </si>
+  <si>
+    <t>4,144.14</t>
+  </si>
+  <si>
+    <t>hfsajj</t>
+  </si>
+  <si>
+    <t>yhrj5-dbtks-swi2b-a4hes-stbib-ztemd-4jcdc-citms-s363j-xo253-yqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～九真</t>
+  </si>
+  <si>
+    <t>pztu5-fgtyj-hkmpt-m4iwh-w65wp-56l6i-x6yoo-wanhp-2vmjj-spx6f-tqe</t>
+  </si>
+  <si>
+    <t>1,065.31</t>
+  </si>
+  <si>
+    <t>狼神社区～军</t>
+  </si>
+  <si>
+    <t>qzp4q-j2aum-pk5vn-wpv5o-nj7ra-542sn-dc2d5-xnwxq-w5qij-rmsru-fqe</t>
+  </si>
+  <si>
+    <t>玩赚社区～杨锦</t>
+  </si>
+  <si>
+    <t>oehg7-llmd2-rw4bh-oxi72-daiuf-3f6zg-3vklo-iuznu-or3pn-njhry-kqe</t>
+  </si>
+  <si>
+    <t>玩赚社区～COCO</t>
+  </si>
+  <si>
+    <t>amsp3-wftrq-5a46h-ljrz6-tfe6o-cayq2-n5lve-3yzsh-3d7vi-i7oiz-jae</t>
+  </si>
+  <si>
+    <t>ttjgffjk</t>
+  </si>
+  <si>
+    <t>r3qov-ajylz-gurzq-ctwuh-j5ftg-lbxcw-tgkwk-qbptu-htxpd-rpksk-tae</t>
+  </si>
+  <si>
+    <t>太阳社区～王先红</t>
+  </si>
+  <si>
+    <t>7ky7k-glxod-lea54-t746y-7ilzn-xb4gz-rzeuk-qbcnc-xu5e6-mlwdj-fae</t>
+  </si>
+  <si>
+    <t>2,611.16</t>
+  </si>
+  <si>
+    <t>ca4k5-b56rj-sexj3-kmq6k-ak753-3v6ib-jkbni-qbixe-zxzzc-wzci6-lqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～小谢</t>
+  </si>
+  <si>
+    <t>yvlel-ftpem-c76ai-mjslm-3npas-zhky3-ju5wi-f2xlz-r2sh4-whtbv-hqe</t>
+  </si>
+  <si>
+    <t>茶乐会~1024</t>
+  </si>
+  <si>
+    <t>wzbp4-e4pbt-g4dpb-vve67-vrf7b-ajjsg-bkhmo-fhw52-mz6w2-3uxru-jqe</t>
+  </si>
+  <si>
+    <t>8,144.72</t>
+  </si>
+  <si>
+    <t>毕方资本～聚宝盆</t>
+  </si>
+  <si>
+    <t>5ezxh-v5vqx-wfmct-cpt5o-57rv2-7jcon-5gk3n-jx5x7-rva7q-ohtd4-xqe</t>
+  </si>
+  <si>
+    <t>3,178.62</t>
+  </si>
+  <si>
+    <t>毕方资本～豪姐</t>
+  </si>
+  <si>
+    <t>eg5lt-3xrxd-cdl3y-bihq5-f4wos-2cud3-lnmx2-xv6cl-cfpn3-nsaoo-5ae</t>
+  </si>
+  <si>
+    <t>3,130.05</t>
+  </si>
+  <si>
+    <t>金马社区 吕春红</t>
+  </si>
+  <si>
+    <t>5y7v4-ervys-n4bx3-ngf5z-ssxex-qemxo-wbq3d-4scb7-a234q-xoh23-fqe</t>
+  </si>
+  <si>
+    <t>太阳社区～菊5</t>
+  </si>
+  <si>
+    <t>w37h3-jrx62-igogb-dnxfz-c6nsk-6i6ta-2h2lm-2ak4z-nip66-6nf3r-lqe</t>
+  </si>
+  <si>
+    <t>4,403.65</t>
+  </si>
+  <si>
+    <t>狼神社区～半夏一度</t>
+  </si>
+  <si>
+    <t>xxe3o-3pp7x-mfkj7-2cvis-uryj6-ptmnv-a5pow-m5yyf-kipo7-54pf7-mqe</t>
+  </si>
+  <si>
+    <t>8,000.00</t>
+  </si>
+  <si>
+    <t>太阳社区～菊4</t>
+  </si>
+  <si>
+    <t>em46m-wudam-my3js-gyrw4-wlq5k-rl7wg-zgorl-45hqp-sa4ar-ceiju-hae</t>
+  </si>
+  <si>
+    <t>2,929.25</t>
+  </si>
+  <si>
+    <t>狼神社区+威威</t>
+  </si>
+  <si>
+    <t>ucjaz-gfxcn-wdwpc-4lkqg-h2ylt-5uvn3-2ksex-eyhyo-ohr2n-vtpkl-3ae</t>
+  </si>
+  <si>
+    <t>5,818.66</t>
+  </si>
+  <si>
+    <t>太阳社区～心意</t>
+  </si>
+  <si>
+    <t>hro7c-virnr-mkk6o-ozb2n-prnpt-cuczo-7o4e3-rhpwk-o4gi7-r5p2v-nqe</t>
+  </si>
+  <si>
+    <t>3,321.77</t>
+  </si>
+  <si>
+    <t>辉煌社区～腾飞</t>
+  </si>
+  <si>
+    <t>3lpsf-imune-nueyw-jzrvv-ut3st-dwluk-zeww5-my6wc-5kvbg-vfp34-5qe</t>
+  </si>
+  <si>
+    <t>2,245.67</t>
+  </si>
+  <si>
+    <t>毕方资本～杨总</t>
+  </si>
+  <si>
+    <t>auwh3-ccnvc-nzymv-rikpf-etv5a-lhnp6-3mmzx-ddug3-t7azb-metas-6ae</t>
+  </si>
+  <si>
+    <t>3,168.53</t>
+  </si>
+  <si>
+    <t>毕方资本～陈楚</t>
+  </si>
+  <si>
+    <t>wffia-3ukow-3aowc-ocd4f-xavar-qdkfk-ankwp-mtq3b-mc5ui-loqkt-eae</t>
+  </si>
+  <si>
+    <t>3,051.99</t>
+  </si>
+  <si>
+    <t>太阳社区～康乃馨4</t>
+  </si>
+  <si>
+    <t>5hti6-owk6q-wjv3w-4geve-t4yyd-7drxk-rot5w-2cpc2-xobr3-d52c5-iqe</t>
+  </si>
+  <si>
+    <t>3,016.31</t>
+  </si>
+  <si>
+    <t>毕方资本～林楼</t>
+  </si>
+  <si>
+    <t>3ywni-pkhzi-hjirl-i644x-jif2c-rkgiu-lyi6x-gbahw-ax32s-bbwya-iqe</t>
+  </si>
+  <si>
+    <t>3,057.95</t>
+  </si>
+  <si>
+    <t>太阳社区～康乃馨3</t>
+  </si>
+  <si>
+    <t>edrek-spjbs-7vsu7-h5ubu-pf775-ksgib-dfdkq-azhcl-plxdx-o3iab-gqe</t>
+  </si>
+  <si>
+    <t>3,029.96</t>
+  </si>
+  <si>
+    <t>毕方资本～花戏楼</t>
+  </si>
+  <si>
+    <t>cljwf-7bl55-34ezj-7evce-ocuhw-o7f47-q7nz4-7pb7b-jlvhc-e6ngd-aae</t>
+  </si>
+  <si>
+    <t>3,131.23</t>
+  </si>
+  <si>
+    <t>金马社区～萍菏泽</t>
+  </si>
+  <si>
+    <t>drs2k-q4zzy-vomcw-3zntb-hgovl-ooswu-w2ctb-kgifu-vlm73-ioode-fqe</t>
+  </si>
+  <si>
+    <t>ami5m-nnmte</t>
+  </si>
+  <si>
+    <t>ami5m-nnmte-4qttv-wcby4-pzwya-eliat-hxyaa-owr34-qtjpw-5hnej-fqe</t>
+  </si>
+  <si>
+    <t>毕方资本～曹兵道</t>
+  </si>
+  <si>
+    <t>5dvly-p5d24-bltze-7a2g5-5tgpa-squlk-behna-p3yit-laihj-j7gix-xae</t>
+  </si>
+  <si>
+    <t>3,153.18</t>
+  </si>
+  <si>
+    <t>太阳社区～康乃馨2</t>
+  </si>
+  <si>
+    <t>wzztq-tqbyi-wtxvf-2c5cm-dmf7i-fylkw-f3wm3-wwpgt-cpxbe-fzrfq-xqe</t>
+  </si>
+  <si>
+    <t>3,049.86</t>
+  </si>
+  <si>
+    <t>太阳社区～康乃馨</t>
+  </si>
+  <si>
+    <t>5rjwm-nnqdx-a7i4v-b3wqz-mqrym-aptfo-xb2fv-xsste-cq62c-ig33y-pae</t>
+  </si>
+  <si>
+    <t>3,926.17</t>
+  </si>
+  <si>
+    <t>wawa社区舅舅</t>
+  </si>
+  <si>
+    <t>lnsxg-q24yw-fjpeb-ua53r-5s6se-5blwl-yb7hw-sfdny-vlp3g-mjbag-gqe</t>
+  </si>
+  <si>
+    <t>小薇军团苏：冬夏</t>
+  </si>
+  <si>
+    <t>cdaiz-rrarr-lzg43-e7nec-ys46u-nnmhu-4g2nm-itb6o-us5tw-ad3ts-cae</t>
+  </si>
+  <si>
+    <t>3,972.01</t>
+  </si>
+  <si>
+    <t>毕方资本～果果</t>
+  </si>
+  <si>
+    <t>cfdm5-cczrs-gmwkp-xsgvp-4rhm6-kzt45-fdusa-qcpfx-xngmo-wk5cv-lae</t>
+  </si>
+  <si>
+    <t>毕方资本～美丽</t>
+  </si>
+  <si>
+    <t>rbrsm-7zyun-7xxuw-mc666-rgmd6-iadec-6ihqe-iueea-qbzxm-ozvg4-rae</t>
+  </si>
+  <si>
+    <t>3,219.94</t>
+  </si>
+  <si>
+    <t>金木社区-海</t>
+  </si>
+  <si>
+    <t>cbj3n-a4ipu-cplgk-2cpue-sdmx6-zsnt4-o7tjt-evkpp-uybtj-w7nos-xae</t>
+  </si>
+  <si>
+    <t>2,118.58</t>
+  </si>
+  <si>
+    <t>狼神社区 金华</t>
+  </si>
+  <si>
+    <t>cdetm-lziym-fefk5-63hvr-t7tno-fgmo7-zrwrj-w6qp5-ckqjd-oabnv-kae</t>
+  </si>
+  <si>
+    <t>徽煌社区～紫薇</t>
+  </si>
+  <si>
+    <t>hbwqt-abjjw-w6zat-mx4wi-m3rca-yms4e-qqfg3-3p2e2-q3buc-ripqc-hqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～大红</t>
+  </si>
+  <si>
+    <t>t3gux-obymt-nbk5r-pxe42-7vrvy-xe2de-vmg73-yqjpn-exyb5-26djn-eae</t>
+  </si>
+  <si>
+    <t>金木社区-琳</t>
+  </si>
+  <si>
+    <t>j2dcs-auudt-xaxvl-xbz5j-4fa63-7nqyu-hzbne-n7saz-otjpm-hilry-jae</t>
+  </si>
+  <si>
+    <t>3,495.96</t>
+  </si>
+  <si>
+    <t>勤正社区-黄娟</t>
+  </si>
+  <si>
+    <t>cbaj2-xu5yc-5olua-sgfop-cpbsq-szmdp-glnbr-i4oca-t3dbj-yl3no-nae</t>
+  </si>
+  <si>
+    <t>金马社区～胡菏泽</t>
+  </si>
+  <si>
+    <t>crswa-wy4vn-wsw4r-parxa-aeb5l-mozoj-r37qj-u7tah-ssvnz-i3eeh-2qe</t>
+  </si>
+  <si>
+    <t>狼神社区/币神</t>
+  </si>
+  <si>
+    <t>s44i5-piezt-k6rwo-6safv-qwniq-ghpwj-v4u3i-5mpuf-vegb3-bfzu7-cqe</t>
+  </si>
+  <si>
+    <t>wawa社区～向日葵3</t>
+  </si>
+  <si>
+    <t>iovhr-b7obr-ls43y-ldcts-i466h-na6i6-66wiw-c5irp-jpppm-mma2s-7ae</t>
+  </si>
+  <si>
+    <t>3,966.29</t>
+  </si>
+  <si>
+    <t>上海全赢社区吕雄伟</t>
+  </si>
+  <si>
+    <t>rzdqm-xl2bq-ceqsw-avdhr-aoe2q-arczh-hrw4b-wucro-zc3pr-4okda-iae</t>
+  </si>
+  <si>
+    <t>毕方资本～jun</t>
+  </si>
+  <si>
+    <t>xnzkb-ajpt7-n55ih-ppqv6-khy2t-6fgkb-6lc52-yuzwn-xo64s-llxnh-6ae</t>
+  </si>
+  <si>
+    <t>3,361.76</t>
+  </si>
+  <si>
+    <t>奥本资本～瑾茹</t>
+  </si>
+  <si>
+    <t>pory5-qap63-so6i4-i5ogi-5cvk5-ndfui-3uaht-6rl2t-edqji-eiror-fqe</t>
+  </si>
+  <si>
+    <t>狼神社区-琴cpq</t>
+  </si>
+  <si>
+    <t>lciks-onnuv-ixwsr-zgpge-svknw-b6q3n-ybsfc-5e7cw-2ylxf-filyn-uae</t>
+  </si>
+  <si>
+    <t>辉煌社区～务林</t>
+  </si>
+  <si>
+    <t>bkw2n-4eb5h-evuux-k5epm-huxlj-foo2m-u4ph7-mayni-6bcig-tbmyo-tqe</t>
+  </si>
+  <si>
+    <t>4,066.37</t>
+  </si>
+  <si>
+    <t>wawa社区老娘舅</t>
+  </si>
+  <si>
+    <t>un26x-bevzq-vidpb-omklv-lur4s-dm2al-ur4ct-5b5vt-osdal-ysglg-oae</t>
+  </si>
+  <si>
+    <t>徽煌社区～吴春萍</t>
+  </si>
+  <si>
+    <t>hyjow-saols-vesmy-3omya-mmk2u-r3yzb-h44zr-3crhl-tuy7s-lilj2-oae</t>
+  </si>
+  <si>
+    <t>4,172.14</t>
+  </si>
+  <si>
+    <t>笑哥社区 SeanJ</t>
+  </si>
+  <si>
+    <t>3t4wq-4nja2-ron4w-day24-aci6y-q72yn-7gj2g-rajpt-oge6g-uhkv4-6ae</t>
+  </si>
+  <si>
+    <t>徽煌社区~玉女心经</t>
+  </si>
+  <si>
+    <t>hlkuy-g2jgs-pjufs-2me7s-wsw6l-jpnh7-twrcc-optsw-uyoc2-rtr7n-oqe</t>
+  </si>
+  <si>
+    <t>1,180.02</t>
+  </si>
+  <si>
+    <t>狼神社区~恩仔</t>
+  </si>
+  <si>
+    <t>mjzyp-itl2g-ghplw-tqjio-j2hlx-i2mcn-opzgm-hnsxv-la2kw-pkydy-7qe</t>
+  </si>
+  <si>
+    <t>2,124.92</t>
+  </si>
+  <si>
+    <t>毕方资本～六六</t>
+  </si>
+  <si>
+    <t>oeb5f-rzhfn-5ruql-xv6tn-qb2u3-7is42-er2db-3legr-6hm2u-b6bgt-pae</t>
+  </si>
+  <si>
+    <t>3,347.92</t>
+  </si>
+  <si>
+    <t>杭甬社区～张荣胜</t>
+  </si>
+  <si>
+    <t>luo6c-h7ab4-fdy6d-umq3e-5oadb-blmxb-626vy-vhltu-wnyc4-ss5tq-nae</t>
+  </si>
+  <si>
+    <t>4,357.12</t>
+  </si>
+  <si>
+    <t>狼神社区～狼</t>
+  </si>
+  <si>
+    <t>6gmaj-57lr5-dasor-oyde5-rkdna-yxr4d-56p66-4z43v-ou4dx-6m4ma-wae</t>
+  </si>
+  <si>
+    <t>上海全赢社区吕雄伟2</t>
+  </si>
+  <si>
+    <t>k3ege-qhlxm-uethd-bealn-zengb-et2rs-boo5h-yrz6f-gsjkn-tsd2o-fqe</t>
+  </si>
+  <si>
+    <t>徽煌社区～毕玉华</t>
+  </si>
+  <si>
+    <t>o7okm-zhg42-tp73h-snu7d-k3nqe-h5zbk-m52nr-ts32n-twbms-5cpaj-4qe</t>
+  </si>
+  <si>
+    <t>4,154.62</t>
+  </si>
+  <si>
+    <t>毕方资本～风清扬</t>
+  </si>
+  <si>
+    <t>xuqgn-obiwr-ppbni-ryw4x-myapp-sguhw-nc5lq-kprlh-r3azw-kckrm-3qe</t>
+  </si>
+  <si>
+    <t>3,384.66</t>
+  </si>
+  <si>
+    <t>金马社区~英</t>
+  </si>
+  <si>
+    <t>5mlls-x5yii-pmnxt-gjpjb-7cvh3-3a2nv-wvijz-gitd4-qturd-3ba2o-nqe</t>
+  </si>
+  <si>
+    <t>3,341.91</t>
+  </si>
+  <si>
+    <t>毕方资本～老舅</t>
+  </si>
+  <si>
+    <t>ithcb-kojor-y6ebq-wgko5-7lcu7-3nape-oe3wd-qvij3-fqd25-j5ilo-mqe</t>
+  </si>
+  <si>
+    <t>3,497.51</t>
+  </si>
+  <si>
+    <t>毕方资本～姗姗</t>
+  </si>
+  <si>
+    <t>raiks-vppzw-tebhi-yrbde-4wl5y-dlheq-vhbfa-nkc3q-do2u3-h3r4y-aqe</t>
+  </si>
+  <si>
+    <t>3,511.52</t>
+  </si>
+  <si>
+    <t>毕方资本～晓峰</t>
+  </si>
+  <si>
+    <t>ctirc-rzzhy-q3v63-dpnp4-viexb-eqptp-fcvna-2dgnb-4tfue-pmza5-4ae</t>
+  </si>
+  <si>
+    <t>3,509.65</t>
+  </si>
+  <si>
+    <t>杭甬社区-棋</t>
+  </si>
+  <si>
+    <t>uqjfb-zr7bv-b6l4h-p5nrr-l7n3k-fdbzs-qyzcu-yvur7-pxuwl-3y6ym-7ae</t>
+  </si>
+  <si>
+    <t>11,275.78</t>
+  </si>
+  <si>
+    <t>qzt7n-hsfe7</t>
+  </si>
+  <si>
+    <t>qzt7n-hsfe7-7ipli-cg3j3-dkg3i-e4skt-hc7pg-ai54m-52mdh-3abxk-cae</t>
+  </si>
+  <si>
+    <t>金马社区-红</t>
+  </si>
+  <si>
+    <t>l5y22-ufh7v-67ie3-imvop-3mvla-iojfs-6kww5-bve5i-txod3-gktg2-oae</t>
+  </si>
+  <si>
+    <t>小薇军团苏一丽红</t>
+  </si>
+  <si>
+    <t>nzte6-wjvzd-mpdei-kdrgn-jeik7-tfbtq-hpic5-ofxgv-cuirw-eusa6-jae</t>
+  </si>
+  <si>
+    <t>7,784.67</t>
+  </si>
+  <si>
+    <t>勤正社区__徐（1）</t>
+  </si>
+  <si>
+    <t>kcp2l-ltkfi-mtuzm-mippz-fifa2-e2j4f-ziw3p-yd6if-n27vo-4ghsy-dae</t>
+  </si>
+  <si>
+    <t>毕方资本～继军</t>
+  </si>
+  <si>
+    <t>mirwd-nk5ku-yqdhh-ytlmw-76eo5-stsjf-om6qh-w4ryz-hncxy-buclk-qae</t>
+  </si>
+  <si>
+    <t>3,542.82</t>
+  </si>
+  <si>
+    <t>狼神社区～女神</t>
+  </si>
+  <si>
+    <t>ytv7x-7lelc-y5dvf-qsyaf-hhcfn-g4tct-qexdx-4thv7-3ahgz-6yl23-qqe</t>
+  </si>
+  <si>
+    <t>杭甬社区-远方的家</t>
+  </si>
+  <si>
+    <t>gcgbh-i5yha-fg5tt-mdo5u-pa5sq-zu2lj-52hjm-uj2yp-gbh7q-iuyco-4ae</t>
+  </si>
+  <si>
+    <t>2,092.84</t>
+  </si>
+  <si>
+    <t>毕方资本～东风</t>
+  </si>
+  <si>
+    <t>6tyur-lhhqc-lv65b-7czuw-bvn56-dz3az-lt6ah-746px-t5gez-uy35h-fqe</t>
+  </si>
+  <si>
+    <t>3,516.27</t>
+  </si>
+  <si>
+    <t>北部湾社区~汪</t>
+  </si>
+  <si>
+    <t>x4fda-o4lyy-jkrxc-nowoy-t5qp4-3vb3n-3d6k5-veudl-mek3l-zsnlr-7qe</t>
+  </si>
+  <si>
+    <t>5,550.08</t>
+  </si>
+  <si>
+    <t>小薇军团苏：石墨烯</t>
+  </si>
+  <si>
+    <t>hhcmc-ynka7-uvsap-7a65k-5uz3q-excba-lfpug-pnfh5-zjz5a-3rmkz-wqe</t>
+  </si>
+  <si>
+    <t>4,133.99</t>
+  </si>
+  <si>
+    <t>小薇军团苏：光波毯</t>
+  </si>
+  <si>
+    <t>gavbj-oi6yo-yjslw-puh4k-snmoq-73a5o-jsv6x-3ocwy-cg5c7-blnce-sqe</t>
+  </si>
+  <si>
+    <t>4,108.13</t>
+  </si>
+  <si>
+    <t>毕方资本～尧哥</t>
+  </si>
+  <si>
+    <t>cp2ei-icsrs-vg5eg-6w75h-kpbcx-7hw7g-463we-ywvn3-hsaut-5d33p-4ae</t>
+  </si>
+  <si>
+    <t>3,534.08</t>
+  </si>
+  <si>
+    <t>太阳社区～嫦娥</t>
+  </si>
+  <si>
+    <t>v2ynj-oek3u-swdtc-qg56i-hzuj3-6qd5x-flg64-5ij67-i35xf-4y3yz-5qe</t>
+  </si>
+  <si>
+    <t>毕方资本～LIU</t>
+  </si>
+  <si>
+    <t>xnvkm-zyj6e-kdc7p-dq54h-5zehk-5tfgp-awauj-72fwp-ku66p-xt473-qae</t>
+  </si>
+  <si>
+    <t>3,548.62</t>
+  </si>
+  <si>
+    <t>毕方资本～Harry</t>
+  </si>
+  <si>
+    <t>q7zzh-u4auv-2iyvv-usugt-pkxqq-3bo4l-hux6c-gblei-d6jey-cdjtj-bae</t>
+  </si>
+  <si>
+    <t>3,566.71</t>
+  </si>
+  <si>
+    <t>金木社区-大树</t>
+  </si>
+  <si>
+    <t>b3cp3-vzzpi-dpv3k-sshnn-v5zcx-e2jzo-ymjza-d2t7n-4y4nk-mjj2y-bae</t>
+  </si>
+  <si>
+    <t>5,383.27</t>
+  </si>
+  <si>
+    <t>毕方资本～蓝天</t>
+  </si>
+  <si>
+    <t>rzw5y-fxgvb-oefcs-3znbb-jqaab-bfujk-edauo-vbirq-jolv7-6ussq-iae</t>
+  </si>
+  <si>
+    <t>3,655.97</t>
+  </si>
+  <si>
+    <t>q2w6g-2v67b</t>
+  </si>
+  <si>
+    <t>q2w6g-2v67b-3rikz-mfwk2-uyish-ecpc6-l2tad-tlp7c-qmxxe-ugt2m-7ae</t>
+  </si>
+  <si>
+    <t>1,622.72</t>
+  </si>
+  <si>
+    <t>万丈资本～二姐1</t>
+  </si>
+  <si>
+    <t>7ggrl-ugkcc-6xy7f-gnkj7-6senn-s5iee-qsixk-ucbhi-6ixqm-mhqvv-vae</t>
+  </si>
+  <si>
+    <t>小薇军团苏：王总</t>
+  </si>
+  <si>
+    <t>fjp3r-dbbvj-h6u4c-ya6v7-5zkng-al564-5nw3i-pqa22-s4oc6-jtmqr-eae</t>
+  </si>
+  <si>
+    <t>4,209.41</t>
+  </si>
+  <si>
+    <t>北部湾社区～旺旺</t>
+  </si>
+  <si>
+    <t>4gxwu-7ilsi-oo55b-jqo7o-xghaj-h3zrv-czlw2-ahrmq-p5qur-dtyxu-dqe</t>
+  </si>
+  <si>
+    <t>飞龙社区-象山陈姐</t>
+  </si>
+  <si>
+    <t>rwwpl-qgjr3-y762m-ev4t4-dmerc-5wc4o-jwj3h-2updw-na5tq-xg6l5-uae</t>
+  </si>
+  <si>
+    <t>毕方资本～大熊</t>
+  </si>
+  <si>
+    <t>qhtl6-m7fo5-w5p5q-iywvu-zjop2-swwvc-g3oiy-zvghy-ccl44-wcukp-fqe</t>
+  </si>
+  <si>
+    <t>3,958.11</t>
+  </si>
+  <si>
+    <t>徽煌社区～雪晴</t>
+  </si>
+  <si>
+    <t>743ff-kbsyz-zlprm-bv4ku-5ntci-z6kl5-qeilm-kurtl-avgi4-h6yvx-xqe</t>
+  </si>
+  <si>
+    <t>1,718.88</t>
+  </si>
+  <si>
+    <t>清健一如</t>
+  </si>
+  <si>
+    <t>paoj6-7rmyz-t3jcw-zxi4f-bshji-o6r4e-vxdbx-aqfz6-bxgfq-c4vos-lae</t>
+  </si>
+  <si>
+    <t>1,242.54</t>
+  </si>
+  <si>
+    <t>辉煌社区～芳仪</t>
+  </si>
+  <si>
+    <t>l3yq3-xi654-ibxcq-xyt3w-7loxj-eqesq-amvv3-d66qs-fu5yt-k5lry-3qe</t>
+  </si>
+  <si>
+    <t>8,923.95</t>
+  </si>
+  <si>
+    <t>徽煌社区~官寒风</t>
+  </si>
+  <si>
+    <t>aipno-5nxro-kovqc-bjl5k-hvrof-22ytt-tnjft-rixs6-hfcjc-dhkdj-uae</t>
+  </si>
+  <si>
+    <t>11,077.91</t>
+  </si>
+  <si>
+    <t>oypk7-bd7ey</t>
+  </si>
+  <si>
+    <t>oypk7-bd7ey-e34ud-7xnz7-eht32-ohcdw-a2pwc-vcnht-5hgvm-777up-nae</t>
+  </si>
+  <si>
+    <t>ztcwh-kdhd7</t>
+  </si>
+  <si>
+    <t>ztcwh-kdhd7-snhqc-ikfvd-v2xuh-dktze-vlaan-zztkt-q2xdu-x7foq-wae</t>
+  </si>
+  <si>
+    <t>星辉社区方洁</t>
+  </si>
+  <si>
+    <t>mmbbo-lcv3u-xhbps-rz42n-ivjhh-k2vo7-bjqjy-kgnqu-cqkkp-mzdar-6ae</t>
+  </si>
+  <si>
+    <t>1,862.04</t>
+  </si>
+  <si>
+    <t>金鑫社区卢梓欣</t>
+  </si>
+  <si>
+    <t>lhjxd-6yoop-vbnaq-3d7hr-wlnt4-cni45-hiifo-rtmdo-h7yir-spg5p-5qe</t>
+  </si>
+  <si>
+    <t>1,331.33</t>
+  </si>
+  <si>
+    <t>太阳社区～丽亚5</t>
+  </si>
+  <si>
+    <t>xjsfi-ihhbu-wgzq6-olk3c-o5vfm-idtsr-57ocl-cnrgq-o2rh2-divup-7qe</t>
+  </si>
+  <si>
+    <t>6,345.88</t>
+  </si>
+  <si>
+    <t>金马社区-阿强</t>
+  </si>
+  <si>
+    <t>eilxs-onvyd-gsvy4-xkcss-ghp55-tetzs-ohtxv-rgqb3-2dhfd-gf5tn-uae</t>
+  </si>
+  <si>
+    <t>徽煌社区∽红豆</t>
+  </si>
+  <si>
+    <t>bijh6-gpeop-7ghop-36mz6-5ol5v-vfqr6-3hv6m-av2ku-xq7y2-ky3ie-uqe</t>
+  </si>
+  <si>
+    <t>2,727.36</t>
+  </si>
+  <si>
+    <t>太阳社区～丽亚4</t>
+  </si>
+  <si>
+    <t>yki2f-ekiec-hfdnt-kau7d-smovt-473eu-a3jaq-2mcpe-7lvcr-ed56x-yae</t>
+  </si>
+  <si>
+    <t>6,338.93</t>
+  </si>
+  <si>
+    <t>徽煌社区～九玄</t>
+  </si>
+  <si>
+    <t>i4iep-yo3bc-dhfc3-bryxt-ff6fo-23l37-rufri-dilcz-yzrms-r3a4e-bae</t>
+  </si>
+  <si>
+    <t>勤正社区一幸福依依</t>
+  </si>
+  <si>
+    <t>tsqf7-rm6zr-qvcnb-fmxel-g3ndc-nmj5k-qfn2c-sxmuw-5snwt-zgc62-4qe</t>
+  </si>
+  <si>
+    <t>金木社区-永明</t>
+  </si>
+  <si>
+    <t>jq57f-22t25-snavh-dwe6l-ptbbg-dhsk4-5jcdx-7ndfh-t6zfr-wv4oq-iqe</t>
+  </si>
+  <si>
+    <t>3,732.63</t>
+  </si>
+  <si>
+    <t>玩赚社区~风声</t>
+  </si>
+  <si>
+    <t>rjlcc-7v5gb-npdkb-rd5vl-2dmov-od4o2-ec5wb-kwdyv-b5yyv-g35aq-oqe</t>
+  </si>
+  <si>
+    <t>小薇军团苏~无锡冬姐</t>
   </si>
   <si>
     <t>iokte-mziky-ieoqi-2losh-bi4fl-4k3yn-ldf7v-mnvms-pqrev-anlzo-5ae</t>
   </si>
   <si>
-    <t>1,585.12</t>
-[...1361 lines deleted...]
-    <t>yvlel-ftpem-c76ai-mjslm-3npas-zhky3-ju5wi-f2xlz-r2sh4-whtbv-hqe</t>
+    <t>2,195.36</t>
+  </si>
+  <si>
+    <t>杭甬社区一倪</t>
+  </si>
+  <si>
+    <t>c4dhg-ab32h-b2uia-xewye-3jsoh-4qdpo-qouck-xu5xp-umifb-ggqrx-nqe</t>
+  </si>
+  <si>
+    <t>5,553.67</t>
+  </si>
+  <si>
+    <t>小薇军团-素11</t>
+  </si>
+  <si>
+    <t>jlh6x-6hnlc-p4dks-kmhgl-ytarb-smqkh-jncev-qcbtv-btqe5-lksv3-rae</t>
+  </si>
+  <si>
+    <t>3,089.73</t>
+  </si>
+  <si>
+    <t>小薇军团-素10</t>
+  </si>
+  <si>
+    <t>3zfyz-7mf66-vyvrp-x5arc-2w7md-xpg5f-uuyvj-7yora-xwu4d-63b5q-aae</t>
+  </si>
+  <si>
+    <t>3,091.56</t>
+  </si>
+  <si>
+    <t>金木社区-超超</t>
+  </si>
+  <si>
+    <t>iuoeq-rxadk-4a4pl-tufc7-qobgj-ksvn5-mze5u-ypnk7-nz2yx-56lyo-yqe</t>
+  </si>
+  <si>
+    <t>4,007.11</t>
+  </si>
+  <si>
+    <t>小薇军团苏一艺创</t>
+  </si>
+  <si>
+    <t>xpvwu-liouj-xunw2-7ykw7-6r77n-woxhq-svewr-4z4yw-saraj-emqer-zae</t>
+  </si>
+  <si>
+    <t>4,787.68</t>
+  </si>
+  <si>
+    <t>小薇军团-素9</t>
+  </si>
+  <si>
+    <t>pglby-pujex-4ufhk-aawbz-cfswr-qtg3s-jvwox-vwvo3-bczdz-uzyjr-xqe</t>
+  </si>
+  <si>
+    <t>3,148.50</t>
+  </si>
+  <si>
+    <t>小薇军团-素8</t>
+  </si>
+  <si>
+    <t>6kphu-jgqyf-qtjor-rjw4c-avnpp-dsh5t-evzxi-d3oyw-dhllf-woave-iae</t>
+  </si>
+  <si>
+    <t>3,161.27</t>
+  </si>
+  <si>
+    <t>飞龙社区温总</t>
+  </si>
+  <si>
+    <t>ezct5-5aetr-s7xc2-3ldij-wnbwc-6ta4p-vshms-wg444-yg4of-2jnu6-zae</t>
+  </si>
+  <si>
+    <t>小薇军团-素7</t>
+  </si>
+  <si>
+    <t>yrf6l-p5v5c-btdqz-npfw2-cpfjt-py476-2sd6d-u3az3-l3ddd-2bw2p-6qe</t>
+  </si>
+  <si>
+    <t>3,172.82</t>
+  </si>
+  <si>
+    <t>太阳社区～丽亚3</t>
+  </si>
+  <si>
+    <t>mfweq-tqwfl-7vu3v-35jr4-gwvtp-subxh-kw22w-7bwdf-l724b-eq2eh-bqe</t>
+  </si>
+  <si>
+    <t>2,318.41</t>
+  </si>
+  <si>
+    <t>狼神社区~飞太狼</t>
+  </si>
+  <si>
+    <t>qw4ul-5zc4g-524rm-wssqf-zbymk-5jgrq-hicrp-27nlp-zqcbx-urhlk-qqe</t>
+  </si>
+  <si>
+    <t>太阳社区～丽亚2</t>
+  </si>
+  <si>
+    <t>j6qch-rtfmu-q5znm-55s7j-2jmi3-bm75f-bxojv-fc7er-56zp2-jrypy-wqe</t>
+  </si>
+  <si>
+    <t>1,967.51</t>
   </si>
   <si>
     <t>毕方资本～二狗</t>
   </si>
   <si>
     <t>g3okb-ylvqt-yhwqn-owf4w-qbrvv-uaypr-55ijr-w777f-hlbyo-zsvnb-qae</t>
   </si>
   <si>
-    <t>1,834.57</t>
-[...953 lines deleted...]
-    <t>1,967.51</t>
+    <t>1,490.58</t>
   </si>
   <si>
     <t>LBM（1）</t>
   </si>
   <si>
     <t>3xxgg-ig7ly-ruuyf-g2xwv-pfjy2-qbj3f-6zlqa-z7gqz-by5jd-vmiu5-vqe</t>
   </si>
   <si>
-    <t>北部湾社区-梦乡</t>
-[...5 lines deleted...]
-    <t>4,001.84</t>
+    <t>小薇军团苏～百合</t>
+  </si>
+  <si>
+    <t>lxzzi-3jtxt-rw4tn-olzaj-mg4mb-6tvha-jmqec-dpexi-ebmf5-2v4up-pqe</t>
+  </si>
+  <si>
+    <t>3,788.26</t>
   </si>
   <si>
     <t>krcg7-c33o7</t>
   </si>
   <si>
     <t>krcg7-c33o7-5aqg5-fkwcj-hkbsk-ynevc-iffks-iqnv5-eexez-t3gqq-4qe</t>
   </si>
   <si>
     <t>FF发</t>
   </si>
   <si>
     <t>4ihd3-4n2xx-q7p76-ci6dl-wveio-dvkfy-2jb2e-cs7qa-seu47-jitir-iqe</t>
   </si>
   <si>
     <t>17,222.25</t>
   </si>
   <si>
     <t>EricChou Odinfun</t>
   </si>
   <si>
     <t>ykm7p-3slrs-pm2jy-v3cb5-54khx-vkjfd-fpcsc-ghwwy-rs7xz-dpa6j-uqe</t>
   </si>
   <si>
     <t>星辉社区戴琳</t>
   </si>
   <si>
     <t>7j6hu-43ppk-nez5z-vymqk-54rdg-eqy45-g5d36-ft4i2-if5h7-54r7g-eae</t>
   </si>
   <si>
     <t>1,578.11</t>
   </si>
   <si>
-    <t>富豪社区-元一</t>
-[...2 lines deleted...]
-    <t>agztp-4uyuc-bxqrz-o7fim-jcigh-apz6e-7iyvi-4vyxf-jmmdl-nuced-mae</t>
+    <t>小薇军团苏:秋月</t>
+  </si>
+  <si>
+    <t>rtg23-mag2c-lxuvj-bonp3-hnwxt-gwsss-hh23o-glfpp-ctjcf-z3mdn-3ae</t>
+  </si>
+  <si>
+    <t>3,055.98</t>
   </si>
   <si>
     <t>飞龙社区勤正_刘林霞</t>
   </si>
   <si>
     <t>xzvzu-zzpdk-ka324-b4eq2-2rnaf-hvjnd-ndztu-micx6-qqdl7-3flfy-qae</t>
   </si>
   <si>
     <t>太阳社区～丽璇</t>
   </si>
   <si>
     <t>hdoco-aoii6-kaxul-bs7sb-uwbqu-m7spj-sfyro-rmx4w-ar2fh-mnops-fae</t>
   </si>
   <si>
     <t>金木社区-苗苗姐</t>
   </si>
   <si>
     <t>th4j3-uac3x-mhjbo-6jw5f-t3s4j-fieb2-db5jc-pv7ed-a7nzs-zrydd-cqe</t>
   </si>
   <si>
     <t>1,186.10</t>
   </si>
   <si>
-    <t>北部湾社区-谢华</t>
-[...5 lines deleted...]
-    <t>4,001.98</t>
+    <t>小薇军团苏：车厘子</t>
+  </si>
+  <si>
+    <t>z6k4e-kcltm-pmuhq-qhoft-3aaeq-te3uu-ocdtu-pjsu4-6uxxw-5rzis-vae</t>
+  </si>
+  <si>
+    <t>3,500.65</t>
+  </si>
+  <si>
+    <t>小薇军团苏～舒瑶</t>
+  </si>
+  <si>
+    <t>k6gip-i5niw-enw4g-dsq4v-ltvt3-y2255-jf5dq-i5ph6-qyjdk-dbwo2-qqe</t>
+  </si>
+  <si>
+    <t>3,366.56</t>
   </si>
   <si>
     <t>2d5fc-ywugq</t>
   </si>
   <si>
     <t>2d5fc-ywugq-oflue-y3fgb-jziuj-7dxtg-nlvou-deqr3-xetia-akqqs-2ae</t>
   </si>
   <si>
     <t>whkxr-sifr4</t>
   </si>
   <si>
     <t>whkxr-sifr4-bt6u7-lmepd-et54q-mqvc6-imqcl-ekase-sf2sc-w7upp-kqe</t>
   </si>
   <si>
     <t>xv3dn-aodvn</t>
   </si>
   <si>
     <t>xv3dn-aodvn-vek4b-6gmtg-3dbug-t23vl-defkr-vwcie-taryy-lp2lh-vae</t>
   </si>
   <si>
+    <t>小薇军团苏～珍珠</t>
+  </si>
+  <si>
+    <t>oxjtp-fl7zk-wevpq-o3q7w-nwdrz-nu4nd-aons4-4eh2e-3cj42-luar5-wae</t>
+  </si>
+  <si>
+    <t>6,498.99</t>
+  </si>
+  <si>
     <t>飞龙昆山社区杨小龙</t>
   </si>
   <si>
     <t>ariu4-7efa2-n47rg-ojgoc-xfhjo-reyo5-cj6ef-zho6c-vw2ey-xlyv4-yqe</t>
   </si>
   <si>
     <t>1,433.40</t>
   </si>
   <si>
     <t>tmn2q-rlyfh</t>
   </si>
   <si>
     <t>tmn2q-rlyfh-67onc-6r6eg-js5b3-2bwtt-n5vz5-dbpkf-fsrdm-nslsi-jae</t>
   </si>
   <si>
-    <t>毕方资本～麦兜</t>
-[...7 lines deleted...]
-  <si>
     <t>狼神社区～缘份面点</t>
   </si>
   <si>
     <t>6vgr2-2nans-7hyf4-n5lti-tipol-jglya-xr3zt-wsran-ilj42-v2ys3-eqe</t>
   </si>
   <si>
-    <t>8,363.46</t>
+    <t>9,684.24</t>
   </si>
   <si>
     <t>笑哥社区 Tuntun</t>
   </si>
   <si>
     <t>4x63p-t3ncj-qelva-vmh7o-gxixo-cun3u-7p5bk-r3rd5-baxde-3t6up-rae</t>
   </si>
   <si>
     <t>太阳社区~璇姐</t>
   </si>
   <si>
     <t>x7oh7-ne4oa-wp7or-sucv2-kwgca-4wafn-pvgxn-z4pag-c37cg-jeyaz-4qe</t>
   </si>
   <si>
     <t>firmr-ysfnx</t>
   </si>
   <si>
     <t>firmr-ysfnx-2hulv-nwmkn-c53js-o3etk-kyhxy-nw4cw-g7pjh-q7erd-uqe</t>
   </si>
   <si>
     <t>勤正社区青苹果</t>
   </si>
   <si>
     <t>xfh7y-ecuyt-fwvkg-5qdwa-mkr6l-gsktw-2q6sa-gc2hk-f54ds-raoz5-6ae</t>
   </si>
   <si>
     <t>WAwa社区～kui</t>
   </si>
   <si>
     <t>xxgz2-tl7ui-vq2yh-bekr7-4sqdg-cifaa-7d77e-tnk3m-ednq4-xmhdu-oqe</t>
   </si>
   <si>
     <t>8,929.95</t>
   </si>
   <si>
     <t>flweg-5eb2w</t>
   </si>
   <si>
     <t>flweg-5eb2w-ulqfn-cx467-lnvbh-tpfrt-6etrq-w6nor-ggpq3-t3y4u-mqe</t>
   </si>
   <si>
     <t>o5o5e-temlj</t>
   </si>
   <si>
     <t>o5o5e-temlj-rov34-srg5y-3wwfs-ftc66-6jrub-cghdc-bdca6-b6wpk-bqe</t>
   </si>
   <si>
-    <t>玩赚社区~李总1号</t>
-[...16 lines deleted...]
-  <si>
     <t>链动-多多</t>
   </si>
   <si>
     <t>rpqh7-ubjzv-cjmhm-ch2hy-f3vp3-agzmh-unk6i-olcjy-gt6px-6ttwc-nqe</t>
   </si>
   <si>
-    <t>星辉昆山社区罗总</t>
-[...7 lines deleted...]
-  <si>
     <t>尤米社区～武</t>
   </si>
   <si>
     <t>tzbua-rqa3q-t6ms2-nc4ss-svwof-2ysep-sebue-5i73o-gi7cn-64nss-sae</t>
   </si>
   <si>
     <t>1,127.25</t>
   </si>
   <si>
     <t>尤米社区朱哥</t>
   </si>
   <si>
     <t>lnsh7-jzypr-cjbgt-s5tma-xacbb-s3nst-wyrbi-txdkb-efm53-3wyhy-xae</t>
   </si>
   <si>
     <t>4,411.01</t>
   </si>
   <si>
     <t>链动-阿西巴</t>
   </si>
   <si>
     <t>tozlk-fdm7j-whvdw-kbdnn-cloga-vkajk-luv67-eyryt-wtnp2-fjvp4-jae</t>
   </si>
   <si>
     <t>太阳社区～甜柚子</t>
   </si>
   <si>
     <t>mx4zi-yvfdm-dayyo-wnw64-znkgu-wc5ey-aenlz-mdskk-jrfcu-sape5-kae</t>
   </si>
   <si>
-    <t>3,147.08</t>
+    <t>3,159.08</t>
   </si>
   <si>
     <t>尤米社区杨叔</t>
   </si>
   <si>
     <t>rmtnm-3igxn-v32xs-uzccc-avcme-t62hg-skauu-jiy6f-wquq5-lpiz5-eae</t>
   </si>
   <si>
     <t>1,208.48</t>
   </si>
   <si>
     <t>链动-秋刀鱼</t>
   </si>
   <si>
     <t>6xisn-nkj3l-bde32-3uodb-alczk-yjjov-7srks-pvbs6-lhmln-hbyzh-3qe</t>
   </si>
   <si>
     <t>尤米社区老杨</t>
   </si>
   <si>
     <t>s7sk6-yogpc-5tndz-lrofz-4nqsd-xbudn-3bto2-xfina-i5ja6-xlmpz-mqe</t>
   </si>
   <si>
     <t>1,155.27</t>
   </si>
   <si>
     <t>链动-炊烟袅袅</t>
   </si>
   <si>
     <t>lqlmi-v4vn5-fa7pw-63sjn-w5sth-srbba-gppe3-hofjc-mvajd-zxqat-tqe</t>
   </si>
   <si>
-    <t>毕方资本～大象</t>
-[...5 lines deleted...]
-    <t>1,112.33</t>
+    <t>小薇军团苏：云烯</t>
+  </si>
+  <si>
+    <t>wsner-i4k37-ozdsc-feby4-ox2ob-trzw5-7zkjb-4mrnz-mvyji-d5zqq-5ae</t>
+  </si>
+  <si>
+    <t>4,655.41</t>
   </si>
   <si>
     <t>徽煌社区一王来德</t>
   </si>
   <si>
     <t>bd3ut-ltxzw-spgg7-vwiil-mht6q-5wmb5-izphr-e2dlp-korn5-pum6c-2ae</t>
   </si>
   <si>
-    <t>6,714.65</t>
+    <t>6,765.65</t>
   </si>
   <si>
     <t>尤米社区徐总2</t>
   </si>
   <si>
     <t>geimi-fbknx-26u3u-ahmu6-pobby-gdj5s-4neui-tih3x-236q7-fpnhm-zqe</t>
   </si>
   <si>
     <t>1,126.96</t>
   </si>
   <si>
     <t>尤米社区徐总I</t>
   </si>
   <si>
     <t>vn264-fvdaf-ck3pj-2fryj-ogogv-l3ppv-fud5b-4es7t-dcztv-tibfh-vqe</t>
   </si>
   <si>
     <t>1,122.83</t>
   </si>
   <si>
+    <t>小薇军团苏～怡芳</t>
+  </si>
+  <si>
+    <t>3vko4-tpqbq-7t3re-djgqv-sh7br-kemnu-xgzpf-f6rk4-65t52-4b6ow-bae</t>
+  </si>
+  <si>
+    <t>5,883.05</t>
+  </si>
+  <si>
     <t>YOYO社区-小师妹</t>
   </si>
   <si>
     <t>ua7io-qqrs4-2adyk-xp2hn-2g6n3-bppbb-nzjr2-6xeuh-7lisy-qdzxf-6ae</t>
   </si>
   <si>
-    <t>徽煌社区～素素2</t>
+    <t>小薇军团～素素2</t>
   </si>
   <si>
     <t>y3ywh-6nzxz-hnetn-lerer-4zpnp-qhezl-iwprv-lvqpq-i533u-iujku-mae</t>
   </si>
   <si>
     <t>5,373.57</t>
   </si>
   <si>
+    <t>小薇军团苏：红酒</t>
+  </si>
+  <si>
+    <t>xawmi-7jjqb-4qbnj-27gqw-f646n-wfsp4-jvzcp-xvepj-jtzxr-fbgkz-qqe</t>
+  </si>
+  <si>
+    <t>2,412.13</t>
+  </si>
+  <si>
     <t>链动-阿雅</t>
   </si>
   <si>
     <t>4gyvu-co4b2-lea3p-cfmbx-66dnm-dxr5q-jjbcr-2ienw-ymeq7-bw4lg-dqe</t>
   </si>
   <si>
-    <t>毕方资本～小童</t>
-[...17 lines deleted...]
-    <t>徽煌社区～素颜</t>
+    <t>小薇军团苏：五粮液</t>
+  </si>
+  <si>
+    <t>shbli-vnkom-wovk2-xrany-za3ai-67vyt-wupvu-bbgbh-6cre6-qlu3i-gqe</t>
+  </si>
+  <si>
+    <t>6,075.08</t>
+  </si>
+  <si>
+    <t>小薇军团苏：茅台</t>
+  </si>
+  <si>
+    <t>pbd2p-zh6ea-2o6en-sdvpt-duzlq-gx4sg-5kblg-g3mk5-lhee5-uoy4z-cqe</t>
+  </si>
+  <si>
+    <t>6,145.15</t>
+  </si>
+  <si>
+    <t>小薇军团苏：飞天</t>
+  </si>
+  <si>
+    <t>427xc-vdh6y-yxc5p-qd2x2-lrrfd-mdl6t-yggvo-du6gj-7v6xb-oksfr-eae</t>
+  </si>
+  <si>
+    <t>6,465.52</t>
+  </si>
+  <si>
+    <t>小薇军团苏：云朵</t>
+  </si>
+  <si>
+    <t>kl4qm-gpv5j-tfbsg-mvnnb-c7zsx-tq5kj-prpff-wzczs-ias33-rr6c3-zae</t>
+  </si>
+  <si>
+    <t>6,208.78</t>
+  </si>
+  <si>
+    <t>小薇军团～素颜</t>
   </si>
   <si>
     <t>admvz-qw7pc-xjml2-q32ks-gccpe-rcsyv-56olg-ktzq2-wwrmu-4aaui-bqe</t>
   </si>
   <si>
     <t>5,258.95</t>
   </si>
   <si>
+    <t>小薇军团苏～惠玥</t>
+  </si>
+  <si>
+    <t>mua5f-a4diz-ogair-wxhgw-4minb-q5ukr-2gcut-itocu-3qsfe-7mner-vae</t>
+  </si>
+  <si>
+    <t>3,342.09</t>
+  </si>
+  <si>
+    <t>小薇军团苏～无锡青青</t>
+  </si>
+  <si>
+    <t>r4hhd-eo3yf-mspup-xuhv3-ibztd-vv3h3-yfo4e-lyrny-wqudn-6xejn-hae</t>
+  </si>
+  <si>
+    <t>2,608.72</t>
+  </si>
+  <si>
     <t>北部湾-币姥爷</t>
   </si>
   <si>
     <t>uuql4-a4sym-up4db-5r5u4-xeb4j-ulmpz-rpnf2-nlxtw-wxwm5-vs4tm-xqe</t>
   </si>
   <si>
     <t>亮点好</t>
   </si>
   <si>
     <t>lp7m4-i5cwz-65xxk-pljea-vc4h3-gfm3q-4ywol-kda2q-5u5rl-acamq-gae</t>
   </si>
   <si>
     <t>杭甬社区～阿胜</t>
   </si>
   <si>
     <t>l7ats-ksws6-iocsw-ggut2-yjzzf-lascp-fbjpn-325me-qn5hl-sr6r2-2qe</t>
   </si>
   <si>
     <t>1,215.06</t>
   </si>
   <si>
-    <t>WAWA社区·状元</t>
-[...5 lines deleted...]
-    <t>1,878.60</t>
+    <t>小薇军团一晓燕</t>
+  </si>
+  <si>
+    <t>qcqdi-zv2v6-ptdxl-a6jle-73mvi-n7gf4-g4mxj-shv5j-ktfrc-pwxlw-uae</t>
+  </si>
+  <si>
+    <t>4,945.79</t>
+  </si>
+  <si>
+    <t>小薇军团苏～牡丹</t>
+  </si>
+  <si>
+    <t>t2quc-5a5zj-t3qx4-hyj6f-7bdxn-v4wpf-vrf6j-ye6ve-eo3fd-6xsqa-eae</t>
+  </si>
+  <si>
+    <t>2,860.55</t>
+  </si>
+  <si>
+    <t>小薇军团苏：周燕</t>
+  </si>
+  <si>
+    <t>qwr5s-hj2ms-tn636-7scgp-x2lao-p3agu-ntana-7hsqd-hdg5i-jvq22-pae</t>
+  </si>
+  <si>
+    <t>4,146.19</t>
   </si>
   <si>
     <t>太阳社区～红玫瑰</t>
   </si>
   <si>
     <t>nvfun-f3hqw-cfnui-pnz5v-ppqmc-z2sou-3qbnt-gq4k5-ymz52-lkuhn-hqe</t>
   </si>
   <si>
-    <t>徽煌社区-素</t>
+    <t>小薇军团-素</t>
   </si>
   <si>
     <t>t5ufd-3ti4x-p45vq-hte3z-3x5bp-xkkkq-5rqqw-5cjiv-acx66-h5ulo-wae</t>
   </si>
   <si>
     <t>1,946.00</t>
   </si>
   <si>
+    <t>小薇军团苏~天鑫</t>
+  </si>
+  <si>
+    <t>jznxx-6wlmp-belrm-woea6-etkxh-m3lvx-scuxa-kt6nl-n3twt-4er7k-3qe</t>
+  </si>
+  <si>
+    <t>6,351.79</t>
+  </si>
+  <si>
     <t>星辉社区戴琳 2</t>
   </si>
   <si>
     <t>3aeb6-xjx5y-2efrk-bltty-yphgr-xhmqi-shvcv-3n23f-nd7jf-h7zhm-nae</t>
   </si>
   <si>
     <t>2,030.31</t>
   </si>
   <si>
-    <t>wawa社区～富有</t>
-[...8 lines deleted...]
-    <t>徽煌社区～素素姐</t>
+    <t>小薇军团苏～千里马</t>
+  </si>
+  <si>
+    <t>q2wqk-m5czl-3ijqj-qa65i-rgh2q-cful4-xe3sz-jgj5h-gmfbd-lbdbs-3ae</t>
+  </si>
+  <si>
+    <t>6,468.09</t>
+  </si>
+  <si>
+    <t>小薇军团～素素姐</t>
   </si>
   <si>
     <t>lvr5n-pmhn6-jehy4-kowcg-iqwpz-vtewg-xluev-4yr5a-2tkw7-atkjg-vqe</t>
   </si>
   <si>
     <t>5,011.91</t>
   </si>
   <si>
-    <t>RT～中文社区</t>
-[...20 lines deleted...]
-    <t>2ly25-gzjxc-gwdr5-32tgl-3kht6-jkk7k-hvjku-7a4at-sf6og-bbyzs-fae</t>
+    <t>小薇军团苏～金子</t>
+  </si>
+  <si>
+    <t>jxrwo-wtu5p-xozke-4q6b7-e6csk-iuglw-rbtys-4i6qm-zay3e-ewe3f-4qe</t>
+  </si>
+  <si>
+    <t>2,638.11</t>
   </si>
   <si>
     <t>WAWA社区-米多</t>
   </si>
   <si>
     <t>mhkxh-j2rcf-ihpvy-yjqg2-ill4n-r7f4w-o2dty-b5gw3-nq5tv-wttb4-yqe</t>
   </si>
   <si>
-    <t>北部湾社区～meili</t>
-[...7 lines deleted...]
-  <si>
     <t>玩赚社区～肖哥</t>
   </si>
   <si>
     <t>2gfai-qu2il-jc3r3-ru54p-jxsap-63keb-zigv6-n7yfi-y6btp-44nda-vae</t>
   </si>
   <si>
     <t>小薇军团～1</t>
   </si>
   <si>
     <t>5hm35-tngq2-kgjvj-xbomp-hf6rb-7fyx3-ds5xk-c7lw5-avst2-waxwj-fqe</t>
   </si>
   <si>
-    <t>4,744.39</t>
+    <t>4,798.39</t>
   </si>
   <si>
     <t>太阳社区~健康姐</t>
   </si>
   <si>
     <t>cjvow-w3tqd-f3kv3-eykbq-yxmdu-ti44a-57mb5-oebsw-fztwp-dsaxt-aqe</t>
   </si>
   <si>
-    <t>小薇军团-雅涵</t>
-[...7 lines deleted...]
-  <si>
     <t>飞龙社区~大姐1</t>
   </si>
   <si>
     <t>y7k3c-doqdj-w2ger-k543p-vzuvr-y6jub-m4ndy-kvfc4-v6pfz-7rt47-uae</t>
   </si>
   <si>
     <t>徽煌社区~秋羽</t>
   </si>
   <si>
     <t>w3qit-ot4th-mlwkw-lahno-ro44j-ej5av-gtcpo-ysxej-4vffh-c4tkd-pqe</t>
   </si>
   <si>
-    <t>6,531.13</t>
+    <t>6,582.13</t>
+  </si>
+  <si>
+    <t>聚宝盆～西西</t>
+  </si>
+  <si>
+    <t>jcs45-e7nm6-wb2qj-5yswj-xfwev-65olp-dyefh-z2vch-vvgsm-drcoz-7qe</t>
+  </si>
+  <si>
+    <t>1,350.44</t>
   </si>
   <si>
     <t>kl8513</t>
   </si>
   <si>
     <t>276bo-v4abb-ggugp-eva24-tcvyf-yb6s5-sxv35-siopq-pl56l-6vpry-nae</t>
   </si>
   <si>
     <t>6,003.77</t>
   </si>
   <si>
     <t>茶乐会～薇薇</t>
   </si>
   <si>
     <t>tua5g-r34gg-hre57-3rf57-uex4o-mfgwb-mx6jn-pbbap-ppim4-vjrgx-2ae</t>
   </si>
   <si>
     <t>茶乐会～大爷</t>
   </si>
   <si>
     <t>rthii-ziucg-ypuwz-bpvxa-y2wvy-mv3tw-c46mr-kaxu4-a2idn-6za7f-aqe</t>
   </si>
   <si>
     <t>10,127.35</t>
   </si>
   <si>
     <t>ygdhjhc</t>
   </si>
   <si>
     <t>vlgr5-uviod-lneph-oqfli-n7suq-abhvz-7wikv-xzfyd-vgpxe-d46eu-qqe</t>
   </si>
   <si>
     <t>YOYO社区-小妹</t>
   </si>
   <si>
     <t>5sfrh-nn2s2-fxepc-267dy-5vrny-pq63m-kqnqq-a3vri-liwww-vjikm-wqe</t>
   </si>
   <si>
     <t>狼神社区~雲香</t>
   </si>
   <si>
     <t>texjb-xq4jr-zujqi-vvmiq-s5xvk-tueis-qibp3-mj7sl-c3u4l-g3yu2-sqe</t>
   </si>
   <si>
-    <t>8,444.39</t>
-[...23 lines deleted...]
-    <t>5rl3k-s67dv-agudf-7klhk-7gb37-yacud-o3n75-noaew-zqxaw-awtwf-oqe</t>
+    <t>10,639.38</t>
   </si>
   <si>
     <t>徽煌社区HJC</t>
   </si>
   <si>
     <t>uhf7a-qlhu3-jgwji-42jxf-oio5d-tqnuh-endil-xy5ql-xpq5m-bo6on-wqe</t>
   </si>
   <si>
-    <t>wawa社区～三哥</t>
-[...8 lines deleted...]
-    <t>北部湾社区-SK</t>
+    <t>Jjxzgdfgzsk</t>
   </si>
   <si>
     <t>mbfzh-4uya4-hrhlq-hcwpd-xyzvx-qumo6-2y3sw-g7faw-ftajm-vhwxe-vae</t>
   </si>
   <si>
-    <t>16,002.55</t>
-[...1 lines deleted...]
-  <si>
     <t>nn3ko-p5o45</t>
   </si>
   <si>
     <t>nn3ko-p5o45-52yw7-zykt2-62xxf-d5oqz-yuta4-jsq33-besfd-ivkri-vae</t>
   </si>
   <si>
-    <t>徽煌社区～素素</t>
+    <t>小薇军团～素素</t>
   </si>
   <si>
     <t>upsuj-cjdjn-nez4p-4skum-qdkk3-4uaxs-m5thr-3v2q7-ijbn4-qokbx-6qe</t>
   </si>
   <si>
     <t>3,430.54</t>
   </si>
   <si>
     <t>茶乐会~大木</t>
   </si>
   <si>
     <t>mesqp-t4w3u-da3du-camnq-zywsf-qclrx-7xehn-43rai-zwcrg-zlbck-xae</t>
   </si>
   <si>
     <t>徽煌社区～杨哥</t>
   </si>
   <si>
     <t>4bh5l-2bh6r-mzqs4-p6o4j-mwc6c-ect2p-ldghx-4zkvl-5y5at-7m3y3-iae</t>
   </si>
   <si>
     <t>3,876.96</t>
   </si>
   <si>
-    <t>太阳社区～碧海银沙</t>
-[...4 lines deleted...]
-  <si>
     <t>茶乐会～C</t>
   </si>
   <si>
     <t>wf7uq-ywres-ey6zi-jb4bc-dymft-zmy3i-nh4us-l3puo-n7mqa-nti5p-lae</t>
   </si>
   <si>
     <t>茶乐会～L</t>
   </si>
   <si>
     <t>q2v6c-jsybi-kl2h7-4eybi-ikc64-ue2fs-o73au-yllhd-ri3ff-mxnkl-yqe</t>
   </si>
   <si>
     <t>4,042.68</t>
   </si>
   <si>
     <t>茶乐会～子玉</t>
   </si>
   <si>
     <t>mubxy-mvshj-7aqmd-tn4ko-thrrl-75vlg-2htrz-t5wpc-ocjvv-wq6qt-jqe</t>
   </si>
   <si>
-    <t>WAWA社区-小花</t>
-[...4 lines deleted...]
-  <si>
     <t>茶乐会～袁天师</t>
   </si>
   <si>
     <t>rfz7s-tudtl-al7oy-3nxqf-bovdg-xx5mu-ixokj-43qad-ppjse-rsced-yqe</t>
   </si>
   <si>
     <t>太阳社区～开心姐</t>
   </si>
   <si>
     <t>dmqnk-eu764-dq43n-hzjqm-xmjkl-zkhgn-4jluh-ffo6y-doeae-d3mia-nae</t>
   </si>
   <si>
-    <t>星辰社区～阳阳</t>
+    <t>太阳社区～阳阳</t>
   </si>
   <si>
     <t>7qx7u-zbvya-chlvu-grju4-qeopq-6kphv-a444j-rsayn-qmgjx-ql7jc-bae</t>
   </si>
   <si>
     <t>茶乐会~小平</t>
   </si>
   <si>
     <t>xpxrz-ajpmg-b4q3g-rnmoc-elxyj-rwfdt-hen32-5oznb-fdd6n-morrl-tae</t>
   </si>
   <si>
-    <t>24,322.37</t>
-[...8 lines deleted...]
-    <t>25,479.68</t>
+    <t>24,570.15</t>
   </si>
   <si>
     <t>玩赚社区~斐吉</t>
   </si>
   <si>
     <t>tv5c4-zyhv6-wlwf3-sziuz-muviu-g2jv6-ynpax-ibgjx-gotfi-en5rl-3ae</t>
   </si>
   <si>
-    <t>2,116.15</t>
+    <t>2,120.15</t>
   </si>
   <si>
     <t>太阳社区～小太阳</t>
   </si>
   <si>
     <t>vkpgn-okwdo-xboiq-b5yun-5hwxc-33bsu-agwsm-ydcpb-h5xs6-ihdkt-dae</t>
   </si>
   <si>
-    <t>2,663.94</t>
+    <t>2,735.94</t>
   </si>
   <si>
     <t>太阳社区～solo</t>
   </si>
   <si>
     <t>3ruc2-j2umx-ueeq3-bseug-jfzzp-5puzh-cv4e5-2vyyr-cwqht-yloue-bqe</t>
   </si>
   <si>
-    <t>42,475.77</t>
+    <t>42,531.77</t>
   </si>
   <si>
     <t>太阳社区～翩翩起舞</t>
   </si>
   <si>
     <t>v6zct-kao5r-jttyl-6qizt-24xsb-botuq-cslsv-xl4pf-3262r-bucgw-fqe</t>
   </si>
   <si>
     <t>2,182.00</t>
   </si>
   <si>
     <t>太阳社区～美丽姐姐</t>
   </si>
   <si>
     <t>cipil-uqxiy-a4vqi-qmtjd-uhheb-5yyns-chbpz-gm3tu-iparn-eiy47-iae</t>
   </si>
   <si>
     <t>2,189.31</t>
   </si>
   <si>
     <t>茶乐会～高度</t>
   </si>
   <si>
     <t>svmul-qqd5u-yazxt-fezeg-tfbb5-ijdyk-3yizz-irk3x-kzxgw-nwqnx-rqe</t>
   </si>
   <si>
-    <t>北部湾社区—新赛道</t>
-[...7 lines deleted...]
-  <si>
     <t>太阳社区～大富大贵</t>
   </si>
   <si>
     <t>fncd7-3u6tk-g4nub-5dq3j-uy4ez-owzpl-f4zfy-tjqqb-ove73-zlixd-rqe</t>
   </si>
   <si>
-    <t>3,824.70</t>
+    <t>3,879.70</t>
   </si>
   <si>
     <t>金木社区小陶</t>
   </si>
   <si>
     <t>2n2mp-iaa2u-sl422-cg533-wgjm7-prrcc-yy47b-kvqry-rxuhj-gvirb-4ae</t>
   </si>
   <si>
     <t>3,508.55</t>
   </si>
   <si>
     <t>太阳社区~夏民主</t>
   </si>
   <si>
     <t>tiqsp-rm56x-gmtkq-g365u-6if5u-5ynnq-zmpig-63s6l-znzhc-7v2xr-xae</t>
   </si>
   <si>
-    <t>4,108.86</t>
-[...11 lines deleted...]
-    <t>小微军团7~月梅</t>
+    <t>4,159.86</t>
+  </si>
+  <si>
+    <t>小微军团7~周梅</t>
   </si>
   <si>
     <t>bzwsm-ohpe7-nqtgs-44kiu-c5p7h-plvhc-cnsxs-o6bfo-wwok5-dpiy3-vqe</t>
   </si>
   <si>
     <t>2,685.65</t>
   </si>
   <si>
     <t>1,041.59</t>
   </si>
   <si>
-    <t>北部湾社区-波波</t>
-[...22 lines deleted...]
-  <si>
     <t>牛🐮🐮🐮🐮</t>
   </si>
   <si>
     <t>t33yt-xwmd5-ryrqv-2g45h-yrqee-5bn5a-fliag-6d4au-ytmd6-kuxzq-kae</t>
   </si>
   <si>
     <t>1,212.90</t>
   </si>
   <si>
     <t>太阳社区～周丽亚1</t>
   </si>
   <si>
     <t>oaqct-xokzy-zc53h-e3clr-illn7-5tlud-zjcd3-ufoqd-yafiy-mnxis-pqe</t>
   </si>
   <si>
-    <t>10,065.40</t>
+    <t>10,121.40</t>
   </si>
   <si>
     <t>1,235.74</t>
   </si>
   <si>
-    <t>太阳社区~周董</t>
-[...41 lines deleted...]
-    <t>星辰社区～芷毓</t>
+    <t>太阳社区～芷毓</t>
   </si>
   <si>
     <t>fphdx-zn4rp-r7j2m-y7lhz-biy54-h3ytq-4yr3q-skkmo-uwhnv-wcx3l-pae</t>
   </si>
   <si>
     <t>1,636.06</t>
   </si>
   <si>
     <t>徽煌社区～新民</t>
   </si>
   <si>
     <t>acale-eeqhm-4rxgg-cu6q4-t7ldy-6tcw7-ah27u-5u26o-wrzxp-ld6ey-4qe</t>
   </si>
   <si>
-    <t>25,855.80</t>
+    <t>25,894.80</t>
   </si>
   <si>
     <t>1,636.73</t>
   </si>
   <si>
-    <t>奥本资本～鋆飞</t>
-[...22 lines deleted...]
-  <si>
     <t>太阳社区～C</t>
   </si>
   <si>
     <t>zhc3s-s5d7z-2nlgr-xhok5-5krua-jlnln-5d57x-oy2ey-kfc5t-lh2tb-xae</t>
   </si>
   <si>
-    <t>22,071.84</t>
+    <t>22,127.84</t>
   </si>
   <si>
     <t>2,969.73</t>
   </si>
   <si>
     <t>QQ群:90905858</t>
   </si>
   <si>
     <t>6natr-a7vpo-x32s7-wicew-fllsi-2bpvk-m2ttz-ylipm-ljll6-2li2b-7qe</t>
   </si>
   <si>
-    <t>812,397.10</t>
+    <t>807,397.10</t>
   </si>
   <si>
     <t>3,000.00</t>
   </si>
   <si>
     <t>QQ群:861010</t>
   </si>
   <si>
     <t>bty3c-3et6g-aff7i-wrf5t-5kya2-lihld-eedja-qp4ok-5omv5-wp3zg-6qe</t>
   </si>
   <si>
     <t>612,279.07</t>
   </si>
   <si>
     <t>TG:@odinfundao20250714</t>
   </si>
   <si>
     <t>pjzdr-tv2s6-ajx73-uqcnm-bxeq6-mgm3e-cfjxg-pvcwx-ii2hi-nnjfi-oae</t>
   </si>
   <si>
     <t>285,180.76</t>
   </si>
   <si>
     <t>Global_DAO_Alliance</t>
   </si>
   <si>
     <t>uijv6-koxgh-jnrvq-ucqja-mplgs-5j5nr-wbnzk-axuhn-ja4ve-kb5cj-xae</t>
   </si>
   <si>
     <t>549,821.78</t>
-  </si>
-[...19 lines deleted...]
-    <t>4,800.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -9291,20327 +7767,16468 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1192"/>
+  <dimension ref="A1:E965"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E1192"/>
+      <selection activeCell="A1" sqref="A1:E965"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="2" t="s">
-        <v>7</v>
+      <c r="C2" s="2">
+        <v>0.0</v>
       </c>
       <c r="D2" s="2">
         <v>0.05</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="2" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C3" s="2">
         <v>0.0</v>
       </c>
       <c r="D3" s="2">
         <v>0.14</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C4" s="2">
         <v>0.0</v>
       </c>
       <c r="D4" s="2">
         <v>0.64</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="2" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5" s="2">
         <v>0.0</v>
       </c>
       <c r="D5" s="2">
         <v>0.67</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6" s="2">
         <v>0.0</v>
       </c>
       <c r="D6" s="2">
         <v>1.0</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7" s="2">
         <v>0.0</v>
       </c>
       <c r="D7" s="2">
         <v>1.0</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="2" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8" s="2">
         <v>0.0</v>
       </c>
       <c r="D8" s="2">
         <v>1.0</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9" s="2">
         <v>0.0</v>
       </c>
       <c r="D9" s="2">
         <v>1.0</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10" s="2">
         <v>0.0</v>
       </c>
       <c r="D10" s="2">
         <v>1.0</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="2">
-        <v>76.70999999999999</v>
+        <v>40.3</v>
       </c>
       <c r="D11" s="2">
-        <v>1.37</v>
+        <v>2.8</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="2">
-        <v>149.55000000000001</v>
+        <v>15.12</v>
       </c>
       <c r="D12" s="2">
-        <v>1.45</v>
+        <v>4.09</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="2">
-        <v>40.3</v>
+        <v>19.039999999999999</v>
       </c>
       <c r="D13" s="2">
-        <v>2.8</v>
+        <v>6.16</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="2">
-        <v>15.12</v>
+        <v>752.67999999999995</v>
       </c>
       <c r="D14" s="2">
-        <v>4.09</v>
+        <v>6.57</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="2">
-        <v>19.039999999999999</v>
+        <v>5.6</v>
       </c>
       <c r="D15" s="2">
-        <v>6.16</v>
+        <v>6.89</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="2">
-        <v>752.67999999999995</v>
+        <v>481.81</v>
       </c>
       <c r="D16" s="2">
-        <v>6.57</v>
+        <v>9.44</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="2">
-        <v>5.6</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="2">
-        <v>6.89</v>
+        <v>9.78</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="2">
-        <v>481.81</v>
+        <v>57.77</v>
       </c>
       <c r="D18" s="2">
-        <v>9.44</v>
+        <v>9.85</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="C19" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="C19" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="2">
-        <v>9.77</v>
+        <v>10.0</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="2">
         <v>0.0</v>
       </c>
       <c r="D20" s="2">
-        <v>9.78</v>
+        <v>10.25</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="2">
-        <v>57.77</v>
+        <v>592.48000000000002</v>
       </c>
       <c r="D21" s="2">
-        <v>9.85</v>
+        <v>10.47</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="2">
-        <v>0.0</v>
+        <v>33.049999999999997</v>
       </c>
       <c r="D22" s="2">
-        <v>10.25</v>
+        <v>11.86</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="2">
-        <v>592.48000000000002</v>
+        <v>800.25999999999999</v>
       </c>
       <c r="D23" s="2">
-        <v>10.47</v>
+        <v>14.029999999999999</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="2">
-        <v>33.049999999999997</v>
+        <v>6.12</v>
       </c>
       <c r="D24" s="2">
-        <v>11.86</v>
+        <v>15.09</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="2">
-        <v>50.55</v>
+        <v>126.18000000000001</v>
       </c>
       <c r="D25" s="2">
-        <v>14.029999999999999</v>
+        <v>15.61</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="2">
-        <v>6.12</v>
+        <v>61.39</v>
       </c>
       <c r="D26" s="2">
-        <v>15.09</v>
+        <v>17.050000000000001</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="2">
-        <v>126.18000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D27" s="2">
-        <v>15.61</v>
+        <v>18.57</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="2">
-        <v>61.39</v>
+        <v>2.49</v>
       </c>
       <c r="D28" s="2">
-        <v>17.050000000000001</v>
+        <v>18.58</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="2">
-        <v>0.0</v>
+        <v>42.85</v>
       </c>
       <c r="D29" s="2">
-        <v>18.57</v>
+        <v>18.61</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="2">
-        <v>2.49</v>
+        <v>117.86</v>
       </c>
       <c r="D30" s="2">
-        <v>18.58</v>
+        <v>18.89</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="2">
-        <v>42.85</v>
+        <v>1.0</v>
       </c>
       <c r="D31" s="2">
-        <v>18.61</v>
+        <v>19.98</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="C32" s="2">
-        <v>117.86</v>
+      <c r="C32" s="2" t="s">
+        <v>69</v>
       </c>
       <c r="D32" s="2">
-        <v>18.89</v>
+        <v>20.0</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>71</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="D33" s="2">
-        <v>19.98</v>
+        <v>20.0</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>64.40000000000001</v>
+        <v>74</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>75</v>
       </c>
       <c r="D34" s="2">
-        <v>20.7</v>
+        <v>20.0</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>161.75999999999999</v>
+        <v>77</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>78</v>
       </c>
       <c r="D35" s="2">
-        <v>21.31</v>
+        <v>20.0</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D36" s="2">
-        <v>23.89</v>
+        <v>20.0</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>83</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>84</v>
       </c>
       <c r="D37" s="2">
-        <v>26.5</v>
+        <v>20.0</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D38" s="2">
-        <v>27.76</v>
+        <v>20.0</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>89</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>90</v>
       </c>
       <c r="D39" s="2">
-        <v>30.42</v>
+        <v>20.0</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>166.88999999999999</v>
+        <v>92</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="D40" s="2">
-        <v>33.78</v>
+        <v>20.0</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="2" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>543.19000000000005</v>
+        <v>95</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>96</v>
       </c>
       <c r="D41" s="2">
-        <v>35.43</v>
+        <v>20.0</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="2" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>0.03</v>
+        <v>98</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>99</v>
       </c>
       <c r="D42" s="2">
-        <v>35.77</v>
+        <v>20.0</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="2" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>101</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>102</v>
       </c>
       <c r="D43" s="2">
-        <v>35.95</v>
+        <v>20.0</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="2" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>120.34</v>
+        <v>104</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>105</v>
       </c>
       <c r="D44" s="2">
-        <v>38.56</v>
+        <v>20.0</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="2" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>44.69</v>
+        <v>107</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>108</v>
       </c>
       <c r="D45" s="2">
-        <v>39.19</v>
+        <v>20.0</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="2" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>110</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>111</v>
       </c>
       <c r="D46" s="2">
-        <v>41.22</v>
+        <v>20.0</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1.17</v>
+        <v>113</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>114</v>
       </c>
       <c r="D47" s="2">
-        <v>42.62</v>
+        <v>20.0</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="2" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>272.87</v>
+        <v>116</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>117</v>
       </c>
       <c r="D48" s="2">
-        <v>43.18</v>
+        <v>20.0</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="2" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>488.019999999999982</v>
+        <v>119</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>120</v>
       </c>
       <c r="D49" s="2">
-        <v>43.44</v>
+        <v>20.0</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="2" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>484.66000000000003</v>
+        <v>122</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>123</v>
       </c>
       <c r="D50" s="2">
-        <v>43.6</v>
+        <v>20.0</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="2" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>484.19</v>
+        <v>125</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>126</v>
       </c>
       <c r="D51" s="2">
-        <v>43.64</v>
+        <v>20.0</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="2" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>484.29000000000002</v>
+        <v>128</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>129</v>
       </c>
       <c r="D52" s="2">
-        <v>43.65</v>
+        <v>20.0</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="2" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>484.88999999999999</v>
+        <v>131</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>132</v>
       </c>
       <c r="D53" s="2">
-        <v>43.66</v>
+        <v>20.0</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="2" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="C54" s="2">
-        <v>487.45999999999998</v>
+        <v>64.40000000000001</v>
       </c>
       <c r="D54" s="2">
-        <v>43.93</v>
+        <v>20.7</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="2" t="s">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>116</v>
+        <v>136</v>
       </c>
       <c r="C55" s="2">
-        <v>487.66000000000003</v>
+        <v>161.75999999999999</v>
       </c>
       <c r="D55" s="2">
-        <v>43.95</v>
+        <v>21.31</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="2" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>487.63999999999999</v>
+        <v>138</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>139</v>
       </c>
       <c r="D56" s="2">
-        <v>43.96</v>
+        <v>22.0</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="2" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>488.060000000000002</v>
+        <v>141</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>142</v>
       </c>
       <c r="D57" s="2">
-        <v>43.99</v>
+        <v>26.0</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="2" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="C58" s="2">
-        <v>497.51999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="D58" s="2">
-        <v>44.07</v>
+        <v>26.5</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="2" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>124</v>
+        <v>146</v>
       </c>
       <c r="C59" s="2">
-        <v>489.32999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="D59" s="2">
-        <v>44.1</v>
+        <v>27.76</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="2" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>126</v>
+        <v>148</v>
       </c>
       <c r="C60" s="2">
-        <v>489.63</v>
+        <v>0.02</v>
       </c>
       <c r="D60" s="2">
-        <v>44.12</v>
+        <v>30.42</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="2" t="s">
-        <v>127</v>
+        <v>149</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="C61" s="2">
-        <v>495.35000000000002</v>
+        <v>355.44999999999999</v>
       </c>
       <c r="D61" s="2">
-        <v>44.64</v>
+        <v>33.78</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="2" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="C62" s="2">
-        <v>496.27999999999997</v>
+        <v>543.19000000000005</v>
       </c>
       <c r="D62" s="2">
-        <v>44.73</v>
+        <v>35.43</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="2" t="s">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>132</v>
+        <v>154</v>
       </c>
       <c r="C63" s="2">
-        <v>497.31</v>
+        <v>0.03</v>
       </c>
       <c r="D63" s="2">
-        <v>44.81</v>
+        <v>35.77</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="2" t="s">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>156</v>
+      </c>
+      <c r="C64" s="2">
+        <v>0.0</v>
       </c>
       <c r="D64" s="2">
-        <v>44.9</v>
+        <v>35.95</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="2" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="C65" s="2">
-        <v>3.74</v>
+        <v>120.34</v>
       </c>
       <c r="D65" s="2">
-        <v>46.21</v>
+        <v>38.56</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="2" t="s">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>160</v>
+      </c>
+      <c r="C66" s="2">
+        <v>44.69</v>
       </c>
       <c r="D66" s="2">
-        <v>47.91</v>
+        <v>39.19</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="2" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D67" s="2">
-        <v>48.78</v>
+        <v>41.0</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="2" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>165</v>
+      </c>
+      <c r="C68" s="2">
+        <v>0.0</v>
       </c>
       <c r="D68" s="2">
-        <v>48.94</v>
+        <v>41.22</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="2" t="s">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>167</v>
+      </c>
+      <c r="C69" s="2">
+        <v>1.17</v>
       </c>
       <c r="D69" s="2">
-        <v>48.95</v>
+        <v>42.62</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="2" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>169</v>
+      </c>
+      <c r="C70" s="2">
+        <v>272.87</v>
       </c>
       <c r="D70" s="2">
-        <v>48.95</v>
+        <v>43.18</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="2" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>171</v>
+      </c>
+      <c r="C71" s="2">
+        <v>484.19</v>
       </c>
       <c r="D71" s="2">
-        <v>48.95</v>
+        <v>43.64</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="2" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>173</v>
+      </c>
+      <c r="C72" s="2">
+        <v>484.29000000000002</v>
       </c>
       <c r="D72" s="2">
-        <v>48.95</v>
+        <v>43.65</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="2" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
       <c r="D73" s="2">
-        <v>48.96</v>
+        <v>44.9</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="2" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="D74" s="2">
-        <v>48.97</v>
+        <v>45.0</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="2" t="s">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>181</v>
+      </c>
+      <c r="C75" s="2">
+        <v>3.74</v>
       </c>
       <c r="D75" s="2">
-        <v>49.0</v>
+        <v>46.21</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="2" t="s">
-        <v>168</v>
+        <v>182</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>169</v>
+        <v>183</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>170</v>
+        <v>184</v>
       </c>
       <c r="D76" s="2">
-        <v>49.009999999999998</v>
+        <v>47.91</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="2" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="D77" s="2">
-        <v>49.020000000000003</v>
+        <v>48.78</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="2" t="s">
-        <v>174</v>
+        <v>188</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>175</v>
+        <v>189</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>176</v>
+        <v>190</v>
       </c>
       <c r="D78" s="2">
-        <v>49.020000000000003</v>
+        <v>48.94</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="2" t="s">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="D79" s="2">
-        <v>49.079999999999998</v>
+        <v>48.95</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="2" t="s">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="D80" s="2">
-        <v>49.090000000000003</v>
+        <v>48.95</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="2" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="D81" s="2">
-        <v>49.13</v>
+        <v>48.95</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="2" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="D82" s="2">
-        <v>49.14</v>
+        <v>48.95</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="2" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="D83" s="2">
-        <v>49.16</v>
+        <v>48.96</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="2" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="D84" s="2">
-        <v>49.29</v>
+        <v>48.97</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="2" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="D85" s="2">
-        <v>49.29</v>
+        <v>49.0</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="2" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="D86" s="2">
-        <v>49.77</v>
+        <v>49.009999999999998</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="2" t="s">
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>216</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>217</v>
       </c>
       <c r="D87" s="2">
-        <v>50.0</v>
+        <v>49.020000000000003</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="2" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>18.84</v>
+        <v>219</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>220</v>
       </c>
       <c r="D88" s="2">
-        <v>52.4</v>
+        <v>49.020000000000003</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="2" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>206</v>
+        <v>222</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="D89" s="2">
-        <v>54.9</v>
+        <v>49.079999999999998</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="2" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>209</v>
+        <v>225</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>210</v>
+        <v>226</v>
       </c>
       <c r="D90" s="2">
-        <v>56.33</v>
+        <v>49.090000000000003</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="2" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>23.94</v>
+        <v>228</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>229</v>
       </c>
       <c r="D91" s="2">
-        <v>57.99</v>
+        <v>49.13</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="2" t="s">
-        <v>213</v>
+        <v>230</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>3.6</v>
+        <v>231</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>232</v>
       </c>
       <c r="D92" s="2">
-        <v>60.79</v>
+        <v>49.14</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="2" t="s">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>34.34</v>
+        <v>234</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>235</v>
       </c>
       <c r="D93" s="2">
-        <v>61.86</v>
+        <v>49.16</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="2" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>219</v>
+        <v>238</v>
       </c>
       <c r="D94" s="2">
-        <v>63.44</v>
+        <v>49.29</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="2" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>438.5</v>
+        <v>240</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>241</v>
       </c>
       <c r="D95" s="2">
-        <v>64.27</v>
+        <v>49.29</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="2" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="D96" s="2">
-        <v>70.030000000000001</v>
+        <v>49.77</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="2" t="s">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>246</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>247</v>
       </c>
       <c r="D97" s="2">
-        <v>70.42</v>
+        <v>50.0</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="2" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
       <c r="D98" s="2">
-        <v>71.97</v>
+        <v>50.0</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="2" t="s">
-        <v>230</v>
+        <v>251</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>231</v>
+        <v>252</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="D99" s="2">
-        <v>72.48999999999999</v>
+        <v>50.0</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="2" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>234</v>
+        <v>255</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>235</v>
+        <v>256</v>
       </c>
       <c r="D100" s="2">
-        <v>73.77</v>
+        <v>50.0</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="2" t="s">
-        <v>236</v>
+        <v>257</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>237</v>
+        <v>258</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>238</v>
+        <v>259</v>
       </c>
       <c r="D101" s="2">
-        <v>75.15000000000001</v>
+        <v>50.0</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="2" t="s">
-        <v>239</v>
+        <v>260</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>434.75</v>
+        <v>261</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>262</v>
       </c>
       <c r="D102" s="2">
-        <v>77.099999999999994</v>
+        <v>50.0</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="2" t="s">
-        <v>241</v>
+        <v>263</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>264</v>
+      </c>
+      <c r="C103" s="2">
+        <v>1.0</v>
       </c>
       <c r="D103" s="2">
-        <v>77.81999999999999</v>
+        <v>50.0</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="2" t="s">
-        <v>244</v>
+        <v>265</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>245</v>
+        <v>266</v>
       </c>
       <c r="C104" s="2">
-        <v>38.28</v>
+        <v>18.84</v>
       </c>
       <c r="D104" s="2">
-        <v>78.14</v>
+        <v>52.4</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="2" t="s">
-        <v>246</v>
+        <v>267</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>262.52999999999997</v>
+        <v>268</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>269</v>
       </c>
       <c r="D105" s="2">
-        <v>79.15000000000001</v>
+        <v>56.33</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="2" t="s">
-        <v>248</v>
+        <v>270</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>249</v>
+        <v>271</v>
       </c>
       <c r="C106" s="2">
-        <v>0.0</v>
+        <v>23.94</v>
       </c>
       <c r="D106" s="2">
-        <v>80.34999999999999</v>
+        <v>57.99</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="2" t="s">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="C107" s="2">
-        <v>25.22</v>
+        <v>34.34</v>
       </c>
       <c r="D107" s="2">
-        <v>81.89</v>
+        <v>61.86</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="2" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>254</v>
+        <v>276</v>
       </c>
       <c r="D108" s="2">
-        <v>82.23999999999999</v>
+        <v>63.44</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="2" t="s">
-        <v>255</v>
+        <v>277</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>713.73000000000002</v>
+        <v>278</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>279</v>
       </c>
       <c r="D109" s="2">
-        <v>82.91</v>
+        <v>65.0</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="2" t="s">
-        <v>257</v>
+        <v>280</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>208.88999999999999</v>
+        <v>281</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>282</v>
       </c>
       <c r="D110" s="2">
-        <v>83.29000000000001</v>
+        <v>70.030000000000001</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="2" t="s">
-        <v>259</v>
+        <v>283</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>260</v>
+        <v>284</v>
       </c>
       <c r="C111" s="2">
-        <v>7.22</v>
+        <v>0.0</v>
       </c>
       <c r="D111" s="2">
-        <v>83.56</v>
+        <v>70.42</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="2" t="s">
-        <v>261</v>
+        <v>285</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>262</v>
+        <v>286</v>
       </c>
       <c r="C112" s="2">
-        <v>689.55999999999995</v>
+        <v>0.0</v>
       </c>
       <c r="D112" s="2">
-        <v>88.67</v>
+        <v>71.97</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="2" t="s">
-        <v>263</v>
+        <v>287</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>264</v>
+        <v>288</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>265</v>
+        <v>289</v>
       </c>
       <c r="D113" s="2">
-        <v>89.31999999999999</v>
+        <v>72.48999999999999</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="2" t="s">
-        <v>266</v>
+        <v>290</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>553.61000000000001</v>
+        <v>291</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>292</v>
       </c>
       <c r="D114" s="2">
-        <v>89.64</v>
+        <v>73.77</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="2" t="s">
-        <v>268</v>
+        <v>293</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>269</v>
+        <v>294</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>270</v>
+        <v>295</v>
       </c>
       <c r="D115" s="2">
-        <v>92.060000000000002</v>
+        <v>75.15000000000001</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="2" t="s">
-        <v>271</v>
+        <v>296</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>297</v>
+      </c>
+      <c r="C116" s="2">
+        <v>434.75</v>
       </c>
       <c r="D116" s="2">
-        <v>92.19</v>
+        <v>77.099999999999994</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="2" t="s">
-        <v>274</v>
+        <v>298</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>275</v>
+        <v>299</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>276</v>
+        <v>300</v>
       </c>
       <c r="D117" s="2">
-        <v>92.31</v>
+        <v>77.81999999999999</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="2" t="s">
-        <v>277</v>
+        <v>301</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>302</v>
+      </c>
+      <c r="C118" s="2">
+        <v>38.28</v>
       </c>
       <c r="D118" s="2">
-        <v>92.43000000000001</v>
+        <v>78.14</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="2" t="s">
-        <v>280</v>
+        <v>303</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>281</v>
+        <v>304</v>
       </c>
       <c r="C119" s="2">
         <v>0.0</v>
       </c>
       <c r="D119" s="2">
-        <v>92.5</v>
+        <v>80.34999999999999</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="2" t="s">
-        <v>282</v>
+        <v>305</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>306</v>
+      </c>
+      <c r="C120" s="2">
+        <v>25.22</v>
       </c>
       <c r="D120" s="2">
-        <v>92.68000000000001</v>
+        <v>81.89</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="2" t="s">
-        <v>285</v>
+        <v>307</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>308</v>
+      </c>
+      <c r="C121" s="2">
+        <v>713.73000000000002</v>
       </c>
       <c r="D121" s="2">
-        <v>93.37</v>
+        <v>82.91</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="2" t="s">
-        <v>288</v>
+        <v>309</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>289</v>
+        <v>310</v>
       </c>
       <c r="C122" s="2">
-        <v>0.0</v>
+        <v>208.88999999999999</v>
       </c>
       <c r="D122" s="2">
-        <v>94.0</v>
+        <v>83.29000000000001</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="2" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="C123" s="2">
-        <v>0.0</v>
+        <v>7.22</v>
       </c>
       <c r="D123" s="2">
-        <v>95.47</v>
+        <v>83.56</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="2" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="C124" s="2">
-        <v>500.19</v>
+        <v>689.55999999999995</v>
       </c>
       <c r="D124" s="2">
-        <v>97.31</v>
+        <v>88.67</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="2" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>545.42999999999995</v>
+        <v>316</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>317</v>
       </c>
       <c r="D125" s="2">
-        <v>99.52</v>
+        <v>89.31999999999999</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="2" t="s">
-        <v>296</v>
+        <v>318</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>319</v>
+      </c>
+      <c r="C126" s="2">
+        <v>553.61000000000001</v>
       </c>
       <c r="D126" s="2">
-        <v>99.56</v>
+        <v>89.64</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="2" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>321</v>
+      </c>
+      <c r="C127" s="2">
+        <v>55.079999999999998</v>
       </c>
       <c r="D127" s="2">
-        <v>99.69</v>
+        <v>92.060000000000002</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="2" t="s">
-        <v>302</v>
+        <v>322</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>323</v>
+      </c>
+      <c r="C128" s="2">
+        <v>0.0</v>
       </c>
       <c r="D128" s="2">
-        <v>100.0</v>
+        <v>92.5</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="2" t="s">
-        <v>305</v>
+        <v>324</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>307</v>
+        <v>326</v>
       </c>
       <c r="D129" s="2">
-        <v>100.0</v>
+        <v>93.37</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="2" t="s">
-        <v>308</v>
+        <v>327</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>328</v>
+      </c>
+      <c r="C130" s="2">
+        <v>0.0</v>
       </c>
       <c r="D130" s="2">
-        <v>100.0</v>
+        <v>95.47</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="2" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>330</v>
+      </c>
+      <c r="C131" s="2">
+        <v>500.19</v>
       </c>
       <c r="D131" s="2">
-        <v>100.0</v>
+        <v>97.31</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="2" t="s">
-        <v>314</v>
+        <v>331</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>332</v>
+      </c>
+      <c r="C132" s="2">
+        <v>575.42999999999995</v>
       </c>
       <c r="D132" s="2">
-        <v>100.0</v>
+        <v>99.52</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="2" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="D133" s="2">
-        <v>100.0</v>
+        <v>99.56</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="2" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="D134" s="2">
         <v>100.0</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="2" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="D135" s="2">
         <v>100.0</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="2" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="D136" s="2">
         <v>100.0</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="2" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="D137" s="2">
         <v>100.0</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="2" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="D138" s="2">
         <v>100.0</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="2" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="D139" s="2">
         <v>100.0</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="2" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="D140" s="2">
         <v>100.0</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="2" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>342</v>
+        <v>358</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="D141" s="2">
         <v>100.0</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="2" t="s">
-        <v>344</v>
+        <v>360</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="D142" s="2">
         <v>100.0</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="2" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>348</v>
+        <v>364</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="D143" s="2">
         <v>100.0</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="2" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="D144" s="2">
         <v>100.0</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="2" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>354</v>
+        <v>370</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>355</v>
+        <v>371</v>
       </c>
       <c r="D145" s="2">
         <v>100.0</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="2" t="s">
-        <v>356</v>
+        <v>372</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="D146" s="2">
         <v>100.0</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="2" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="D147" s="2">
         <v>100.0</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="2" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="D148" s="2">
         <v>100.0</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="2" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="D149" s="2">
         <v>100.0</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="2" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="D150" s="2">
         <v>100.0</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="2" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="D151" s="2">
         <v>100.0</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="2" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>375</v>
+        <v>391</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="D152" s="2">
         <v>100.0</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="2" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>379</v>
+        <v>395</v>
       </c>
       <c r="D153" s="2">
         <v>100.0</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="2" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>381</v>
+        <v>397</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="D154" s="2">
         <v>100.0</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="2" t="s">
-        <v>383</v>
+        <v>399</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>385</v>
+        <v>401</v>
       </c>
       <c r="D155" s="2">
         <v>100.0</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="2" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>387</v>
+        <v>403</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>388</v>
+        <v>404</v>
       </c>
       <c r="D156" s="2">
         <v>100.0</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="2" t="s">
-        <v>389</v>
+        <v>405</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>390</v>
+        <v>406</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>391</v>
+        <v>407</v>
       </c>
       <c r="D157" s="2">
         <v>100.0</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="2" t="s">
-        <v>392</v>
+        <v>408</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>393</v>
+        <v>409</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
       <c r="D158" s="2">
         <v>100.0</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="2" t="s">
-        <v>395</v>
+        <v>411</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>396</v>
+        <v>412</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>397</v>
+        <v>413</v>
       </c>
       <c r="D159" s="2">
         <v>100.0</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="2" t="s">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>399</v>
+        <v>415</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>400</v>
+        <v>416</v>
       </c>
       <c r="D160" s="2">
         <v>100.0</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="2" t="s">
-        <v>401</v>
+        <v>417</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>402</v>
+        <v>418</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
       <c r="D161" s="2">
         <v>100.0</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="2" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>405</v>
+        <v>421</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>406</v>
+        <v>422</v>
       </c>
       <c r="D162" s="2">
         <v>100.0</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="2" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>408</v>
+        <v>424</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>409</v>
+        <v>425</v>
       </c>
       <c r="D163" s="2">
         <v>100.0</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="2" t="s">
-        <v>410</v>
+        <v>426</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>411</v>
+        <v>427</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>412</v>
+        <v>428</v>
       </c>
       <c r="D164" s="2">
         <v>100.0</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="2" t="s">
-        <v>413</v>
+        <v>429</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>414</v>
+        <v>430</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>415</v>
+        <v>431</v>
       </c>
       <c r="D165" s="2">
         <v>100.0</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="2" t="s">
-        <v>416</v>
+        <v>432</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>417</v>
+        <v>433</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>418</v>
+        <v>434</v>
       </c>
       <c r="D166" s="2">
         <v>100.0</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="2" t="s">
-        <v>419</v>
+        <v>435</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>421</v>
+        <v>437</v>
       </c>
       <c r="D167" s="2">
         <v>100.0</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="2" t="s">
-        <v>422</v>
+        <v>438</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>423</v>
+        <v>439</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>424</v>
+        <v>440</v>
       </c>
       <c r="D168" s="2">
         <v>100.0</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="2" t="s">
-        <v>425</v>
+        <v>441</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>426</v>
+        <v>442</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>427</v>
+        <v>443</v>
       </c>
       <c r="D169" s="2">
         <v>100.0</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="2" t="s">
-        <v>428</v>
+        <v>444</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>429</v>
+        <v>445</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>430</v>
+        <v>446</v>
       </c>
       <c r="D170" s="2">
         <v>100.0</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="2" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>432</v>
+        <v>448</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="D171" s="2">
         <v>100.0</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="2" t="s">
-        <v>434</v>
+        <v>450</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>436</v>
+        <v>452</v>
       </c>
       <c r="D172" s="2">
         <v>100.0</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="2" t="s">
-        <v>437</v>
+        <v>453</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>439</v>
+        <v>455</v>
       </c>
       <c r="D173" s="2">
         <v>100.0</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="2" t="s">
-        <v>440</v>
+        <v>456</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="D174" s="2">
         <v>100.0</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="2" t="s">
-        <v>443</v>
+        <v>459</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>445</v>
+        <v>461</v>
       </c>
       <c r="D175" s="2">
         <v>100.0</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="2" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>448</v>
+        <v>464</v>
       </c>
       <c r="D176" s="2">
         <v>100.0</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="2" t="s">
-        <v>449</v>
+        <v>465</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>450</v>
+        <v>466</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="D177" s="2">
         <v>100.0</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="2" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>453</v>
+        <v>469</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>454</v>
+        <v>470</v>
       </c>
       <c r="D178" s="2">
         <v>100.0</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="2" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>456</v>
+        <v>472</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>457</v>
+        <v>473</v>
       </c>
       <c r="D179" s="2">
         <v>100.0</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="2" t="s">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>459</v>
+        <v>475</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="D180" s="2">
         <v>100.0</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="2" t="s">
-        <v>461</v>
+        <v>477</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>462</v>
+        <v>478</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>463</v>
+        <v>479</v>
       </c>
       <c r="D181" s="2">
         <v>100.0</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="2" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="D182" s="2">
         <v>100.0</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="2" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>469</v>
+        <v>485</v>
       </c>
       <c r="D183" s="2">
         <v>100.0</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="2" t="s">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>471</v>
+        <v>487</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>472</v>
+        <v>488</v>
       </c>
       <c r="D184" s="2">
         <v>100.0</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="2" t="s">
-        <v>473</v>
+        <v>489</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>474</v>
+        <v>490</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
       <c r="D185" s="2">
         <v>100.0</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="2" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="D186" s="2">
         <v>100.0</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="2" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="D187" s="2">
         <v>100.0</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="2" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
       <c r="D188" s="2">
         <v>100.0</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="2" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>486</v>
+        <v>502</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
       <c r="D189" s="2">
         <v>100.0</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="2" t="s">
-        <v>488</v>
+        <v>504</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>489</v>
+        <v>505</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>490</v>
+        <v>506</v>
       </c>
       <c r="D190" s="2">
         <v>100.0</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="2" t="s">
-        <v>491</v>
+        <v>507</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>492</v>
+        <v>508</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>493</v>
+        <v>509</v>
       </c>
       <c r="D191" s="2">
         <v>100.0</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="2" t="s">
-        <v>494</v>
+        <v>510</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>495</v>
+        <v>511</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="D192" s="2">
         <v>100.0</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="2" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>499</v>
+        <v>515</v>
       </c>
       <c r="D193" s="2">
         <v>100.0</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="2" t="s">
-        <v>500</v>
+        <v>516</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>501</v>
+        <v>517</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>502</v>
+        <v>518</v>
       </c>
       <c r="D194" s="2">
         <v>100.0</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" s="2" t="s">
-        <v>503</v>
+        <v>519</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>505</v>
+        <v>521</v>
       </c>
       <c r="D195" s="2">
         <v>100.0</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" s="2" t="s">
-        <v>506</v>
+        <v>522</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>507</v>
+        <v>523</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="D196" s="2">
         <v>100.0</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="D197" s="2">
         <v>100.0</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="2" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
       <c r="D198" s="2">
         <v>100.0</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="2" t="s">
-        <v>515</v>
+        <v>531</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>517</v>
+        <v>533</v>
       </c>
       <c r="D199" s="2">
         <v>100.0</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="2" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>519</v>
+        <v>535</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
       <c r="D200" s="2">
         <v>100.0</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="2" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>523</v>
+        <v>539</v>
       </c>
       <c r="D201" s="2">
         <v>100.0</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="2" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>526</v>
+        <v>542</v>
       </c>
       <c r="D202" s="2">
         <v>100.0</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="2" t="s">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="D203" s="2">
         <v>100.0</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="2" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>531</v>
+        <v>547</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
       <c r="D204" s="2">
         <v>100.0</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="2" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="D205" s="2">
         <v>100.0</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="2" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
       <c r="D206" s="2">
         <v>100.0</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="2" t="s">
-        <v>539</v>
+        <v>555</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>540</v>
+        <v>556</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>541</v>
+        <v>557</v>
       </c>
       <c r="D207" s="2">
         <v>100.0</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="2" t="s">
-        <v>542</v>
+        <v>558</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>543</v>
+        <v>559</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>544</v>
+        <v>560</v>
       </c>
       <c r="D208" s="2">
         <v>100.0</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="2" t="s">
-        <v>545</v>
+        <v>561</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>547</v>
+        <v>563</v>
       </c>
       <c r="D209" s="2">
         <v>100.0</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="2" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>549</v>
+        <v>565</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>550</v>
+        <v>566</v>
       </c>
       <c r="D210" s="2">
         <v>100.0</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="2" t="s">
-        <v>551</v>
+        <v>567</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>552</v>
+        <v>568</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>553</v>
+        <v>569</v>
       </c>
       <c r="D211" s="2">
         <v>100.0</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="2" t="s">
-        <v>554</v>
+        <v>570</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>556</v>
+        <v>572</v>
       </c>
       <c r="D212" s="2">
         <v>100.0</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="2" t="s">
-        <v>557</v>
+        <v>573</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>558</v>
+        <v>574</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>559</v>
+        <v>575</v>
       </c>
       <c r="D213" s="2">
         <v>100.0</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="2" t="s">
-        <v>560</v>
+        <v>576</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>561</v>
+        <v>577</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>562</v>
+        <v>578</v>
       </c>
       <c r="D214" s="2">
         <v>100.0</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="2" t="s">
-        <v>563</v>
+        <v>579</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>564</v>
+        <v>580</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>565</v>
+        <v>581</v>
       </c>
       <c r="D215" s="2">
         <v>100.0</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="2" t="s">
-        <v>566</v>
+        <v>582</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="D216" s="2">
         <v>100.0</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="2" t="s">
-        <v>569</v>
+        <v>585</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>570</v>
+        <v>586</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>571</v>
+        <v>587</v>
       </c>
       <c r="D217" s="2">
         <v>100.0</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="2" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="D218" s="2">
         <v>100.0</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="2" t="s">
-        <v>575</v>
+        <v>591</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>576</v>
+        <v>592</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
       <c r="D219" s="2">
         <v>100.0</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="2" t="s">
-        <v>578</v>
+        <v>594</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>579</v>
+        <v>595</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>580</v>
+        <v>596</v>
       </c>
       <c r="D220" s="2">
         <v>100.0</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="2" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>582</v>
+        <v>598</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>583</v>
+        <v>599</v>
       </c>
       <c r="D221" s="2">
         <v>100.0</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="2" t="s">
-        <v>584</v>
+        <v>600</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>585</v>
+        <v>601</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="D222" s="2">
         <v>100.0</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="2" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="D223" s="2">
         <v>100.0</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="2" t="s">
-        <v>590</v>
+        <v>606</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>591</v>
+        <v>607</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>592</v>
+        <v>608</v>
       </c>
       <c r="D224" s="2">
         <v>100.0</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="2" t="s">
-        <v>593</v>
+        <v>609</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>594</v>
+        <v>610</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>595</v>
+        <v>611</v>
       </c>
       <c r="D225" s="2">
         <v>100.0</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="2" t="s">
-        <v>596</v>
+        <v>612</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>597</v>
+        <v>613</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>598</v>
+        <v>614</v>
       </c>
       <c r="D226" s="2">
         <v>100.0</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="2" t="s">
-        <v>599</v>
+        <v>615</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>600</v>
+        <v>616</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>601</v>
+        <v>617</v>
       </c>
       <c r="D227" s="2">
         <v>100.0</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="2" t="s">
-        <v>602</v>
+        <v>618</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>603</v>
+        <v>619</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>604</v>
+        <v>620</v>
       </c>
       <c r="D228" s="2">
         <v>100.0</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="2" t="s">
-        <v>605</v>
+        <v>621</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>606</v>
+        <v>622</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>607</v>
+        <v>623</v>
       </c>
       <c r="D229" s="2">
         <v>100.0</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="2" t="s">
-        <v>608</v>
+        <v>624</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>609</v>
+        <v>625</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>610</v>
+        <v>626</v>
       </c>
       <c r="D230" s="2">
         <v>100.0</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" s="2" t="s">
-        <v>611</v>
+        <v>627</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>612</v>
+        <v>628</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>613</v>
+        <v>629</v>
       </c>
       <c r="D231" s="2">
         <v>100.0</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="2" t="s">
-        <v>614</v>
+        <v>630</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>615</v>
+        <v>631</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>616</v>
+        <v>632</v>
       </c>
       <c r="D232" s="2">
         <v>100.0</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="2" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>618</v>
+        <v>634</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>619</v>
+        <v>635</v>
       </c>
       <c r="D233" s="2">
         <v>100.0</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="2" t="s">
-        <v>620</v>
+        <v>636</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>621</v>
+        <v>637</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="D234" s="2">
         <v>100.0</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="2" t="s">
-        <v>623</v>
+        <v>639</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>624</v>
+        <v>640</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>625</v>
+        <v>641</v>
       </c>
       <c r="D235" s="2">
         <v>100.0</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="2" t="s">
-        <v>626</v>
+        <v>642</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>627</v>
+        <v>643</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="D236" s="2">
         <v>100.0</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="2" t="s">
-        <v>629</v>
+        <v>645</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>630</v>
+        <v>646</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>631</v>
+        <v>647</v>
       </c>
       <c r="D237" s="2">
         <v>100.0</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="2" t="s">
-        <v>632</v>
+        <v>648</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>633</v>
+        <v>649</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>634</v>
+        <v>650</v>
       </c>
       <c r="D238" s="2">
         <v>100.0</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="2" t="s">
-        <v>635</v>
+        <v>651</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>636</v>
+        <v>652</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>637</v>
+        <v>653</v>
       </c>
       <c r="D239" s="2">
         <v>100.0</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="2" t="s">
-        <v>638</v>
+        <v>654</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>640</v>
+        <v>656</v>
       </c>
       <c r="D240" s="2">
         <v>100.0</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="2" t="s">
-        <v>641</v>
+        <v>657</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>642</v>
+        <v>658</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="D241" s="2">
         <v>100.0</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="2" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="D242" s="2">
         <v>100.0</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="2" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>648</v>
+        <v>664</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>649</v>
+        <v>665</v>
       </c>
       <c r="D243" s="2">
         <v>100.0</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="2" t="s">
-        <v>650</v>
+        <v>666</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>651</v>
+        <v>667</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>652</v>
+        <v>668</v>
       </c>
       <c r="D244" s="2">
         <v>100.0</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="2" t="s">
-        <v>653</v>
+        <v>669</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>654</v>
+        <v>670</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>655</v>
+        <v>671</v>
       </c>
       <c r="D245" s="2">
         <v>100.0</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="2" t="s">
-        <v>656</v>
+        <v>672</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>657</v>
+        <v>673</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>658</v>
+        <v>674</v>
       </c>
       <c r="D246" s="2">
         <v>100.0</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="2" t="s">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>660</v>
+        <v>676</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>661</v>
+        <v>677</v>
       </c>
       <c r="D247" s="2">
         <v>100.0</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="2" t="s">
-        <v>662</v>
+        <v>678</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>663</v>
+        <v>679</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="D248" s="2">
         <v>100.0</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="2" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>666</v>
+        <v>682</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>667</v>
+        <v>683</v>
       </c>
       <c r="D249" s="2">
         <v>100.0</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="2" t="s">
-        <v>668</v>
+        <v>684</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>669</v>
+        <v>685</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
       <c r="D250" s="2">
         <v>100.0</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="2" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>672</v>
+        <v>688</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>673</v>
+        <v>689</v>
       </c>
       <c r="D251" s="2">
         <v>100.0</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="2" t="s">
-        <v>674</v>
+        <v>690</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>675</v>
+        <v>691</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>676</v>
+        <v>692</v>
       </c>
       <c r="D252" s="2">
         <v>100.0</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="2" t="s">
-        <v>677</v>
+        <v>693</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>678</v>
+        <v>694</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>679</v>
+        <v>695</v>
       </c>
       <c r="D253" s="2">
         <v>100.0</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="2" t="s">
-        <v>680</v>
+        <v>696</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>681</v>
+        <v>697</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>682</v>
+        <v>698</v>
       </c>
       <c r="D254" s="2">
         <v>100.0</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="2" t="s">
-        <v>683</v>
+        <v>699</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>684</v>
+        <v>700</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>685</v>
+        <v>701</v>
       </c>
       <c r="D255" s="2">
         <v>100.0</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="2" t="s">
-        <v>686</v>
+        <v>702</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>687</v>
+        <v>703</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>688</v>
+        <v>704</v>
       </c>
       <c r="D256" s="2">
         <v>100.0</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="2" t="s">
-        <v>689</v>
+        <v>705</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>690</v>
+        <v>706</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>691</v>
+        <v>707</v>
       </c>
       <c r="D257" s="2">
         <v>100.0</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="2" t="s">
-        <v>692</v>
+        <v>708</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>693</v>
+        <v>709</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>694</v>
+        <v>710</v>
       </c>
       <c r="D258" s="2">
         <v>100.0</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="2" t="s">
-        <v>695</v>
+        <v>711</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>696</v>
+        <v>712</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>697</v>
+        <v>713</v>
       </c>
       <c r="D259" s="2">
         <v>100.0</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="2" t="s">
-        <v>698</v>
+        <v>714</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>699</v>
+        <v>715</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>700</v>
+        <v>716</v>
       </c>
       <c r="D260" s="2">
         <v>100.0</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="2" t="s">
-        <v>701</v>
+        <v>717</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>702</v>
+        <v>718</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>703</v>
+        <v>719</v>
       </c>
       <c r="D261" s="2">
         <v>100.0</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="2" t="s">
-        <v>704</v>
+        <v>720</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>706</v>
+        <v>722</v>
       </c>
       <c r="D262" s="2">
         <v>100.0</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="2" t="s">
-        <v>707</v>
+        <v>723</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>708</v>
+        <v>724</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>709</v>
+        <v>725</v>
       </c>
       <c r="D263" s="2">
         <v>100.0</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="2" t="s">
-        <v>710</v>
+        <v>726</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>711</v>
+        <v>727</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>712</v>
+        <v>728</v>
       </c>
       <c r="D264" s="2">
         <v>100.0</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="2" t="s">
-        <v>713</v>
+        <v>729</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>714</v>
+        <v>730</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>715</v>
+        <v>731</v>
       </c>
       <c r="D265" s="2">
         <v>100.0</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="2" t="s">
-        <v>716</v>
+        <v>732</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>717</v>
+        <v>733</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>718</v>
+        <v>734</v>
       </c>
       <c r="D266" s="2">
         <v>100.0</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="2" t="s">
-        <v>719</v>
+        <v>735</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>720</v>
+        <v>736</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>721</v>
+        <v>737</v>
       </c>
       <c r="D267" s="2">
         <v>100.0</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="2" t="s">
-        <v>722</v>
+        <v>738</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>723</v>
+        <v>739</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>724</v>
+        <v>740</v>
       </c>
       <c r="D268" s="2">
         <v>100.0</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="2" t="s">
-        <v>725</v>
+        <v>741</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>726</v>
+        <v>742</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>727</v>
+        <v>743</v>
       </c>
       <c r="D269" s="2">
         <v>100.0</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="2" t="s">
-        <v>728</v>
+        <v>744</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>729</v>
+        <v>745</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>730</v>
+        <v>746</v>
       </c>
       <c r="D270" s="2">
         <v>100.0</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="2" t="s">
-        <v>731</v>
+        <v>747</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>732</v>
+        <v>748</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>733</v>
+        <v>749</v>
       </c>
       <c r="D271" s="2">
         <v>100.0</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="2" t="s">
-        <v>734</v>
+        <v>750</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>735</v>
+        <v>751</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="D272" s="2">
         <v>100.0</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="2" t="s">
-        <v>737</v>
+        <v>753</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>738</v>
+        <v>754</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>739</v>
+        <v>755</v>
       </c>
       <c r="D273" s="2">
         <v>100.0</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="2" t="s">
-        <v>740</v>
+        <v>756</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>741</v>
+        <v>757</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>742</v>
+        <v>758</v>
       </c>
       <c r="D274" s="2">
         <v>100.0</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="2" t="s">
-        <v>743</v>
+        <v>759</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>744</v>
+        <v>760</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>745</v>
+        <v>761</v>
       </c>
       <c r="D275" s="2">
         <v>100.0</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="2" t="s">
-        <v>746</v>
+        <v>762</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>747</v>
+        <v>763</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>748</v>
+        <v>764</v>
       </c>
       <c r="D276" s="2">
         <v>100.0</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="2" t="s">
-        <v>749</v>
+        <v>765</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>750</v>
+        <v>766</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>751</v>
+        <v>767</v>
       </c>
       <c r="D277" s="2">
         <v>100.0</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="2" t="s">
-        <v>752</v>
+        <v>768</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>753</v>
+        <v>769</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>754</v>
+        <v>770</v>
       </c>
       <c r="D278" s="2">
         <v>100.0</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="2" t="s">
-        <v>755</v>
+        <v>771</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>756</v>
+        <v>772</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>757</v>
+        <v>773</v>
       </c>
       <c r="D279" s="2">
         <v>100.0</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="2" t="s">
-        <v>758</v>
+        <v>774</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>759</v>
+        <v>775</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>760</v>
+        <v>776</v>
       </c>
       <c r="D280" s="2">
         <v>100.0</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="2" t="s">
-        <v>761</v>
+        <v>777</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>762</v>
+        <v>778</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>763</v>
+        <v>779</v>
       </c>
       <c r="D281" s="2">
         <v>100.0</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="2" t="s">
-        <v>764</v>
+        <v>780</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>765</v>
+        <v>781</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>766</v>
+        <v>782</v>
       </c>
       <c r="D282" s="2">
         <v>100.0</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="2" t="s">
-        <v>767</v>
+        <v>783</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="D283" s="2">
         <v>100.0</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="2" t="s">
-        <v>770</v>
+        <v>786</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>771</v>
+        <v>787</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>772</v>
+        <v>788</v>
       </c>
       <c r="D284" s="2">
         <v>100.0</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="2" t="s">
-        <v>773</v>
+        <v>789</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>774</v>
+        <v>790</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>775</v>
+        <v>791</v>
       </c>
       <c r="D285" s="2">
         <v>100.0</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="2" t="s">
-        <v>776</v>
+        <v>792</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>777</v>
+        <v>793</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>778</v>
+        <v>794</v>
       </c>
       <c r="D286" s="2">
         <v>100.0</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="2" t="s">
-        <v>779</v>
+        <v>795</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>780</v>
+        <v>796</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>781</v>
+        <v>797</v>
       </c>
       <c r="D287" s="2">
         <v>100.0</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="2" t="s">
-        <v>782</v>
+        <v>798</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>783</v>
+        <v>799</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>784</v>
+        <v>800</v>
       </c>
       <c r="D288" s="2">
         <v>100.0</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="2" t="s">
-        <v>785</v>
+        <v>801</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>786</v>
+        <v>802</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>787</v>
+        <v>803</v>
       </c>
       <c r="D289" s="2">
         <v>100.0</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="2" t="s">
-        <v>788</v>
+        <v>804</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>789</v>
+        <v>805</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>790</v>
+        <v>806</v>
       </c>
       <c r="D290" s="2">
         <v>100.0</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="2" t="s">
-        <v>791</v>
+        <v>807</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>792</v>
+        <v>808</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>793</v>
+        <v>809</v>
       </c>
       <c r="D291" s="2">
         <v>100.0</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="2" t="s">
-        <v>794</v>
+        <v>810</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>795</v>
+        <v>811</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>796</v>
+        <v>812</v>
       </c>
       <c r="D292" s="2">
         <v>100.0</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="2" t="s">
-        <v>797</v>
+        <v>813</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>798</v>
+        <v>814</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>799</v>
+        <v>815</v>
       </c>
       <c r="D293" s="2">
         <v>100.0</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="2" t="s">
-        <v>800</v>
+        <v>816</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>801</v>
+        <v>817</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>802</v>
+        <v>818</v>
       </c>
       <c r="D294" s="2">
         <v>100.0</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="2" t="s">
-        <v>803</v>
+        <v>819</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>804</v>
+        <v>820</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>805</v>
+        <v>821</v>
       </c>
       <c r="D295" s="2">
         <v>100.0</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="2" t="s">
-        <v>806</v>
+        <v>822</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>807</v>
+        <v>823</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>808</v>
+        <v>824</v>
       </c>
       <c r="D296" s="2">
         <v>100.0</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="2" t="s">
-        <v>809</v>
+        <v>825</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>810</v>
+        <v>826</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>811</v>
+        <v>827</v>
       </c>
       <c r="D297" s="2">
         <v>100.0</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="2" t="s">
-        <v>812</v>
+        <v>828</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>813</v>
+        <v>829</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>814</v>
+        <v>830</v>
       </c>
       <c r="D298" s="2">
         <v>100.0</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="2" t="s">
-        <v>815</v>
+        <v>831</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>816</v>
+        <v>832</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>817</v>
+        <v>833</v>
       </c>
       <c r="D299" s="2">
         <v>100.0</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="2" t="s">
-        <v>818</v>
+        <v>834</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>819</v>
+        <v>835</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>820</v>
+        <v>836</v>
       </c>
       <c r="D300" s="2">
         <v>100.0</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="2" t="s">
-        <v>821</v>
+        <v>837</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>822</v>
+        <v>838</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>823</v>
+        <v>839</v>
       </c>
       <c r="D301" s="2">
         <v>100.0</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="2" t="s">
-        <v>824</v>
+        <v>840</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>825</v>
+        <v>841</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>826</v>
+        <v>842</v>
       </c>
       <c r="D302" s="2">
         <v>100.0</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="2" t="s">
-        <v>827</v>
+        <v>843</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>829</v>
+        <v>845</v>
       </c>
       <c r="D303" s="2">
         <v>100.0</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="2" t="s">
-        <v>830</v>
+        <v>846</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>831</v>
+        <v>847</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>832</v>
+        <v>848</v>
       </c>
       <c r="D304" s="2">
         <v>100.0</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="2" t="s">
-        <v>833</v>
+        <v>849</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>834</v>
+        <v>850</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>835</v>
+        <v>851</v>
       </c>
       <c r="D305" s="2">
         <v>100.0</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="2" t="s">
-        <v>836</v>
+        <v>852</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>837</v>
+        <v>853</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>838</v>
+        <v>854</v>
       </c>
       <c r="D306" s="2">
-        <v>100.83</v>
+        <v>100.0</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="2" t="s">
-        <v>839</v>
+        <v>855</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>24.8</v>
+        <v>856</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>857</v>
       </c>
       <c r="D307" s="2">
-        <v>101.11</v>
+        <v>100.0</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="2" t="s">
-        <v>841</v>
+        <v>858</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>843</v>
+        <v>860</v>
       </c>
       <c r="D308" s="2">
-        <v>101.59</v>
+        <v>100.0</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="2" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>846</v>
+        <v>863</v>
       </c>
       <c r="D309" s="2">
-        <v>101.75</v>
+        <v>100.0</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="2" t="s">
-        <v>847</v>
+        <v>864</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>848</v>
+        <v>865</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>849</v>
+        <v>866</v>
       </c>
       <c r="D310" s="2">
-        <v>101.79000000000001</v>
+        <v>100.0</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="2" t="s">
-        <v>850</v>
+        <v>867</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>851</v>
+        <v>868</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>852</v>
+        <v>869</v>
       </c>
       <c r="D311" s="2">
-        <v>101.81999999999999</v>
+        <v>100.0</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="2" t="s">
-        <v>853</v>
+        <v>870</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-        <v>855</v>
+        <v>871</v>
+      </c>
+      <c r="C312" s="2">
+        <v>10.76</v>
       </c>
       <c r="D312" s="2">
-        <v>101.83</v>
+        <v>100.83</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="2" t="s">
-        <v>856</v>
+        <v>872</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>858</v>
+        <v>873</v>
+      </c>
+      <c r="C313" s="2">
+        <v>24.8</v>
       </c>
       <c r="D313" s="2">
-        <v>101.88</v>
+        <v>101.11</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="2" t="s">
-        <v>859</v>
+        <v>874</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>875</v>
+      </c>
+      <c r="C314" s="2">
+        <v>30.4</v>
       </c>
       <c r="D314" s="2">
-        <v>101.90000000000001</v>
+        <v>101.81999999999999</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="2" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>877</v>
+      </c>
+      <c r="C315" s="2">
+        <v>863.11000000000001</v>
       </c>
       <c r="D315" s="2">
-        <v>102.060000000000002</v>
+        <v>103.59</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="2" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>866</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>879</v>
+      </c>
+      <c r="C316" s="2">
+        <v>854.53999999999996</v>
       </c>
       <c r="D316" s="2">
-        <v>102.060000000000002</v>
+        <v>104.26000000000001</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="2" t="s">
-        <v>868</v>
+        <v>880</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>881</v>
+      </c>
+      <c r="C317" s="2">
+        <v>654.95000000000005</v>
       </c>
       <c r="D317" s="2">
-        <v>102.22</v>
+        <v>105.099999999999994</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="2" t="s">
-        <v>871</v>
+        <v>882</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="C318" s="2">
-        <v>47.51</v>
+        <v>5.58</v>
       </c>
       <c r="D318" s="2">
-        <v>103.28</v>
+        <v>105.14</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="2" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>863.11000000000001</v>
+        <v>885</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>886</v>
       </c>
       <c r="D319" s="2">
-        <v>103.59</v>
+        <v>105.73</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="2" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>876</v>
+        <v>888</v>
       </c>
       <c r="C320" s="2">
-        <v>854.53999999999996</v>
+        <v>892.52999999999997</v>
       </c>
       <c r="D320" s="2">
-        <v>104.26000000000001</v>
+        <v>105.92</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="2" t="s">
-        <v>877</v>
+        <v>889</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>654.95000000000005</v>
+        <v>890</v>
+      </c>
+      <c r="C321" s="2" t="s">
+        <v>891</v>
       </c>
       <c r="D321" s="2">
-        <v>105.099999999999994</v>
+        <v>105.93000000000001</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="2" t="s">
-        <v>879</v>
+        <v>892</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>893</v>
+      </c>
+      <c r="C322" s="2">
+        <v>10.45</v>
       </c>
       <c r="D322" s="2">
-        <v>105.11</v>
+        <v>106.73999999999999</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="2" t="s">
-        <v>882</v>
+        <v>894</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="C323" s="2">
-        <v>5.58</v>
+        <v>640.96000000000004</v>
       </c>
       <c r="D323" s="2">
-        <v>105.14</v>
+        <v>107.20999999999999</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="2" t="s">
-        <v>884</v>
+        <v>896</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>886</v>
+        <v>897</v>
+      </c>
+      <c r="C324" s="2">
+        <v>633.23000000000002</v>
       </c>
       <c r="D324" s="2">
-        <v>105.20999999999999</v>
+        <v>107.26000000000001</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="2" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-        <v>889</v>
+        <v>899</v>
+      </c>
+      <c r="C325" s="2">
+        <v>663.10000000000002</v>
       </c>
       <c r="D325" s="2">
-        <v>105.54000000000001</v>
+        <v>107.3</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="2" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>892</v>
+        <v>901</v>
+      </c>
+      <c r="C326" s="2">
+        <v>158.84</v>
       </c>
       <c r="D326" s="2">
-        <v>105.54000000000001</v>
+        <v>108.16</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="2" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>903</v>
+      </c>
+      <c r="C327" s="2">
+        <v>457.75</v>
       </c>
       <c r="D327" s="2">
-        <v>105.73</v>
+        <v>108.83</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="2" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="C328" s="2">
-        <v>892.52999999999997</v>
+        <v>42.07</v>
       </c>
       <c r="D328" s="2">
-        <v>105.92</v>
+        <v>109.099999999999994</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="2" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-        <v>900</v>
+        <v>907</v>
+      </c>
+      <c r="C329" s="2">
+        <v>3.18</v>
       </c>
       <c r="D329" s="2">
-        <v>105.93000000000001</v>
+        <v>109.11</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="2" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-        <v>903</v>
+        <v>909</v>
+      </c>
+      <c r="C330" s="2">
+        <v>144.94999999999999</v>
       </c>
       <c r="D330" s="2">
-        <v>106.049999999999997</v>
+        <v>109.47</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="2" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>911</v>
+      </c>
+      <c r="C331" s="2">
+        <v>0.55</v>
       </c>
       <c r="D331" s="2">
-        <v>106.18000000000001</v>
+        <v>110.81999999999999</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="2" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>907</v>
-[...2 lines deleted...]
-        <v>908</v>
+        <v>913</v>
+      </c>
+      <c r="C332" s="2">
+        <v>228.68000000000001</v>
       </c>
       <c r="D332" s="2">
-        <v>106.23999999999999</v>
+        <v>111.44</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="2" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>911</v>
+        <v>915</v>
+      </c>
+      <c r="C333" s="2">
+        <v>46.62</v>
       </c>
       <c r="D333" s="2">
-        <v>106.31999999999999</v>
+        <v>111.55</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="2" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>917</v>
+      </c>
+      <c r="C334" s="2">
+        <v>9.55</v>
       </c>
       <c r="D334" s="2">
-        <v>106.43000000000001</v>
+        <v>112.48</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="2" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="D335" s="2">
-        <v>106.51000000000001</v>
+        <v>112.95999999999999</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="2" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="D336" s="2">
-        <v>106.52</v>
+        <v>112.97</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="2" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D337" s="2">
-        <v>106.63</v>
+        <v>114.22</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="2" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C338" s="2">
-        <v>10.45</v>
+        <v>192.77000000000001</v>
       </c>
       <c r="D338" s="2">
-        <v>106.73999999999999</v>
+        <v>114.34999999999999</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="2" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>928</v>
+        <v>930</v>
+      </c>
+      <c r="C339" s="2">
+        <v>53.060000000000002</v>
       </c>
       <c r="D339" s="2">
-        <v>106.90000000000001</v>
+        <v>114.61</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="2" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D340" s="2">
-        <v>106.93000000000001</v>
+        <v>116.59999999999999</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="2" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>934</v>
+        <v>935</v>
+      </c>
+      <c r="C341" s="2">
+        <v>0.0</v>
       </c>
       <c r="D341" s="2">
-        <v>107.090000000000003</v>
+        <v>116.87</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>936</v>
-[...1 lines deleted...]
-      <c r="C342" s="2" t="s">
         <v>937</v>
       </c>
+      <c r="C342" s="2">
+        <v>0.13</v>
+      </c>
       <c r="D342" s="2">
-        <v>107.20999999999999</v>
+        <v>117.18000000000001</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="2" t="s">
         <v>938</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>939</v>
       </c>
       <c r="C343" s="2">
-        <v>640.96000000000004</v>
+        <v>0.37</v>
       </c>
       <c r="D343" s="2">
-        <v>107.20999999999999</v>
+        <v>117.43000000000001</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="2" t="s">
         <v>940</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>941</v>
       </c>
       <c r="C344" s="2">
-        <v>633.23000000000002</v>
+        <v>0.05</v>
       </c>
       <c r="D344" s="2">
-        <v>107.26000000000001</v>
+        <v>117.89</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="2" t="s">
         <v>942</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>943</v>
       </c>
-      <c r="C345" s="2" t="s">
-        <v>944</v>
+      <c r="C345" s="2">
+        <v>15.48</v>
       </c>
       <c r="D345" s="2">
-        <v>107.29000000000001</v>
+        <v>118.060000000000002</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="B346" s="2" t="s">
         <v>945</v>
       </c>
-      <c r="B346" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C346" s="2">
-        <v>663.10000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D346" s="2">
-        <v>107.3</v>
+        <v>119.40000000000001</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="2" t="s">
+        <v>946</v>
+      </c>
+      <c r="B347" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="B347" s="2" t="s">
+      <c r="C347" s="2" t="s">
         <v>948</v>
       </c>
-      <c r="C347" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D347" s="2">
-        <v>107.58</v>
+        <v>120.15000000000001</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="2" t="s">
         <v>949</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>950</v>
       </c>
-      <c r="C348" s="2" t="s">
-        <v>867</v>
+      <c r="C348" s="2">
+        <v>3.03</v>
       </c>
       <c r="D348" s="2">
-        <v>107.83</v>
+        <v>121.43000000000001</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="2" t="s">
         <v>951</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>952</v>
       </c>
-      <c r="C349" s="2" t="s">
-        <v>867</v>
+      <c r="C349" s="2">
+        <v>0.83</v>
       </c>
       <c r="D349" s="2">
-        <v>107.89</v>
+        <v>121.47</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="2" t="s">
         <v>953</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>954</v>
       </c>
-      <c r="C350" s="2" t="s">
-        <v>867</v>
+      <c r="C350" s="2">
+        <v>0.0</v>
       </c>
       <c r="D350" s="2">
-        <v>107.95999999999999</v>
+        <v>121.70999999999999</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="2" t="s">
         <v>955</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>956</v>
       </c>
-      <c r="C351" s="2">
-        <v>158.84</v>
+      <c r="C351" s="2" t="s">
+        <v>957</v>
       </c>
       <c r="D351" s="2">
-        <v>108.16</v>
+        <v>122.27</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="2" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>867</v>
+        <v>960</v>
       </c>
       <c r="D352" s="2">
-        <v>108.2</v>
+        <v>122.40000000000001</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="2" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D353" s="2">
-        <v>108.39</v>
+        <v>122.64</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="2" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="D354" s="2">
-        <v>108.39</v>
+        <v>125.27</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="2" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-        <v>966</v>
+        <v>968</v>
+      </c>
+      <c r="C355" s="2">
+        <v>977.75999999999999</v>
       </c>
       <c r="D355" s="2">
-        <v>108.61</v>
+        <v>125.29000000000001</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="2" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>970</v>
+      </c>
+      <c r="C356" s="2">
+        <v>53.54</v>
       </c>
       <c r="D356" s="2">
-        <v>108.73999999999999</v>
+        <v>126.41</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="2" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>972</v>
+      </c>
+      <c r="C357" s="2">
+        <v>0.0</v>
       </c>
       <c r="D357" s="2">
-        <v>108.79000000000001</v>
+        <v>129.34999999999999</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="2" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C358" s="2">
-        <v>457.75</v>
+        <v>0.24</v>
       </c>
       <c r="D358" s="2">
-        <v>108.83</v>
+        <v>129.75999999999999</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D359" s="2">
-        <v>109.099999999999994</v>
+        <v>130.34999999999999</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C360" s="2">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="D360" s="2">
-        <v>109.11</v>
+        <v>131.34</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="2" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>980</v>
-[...1 lines deleted...]
-      <c r="C361" s="2" t="s">
         <v>981</v>
       </c>
+      <c r="C361" s="2">
+        <v>0.94</v>
+      </c>
       <c r="D361" s="2">
-        <v>109.20999999999999</v>
+        <v>132.080000000000013</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="2" t="s">
         <v>982</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="C362" s="2" t="s">
-        <v>961</v>
+      <c r="C362" s="2">
+        <v>415.74000000000001</v>
       </c>
       <c r="D362" s="2">
-        <v>109.37</v>
+        <v>134.28999999999999</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="2" t="s">
         <v>984</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>985</v>
       </c>
-      <c r="C363" s="2">
-        <v>144.94999999999999</v>
+      <c r="C363" s="2" t="s">
+        <v>986</v>
       </c>
       <c r="D363" s="2">
-        <v>109.47</v>
+        <v>135.41</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>988</v>
+      </c>
+      <c r="C364" s="2">
+        <v>0.0</v>
       </c>
       <c r="D364" s="2">
-        <v>109.53</v>
+        <v>135.50999999999999</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="2" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="C365" s="2" t="s">
         <v>990</v>
       </c>
+      <c r="C365" s="2">
+        <v>0.0</v>
+      </c>
       <c r="D365" s="2">
-        <v>109.77</v>
+        <v>137.97</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="2" t="s">
         <v>991</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>993</v>
       </c>
       <c r="D366" s="2">
-        <v>110.13</v>
+        <v>138.0099999999999909</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="2" t="s">
         <v>994</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>995</v>
       </c>
-      <c r="C367" s="2" t="s">
-        <v>961</v>
+      <c r="C367" s="2">
+        <v>14.13</v>
       </c>
       <c r="D367" s="2">
-        <v>110.28</v>
+        <v>138.13999999999999</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="2" t="s">
         <v>996</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>997</v>
       </c>
-      <c r="C368" s="2" t="s">
-        <v>998</v>
+      <c r="C368" s="2">
+        <v>11.48</v>
       </c>
       <c r="D368" s="2">
-        <v>110.81999999999999</v>
+        <v>139.38</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="2" t="s">
+        <v>998</v>
+      </c>
+      <c r="B369" s="2" t="s">
         <v>999</v>
       </c>
-      <c r="B369" s="2" t="s">
-[...3 lines deleted...]
-        <v>867</v>
+      <c r="C369" s="2">
+        <v>5.08</v>
       </c>
       <c r="D369" s="2">
-        <v>111.26000000000001</v>
+        <v>139.46000000000001</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B370" s="2" t="s">
         <v>1001</v>
       </c>
-      <c r="B370" s="2" t="s">
-[...3 lines deleted...]
-        <v>1003</v>
+      <c r="C370" s="2">
+        <v>501.66000000000003</v>
       </c>
       <c r="D370" s="2">
-        <v>111.44</v>
+        <v>141.31999999999999</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B371" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C371" s="2" t="s">
         <v>1004</v>
       </c>
-      <c r="B371" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D371" s="2">
-        <v>111.55</v>
+        <v>142.75</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="2" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>1006</v>
+      </c>
+      <c r="C372" s="2">
+        <v>678.96000000000004</v>
       </c>
       <c r="D372" s="2">
-        <v>111.87</v>
+        <v>145.0</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="2" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="C373" s="2">
         <v>0.0</v>
       </c>
       <c r="D373" s="2">
-        <v>112.060000000000002</v>
+        <v>145.99000000000001</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="2" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B374" s="2" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C374" s="2" t="s">
         <v>1011</v>
       </c>
-      <c r="B374" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D374" s="2">
-        <v>112.34</v>
+        <v>146.55000000000001</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="2" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="C375" s="2" t="s">
         <v>1013</v>
       </c>
+      <c r="C375" s="2">
+        <v>130.72999999999999</v>
+      </c>
       <c r="D375" s="2">
-        <v>112.43000000000001</v>
+        <v>147.66</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B376" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C376" s="2" t="s">
         <v>1016</v>
       </c>
-      <c r="B376" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D376" s="2">
-        <v>112.48</v>
+        <v>147.75999999999999</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="2" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B377" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="B377" s="2" t="s">
+      <c r="C377" s="2" t="s">
         <v>1019</v>
       </c>
-      <c r="C377" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D377" s="2">
-        <v>112.95999999999999</v>
+        <v>148.34999999999999</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B378" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="B378" s="2" t="s">
+      <c r="C378" s="2" t="s">
         <v>1022</v>
       </c>
-      <c r="C378" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D378" s="2">
-        <v>112.97</v>
+        <v>150.19999999999999</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B379" s="2" t="s">
         <v>1024</v>
       </c>
-      <c r="B379" s="2" t="s">
-[...3 lines deleted...]
-        <v>1026</v>
+      <c r="C379" s="2">
+        <v>119.61</v>
       </c>
       <c r="D379" s="2">
-        <v>113.15000000000001</v>
+        <v>150.47999999999999</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="2" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1026</v>
+      </c>
+      <c r="C380" s="2">
+        <v>0.0</v>
       </c>
       <c r="D380" s="2">
-        <v>113.23999999999999</v>
+        <v>150.69</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="2" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>1031</v>
+        <v>1028</v>
+      </c>
+      <c r="C381" s="2">
+        <v>0.12</v>
       </c>
       <c r="D381" s="2">
-        <v>113.31</v>
+        <v>150.93000000000001</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="2" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="D382" s="2">
-        <v>113.34</v>
+        <v>151.050000000000011</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="2" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="D383" s="2">
-        <v>113.36</v>
+        <v>152.46000000000001</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="2" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="D384" s="2">
-        <v>113.59</v>
+        <v>152.88</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="2" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1013</v>
+        <v>1040</v>
       </c>
       <c r="D385" s="2">
-        <v>114.0</v>
+        <v>152.91</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="2" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C386" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="B386" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D386" s="2">
-        <v>114.22</v>
+        <v>153.099999999999994</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="2" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="C387" s="2">
-        <v>169.77000000000001</v>
+        <v>0.02</v>
       </c>
       <c r="D387" s="2">
-        <v>114.34999999999999</v>
+        <v>153.72</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="2" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B388" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C388" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="B388" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D388" s="2">
-        <v>114.51000000000001</v>
+        <v>153.96000000000001</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C389" s="2" t="s">
         <v>1051</v>
       </c>
-      <c r="B389" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D389" s="2">
-        <v>114.61</v>
+        <v>154.5</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B390" s="2" t="s">
         <v>1053</v>
       </c>
-      <c r="B390" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" s="2">
-        <v>0.0</v>
+        <v>80.14</v>
       </c>
       <c r="D390" s="2">
-        <v>114.73999999999999</v>
+        <v>154.59999999999999</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B391" s="2" t="s">
         <v>1055</v>
       </c>
-      <c r="B391" s="2" t="s">
-[...3 lines deleted...]
-        <v>1057</v>
+      <c r="C391" s="2">
+        <v>0.0</v>
       </c>
       <c r="D391" s="2">
-        <v>114.95</v>
+        <v>155.53999999999999</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="2" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C392" s="2" t="s">
         <v>1058</v>
       </c>
-      <c r="B392" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D392" s="2">
-        <v>115.29000000000001</v>
+        <v>155.93000000000001</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="2" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-        <v>1063</v>
+        <v>1060</v>
+      </c>
+      <c r="C393" s="2">
+        <v>452.72000000000003</v>
       </c>
       <c r="D393" s="2">
-        <v>115.40000000000001</v>
+        <v>156.37</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="2" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="D394" s="2">
-        <v>115.51000000000001</v>
+        <v>159.19999999999999</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="2" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>1068</v>
-[...2 lines deleted...]
-        <v>1069</v>
+        <v>1065</v>
+      </c>
+      <c r="C395" s="2">
+        <v>0.0</v>
       </c>
       <c r="D395" s="2">
-        <v>115.95999999999999</v>
+        <v>161.75</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="2" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>1071</v>
-[...2 lines deleted...]
-        <v>1072</v>
+        <v>1067</v>
+      </c>
+      <c r="C396" s="2">
+        <v>0.09</v>
       </c>
       <c r="D396" s="2">
-        <v>116.45999999999999</v>
+        <v>163.41</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" s="2" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>855</v>
+        <v>1070</v>
       </c>
       <c r="D397" s="2">
-        <v>116.55</v>
+        <v>168.02000000000001</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" s="2" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>1077</v>
+        <v>1072</v>
+      </c>
+      <c r="C398" s="2">
+        <v>0.0</v>
       </c>
       <c r="D398" s="2">
-        <v>116.56</v>
+        <v>169.56999999999999</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" s="2" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>1074</v>
+      </c>
+      <c r="C399" s="2">
+        <v>0.0</v>
       </c>
       <c r="D399" s="2">
-        <v>116.59999999999999</v>
+        <v>171.94</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" s="2" t="s">
-        <v>1081</v>
+        <v>1075</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1082</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1076</v>
+      </c>
+      <c r="C400" s="2">
+        <v>10.8</v>
       </c>
       <c r="D400" s="2">
-        <v>116.59999999999999</v>
+        <v>172.65000000000001</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" s="2" t="s">
-        <v>1083</v>
+        <v>1077</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1078</v>
+      </c>
+      <c r="C401" s="2">
+        <v>535.86000000000001</v>
       </c>
       <c r="D401" s="2">
-        <v>116.63</v>
+        <v>173.090000000000003</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" s="2" t="s">
-        <v>1085</v>
+        <v>1079</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>1086</v>
+        <v>1080</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1013</v>
+        <v>1081</v>
       </c>
       <c r="D402" s="2">
-        <v>116.67</v>
+        <v>174.62</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" s="2" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>1088</v>
-[...2 lines deleted...]
-        <v>1089</v>
+        <v>1083</v>
+      </c>
+      <c r="C403" s="2">
+        <v>0.92</v>
       </c>
       <c r="D403" s="2">
-        <v>116.68000000000001</v>
+        <v>177.77000000000001</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" s="2" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="D404" s="2">
-        <v>116.83</v>
+        <v>179.63</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" s="2" t="s">
-        <v>1093</v>
+        <v>1087</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="C405" s="2">
         <v>0.0</v>
       </c>
       <c r="D405" s="2">
-        <v>116.87</v>
+        <v>181.16999999999999</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" s="2" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1013</v>
+        <v>1091</v>
       </c>
       <c r="D406" s="2">
-        <v>116.98</v>
+        <v>181.34999999999999</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" s="2" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1093</v>
+      </c>
+      <c r="C407" s="2">
+        <v>5.6</v>
       </c>
       <c r="D407" s="2">
-        <v>117.010000000000005</v>
+        <v>181.46000000000001</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" s="2" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1013</v>
+        <v>1096</v>
       </c>
       <c r="D408" s="2">
-        <v>117.040000000000006</v>
+        <v>181.84</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" s="2" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="D409" s="2">
-        <v>117.049999999999997</v>
+        <v>182.78999999999999</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" s="2" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1101</v>
+      </c>
+      <c r="C410" s="2">
+        <v>0.0</v>
       </c>
       <c r="D410" s="2">
-        <v>117.18000000000001</v>
+        <v>182.86000000000001</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" s="2" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1103</v>
+      </c>
+      <c r="C411" s="2">
+        <v>12.74</v>
       </c>
       <c r="D411" s="2">
-        <v>117.19</v>
+        <v>184.34999999999999</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" s="2" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>1105</v>
+      </c>
+      <c r="C412" s="2">
+        <v>10.0</v>
       </c>
       <c r="D412" s="2">
-        <v>117.31</v>
+        <v>185.41</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" s="2" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1107</v>
+      </c>
+      <c r="C413" s="2">
+        <v>100.37</v>
       </c>
       <c r="D413" s="2">
-        <v>117.31999999999999</v>
+        <v>185.78999999999999</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" s="2" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1013</v>
+        <v>1110</v>
       </c>
       <c r="D414" s="2">
-        <v>117.34999999999999</v>
+        <v>187.19</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" s="2" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1112</v>
+      </c>
+      <c r="C415" s="2">
+        <v>54.009999999999998</v>
       </c>
       <c r="D415" s="2">
-        <v>117.38</v>
+        <v>187.72</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" s="2" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>1118</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1114</v>
+      </c>
+      <c r="C416" s="2">
+        <v>0.0</v>
       </c>
       <c r="D416" s="2">
-        <v>117.41</v>
+        <v>188.25</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" s="2" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1013</v>
+        <v>1117</v>
       </c>
       <c r="D417" s="2">
-        <v>117.41</v>
+        <v>190.0</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" s="2" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1013</v>
+        <v>1120</v>
       </c>
       <c r="D418" s="2">
-        <v>117.42</v>
+        <v>190.99000000000001</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" s="2" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>1122</v>
+      </c>
+      <c r="C419" s="2">
+        <v>11.0099999999999998</v>
       </c>
       <c r="D419" s="2">
-        <v>117.43000000000001</v>
+        <v>191.53</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="2" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>1126</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1124</v>
+      </c>
+      <c r="C420" s="2">
+        <v>0.81</v>
       </c>
       <c r="D420" s="2">
-        <v>117.44</v>
+        <v>191.68000000000001</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="2" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>1128</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1126</v>
+      </c>
+      <c r="C421" s="2">
+        <v>21.48</v>
       </c>
       <c r="D421" s="2">
-        <v>117.44</v>
+        <v>191.84</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="2" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1128</v>
+      </c>
+      <c r="C422" s="2">
+        <v>115.11</v>
       </c>
       <c r="D422" s="2">
-        <v>117.44</v>
+        <v>192.21000000000001</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="2" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1130</v>
+      </c>
+      <c r="C423" s="2">
+        <v>126.0</v>
       </c>
       <c r="D423" s="2">
-        <v>117.47</v>
+        <v>192.25</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="2" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1132</v>
+      </c>
+      <c r="C424" s="2">
+        <v>11.71</v>
       </c>
       <c r="D424" s="2">
-        <v>117.47</v>
+        <v>192.63</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="2" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1136</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1134</v>
+      </c>
+      <c r="C425" s="2">
+        <v>1.15</v>
       </c>
       <c r="D425" s="2">
-        <v>117.47</v>
+        <v>192.94</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" s="2" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1138</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1136</v>
+      </c>
+      <c r="C426" s="2">
+        <v>0.12</v>
       </c>
       <c r="D426" s="2">
-        <v>117.48</v>
+        <v>193.0099999999999909</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" s="2" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1140</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1138</v>
+      </c>
+      <c r="C427" s="2">
+        <v>0.0</v>
       </c>
       <c r="D427" s="2">
-        <v>117.5</v>
+        <v>193.65000000000001</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" s="2" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1142</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1140</v>
+      </c>
+      <c r="C428" s="2">
+        <v>0.0</v>
       </c>
       <c r="D428" s="2">
-        <v>117.52</v>
+        <v>193.83000000000001</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" s="2" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>1144</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1142</v>
+      </c>
+      <c r="C429" s="2">
+        <v>0.13</v>
       </c>
       <c r="D429" s="2">
-        <v>117.55</v>
+        <v>194.31999999999999</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="2" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1144</v>
+      </c>
+      <c r="C430" s="2">
+        <v>0.13</v>
       </c>
       <c r="D430" s="2">
-        <v>117.61</v>
+        <v>194.83000000000001</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" s="2" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>1148</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1146</v>
+      </c>
+      <c r="C431" s="2">
+        <v>0.13</v>
       </c>
       <c r="D431" s="2">
-        <v>117.61</v>
+        <v>194.97999999999999</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" s="2" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1150</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1148</v>
+      </c>
+      <c r="C432" s="2">
+        <v>0.0</v>
       </c>
       <c r="D432" s="2">
-        <v>117.64</v>
+        <v>195.87</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C433" s="2" t="s">
         <v>1151</v>
       </c>
-      <c r="B433" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D433" s="2">
-        <v>117.73999999999999</v>
+        <v>196.080000000000013</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B434" s="2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C434" s="2" t="s">
         <v>1154</v>
       </c>
-      <c r="B434" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D434" s="2">
-        <v>117.83</v>
+        <v>196.13999999999999</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" s="2" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="C435" s="2">
-        <v>0.05</v>
+        <v>11.24</v>
       </c>
       <c r="D435" s="2">
-        <v>117.89</v>
+        <v>196.28999999999999</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C436" s="2" t="s">
         <v>1159</v>
       </c>
-      <c r="B436" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D436" s="2">
-        <v>118.060000000000002</v>
+        <v>197.22999999999999</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" s="2" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-        <v>1164</v>
+        <v>1161</v>
+      </c>
+      <c r="C437" s="2">
+        <v>0.49</v>
       </c>
       <c r="D437" s="2">
-        <v>118.45999999999999</v>
+        <v>197.33000000000001</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" s="2" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1163</v>
+      </c>
+      <c r="C438" s="2">
+        <v>5.65</v>
       </c>
       <c r="D438" s="2">
-        <v>118.73</v>
+        <v>197.43000000000001</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" s="2" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1060</v>
+        <v>1166</v>
       </c>
       <c r="D439" s="2">
-        <v>118.76000000000001</v>
+        <v>197.62</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" s="2" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>1168</v>
+      </c>
+      <c r="C440" s="2">
+        <v>0.0</v>
       </c>
       <c r="D440" s="2">
-        <v>118.77</v>
+        <v>197.83000000000001</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" s="2" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>1060</v>
+        <v>1170</v>
+      </c>
+      <c r="C441" s="2">
+        <v>0.99</v>
       </c>
       <c r="D441" s="2">
-        <v>118.81</v>
+        <v>199.099999999999994</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" s="2" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>1172</v>
+      </c>
+      <c r="C442" s="2">
+        <v>149.81</v>
       </c>
       <c r="D442" s="2">
-        <v>119.069999999999993</v>
+        <v>199.19</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" s="2" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>1178</v>
+        <v>1174</v>
+      </c>
+      <c r="C443" s="2">
+        <v>81.34999999999999</v>
       </c>
       <c r="D443" s="2">
-        <v>119.17</v>
+        <v>199.77000000000001</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" s="2" t="s">
-        <v>1179</v>
+        <v>1175</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1060</v>
+        <v>1177</v>
       </c>
       <c r="D444" s="2">
-        <v>119.18000000000001</v>
+        <v>199.87</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" s="2" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>1179</v>
+      </c>
+      <c r="C445" s="2">
+        <v>83.13</v>
       </c>
       <c r="D445" s="2">
-        <v>119.20999999999999</v>
+        <v>199.91999999999999</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" s="2" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="C446" s="2">
-        <v>0.0</v>
+        <v>0.14</v>
       </c>
       <c r="D446" s="2">
-        <v>119.40000000000001</v>
+        <v>199.93000000000001</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" s="2" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D447" s="2">
-        <v>120.15000000000001</v>
+        <v>200.0</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" s="2" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D448" s="2">
-        <v>120.45</v>
+        <v>200.0</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" s="2" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="C449" s="2">
-        <v>3.03</v>
+        <v>962.12</v>
       </c>
       <c r="D449" s="2">
-        <v>121.43000000000001</v>
+        <v>200.33000000000001</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" s="2" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="C450" s="2">
-        <v>0.83</v>
+        <v>81.13</v>
       </c>
       <c r="D450" s="2">
-        <v>121.47</v>
+        <v>200.47999999999999</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" s="2" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="C451" s="2">
-        <v>0.0</v>
+        <v>30.78</v>
       </c>
       <c r="D451" s="2">
-        <v>121.70999999999999</v>
+        <v>202.66</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" s="2" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>1198</v>
-[...2 lines deleted...]
-        <v>1199</v>
+        <v>1195</v>
+      </c>
+      <c r="C452" s="2">
+        <v>30.47</v>
       </c>
       <c r="D452" s="2">
-        <v>122.27</v>
+        <v>202.71000000000001</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" s="2" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>1201</v>
-[...2 lines deleted...]
-        <v>1202</v>
+        <v>1197</v>
+      </c>
+      <c r="C453" s="2">
+        <v>30.16</v>
       </c>
       <c r="D453" s="2">
-        <v>122.40000000000001</v>
+        <v>202.75999999999999</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" s="2" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1205</v>
+        <v>1200</v>
       </c>
       <c r="D454" s="2">
-        <v>122.64</v>
+        <v>203.18000000000001</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" s="2" t="s">
-        <v>1206</v>
+        <v>1201</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1208</v>
+        <v>1202</v>
+      </c>
+      <c r="C455" s="2">
+        <v>2.32</v>
       </c>
       <c r="D455" s="2">
-        <v>124.079999999999998</v>
+        <v>204.33000000000001</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" s="2" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>1211</v>
+        <v>1204</v>
+      </c>
+      <c r="C456" s="2">
+        <v>2.59</v>
       </c>
       <c r="D456" s="2">
-        <v>125.27</v>
+        <v>205.090000000000003</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" s="2" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="C457" s="2">
-        <v>977.75999999999999</v>
+        <v>44.87</v>
       </c>
       <c r="D457" s="2">
-        <v>125.29000000000001</v>
+        <v>205.93000000000001</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" s="2" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="C458" s="2">
-        <v>53.54</v>
+        <v>0.81</v>
       </c>
       <c r="D458" s="2">
-        <v>126.41</v>
+        <v>206.080000000000013</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" s="2" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>1217</v>
-[...2 lines deleted...]
-        <v>1218</v>
+        <v>1210</v>
+      </c>
+      <c r="C459" s="2">
+        <v>0.78</v>
       </c>
       <c r="D459" s="2">
-        <v>128.78999999999999</v>
+        <v>206.25999999999999</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" s="2" t="s">
-        <v>1219</v>
+        <v>1211</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="C460" s="2">
-        <v>0.0</v>
+        <v>0.12</v>
       </c>
       <c r="D460" s="2">
-        <v>129.34999999999999</v>
+        <v>206.37</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" s="2" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>1222</v>
-[...2 lines deleted...]
-        <v>1060</v>
+        <v>1214</v>
+      </c>
+      <c r="C461" s="2">
+        <v>450.83999999999997</v>
       </c>
       <c r="D461" s="2">
-        <v>129.43000000000001</v>
+        <v>206.38999999999999</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" s="2" t="s">
-        <v>1223</v>
+        <v>1215</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>1224</v>
+        <v>1216</v>
       </c>
       <c r="C462" s="2">
-        <v>0.24</v>
+        <v>0.98</v>
       </c>
       <c r="D462" s="2">
-        <v>129.75999999999999</v>
+        <v>206.40000000000001</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" s="2" t="s">
-        <v>1225</v>
+        <v>1217</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>1226</v>
-[...2 lines deleted...]
-        <v>1227</v>
+        <v>1218</v>
+      </c>
+      <c r="C463" s="2">
+        <v>0.0</v>
       </c>
       <c r="D463" s="2">
-        <v>130.34999999999999</v>
+        <v>207.080000000000013</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" s="2" t="s">
-        <v>1228</v>
+        <v>1219</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>1229</v>
+        <v>1220</v>
       </c>
       <c r="C464" s="2">
-        <v>0.0</v>
+        <v>29.13</v>
       </c>
       <c r="D464" s="2">
-        <v>131.34</v>
+        <v>207.15000000000001</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" s="2" t="s">
-        <v>1230</v>
+        <v>1221</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>1231</v>
+        <v>1222</v>
       </c>
       <c r="C465" s="2">
-        <v>0.94</v>
+        <v>0.0</v>
       </c>
       <c r="D465" s="2">
-        <v>132.080000000000013</v>
+        <v>207.63999999999999</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" s="2" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="C466" s="2">
-        <v>366.74000000000001</v>
+        <v>0.41</v>
       </c>
       <c r="D466" s="2">
-        <v>134.28999999999999</v>
+        <v>207.66</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" s="2" t="s">
-        <v>1234</v>
+        <v>1225</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>1235</v>
-[...2 lines deleted...]
-        <v>1236</v>
+        <v>1226</v>
+      </c>
+      <c r="C467" s="2">
+        <v>0.39</v>
       </c>
       <c r="D467" s="2">
-        <v>135.41</v>
+        <v>207.66</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" s="2" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>1238</v>
+        <v>1228</v>
       </c>
       <c r="C468" s="2">
-        <v>0.0</v>
+        <v>735.13</v>
       </c>
       <c r="D468" s="2">
-        <v>135.50999999999999</v>
+        <v>207.66</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" s="2" t="s">
-        <v>1239</v>
+        <v>1229</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>1240</v>
+        <v>1230</v>
       </c>
       <c r="C469" s="2">
-        <v>0.0</v>
+        <v>26.18</v>
       </c>
       <c r="D469" s="2">
-        <v>137.97</v>
+        <v>207.83000000000001</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" s="2" t="s">
-        <v>1241</v>
+        <v>1231</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>1242</v>
-[...2 lines deleted...]
-        <v>1243</v>
+        <v>1232</v>
+      </c>
+      <c r="C470" s="2">
+        <v>0.14</v>
       </c>
       <c r="D470" s="2">
-        <v>138.0099999999999909</v>
+        <v>207.90000000000001</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" s="2" t="s">
-        <v>1244</v>
+        <v>1233</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>1245</v>
+        <v>1234</v>
       </c>
       <c r="C471" s="2">
-        <v>14.13</v>
+        <v>337.5</v>
       </c>
       <c r="D471" s="2">
-        <v>138.13999999999999</v>
+        <v>208.18000000000001</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" s="2" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
       <c r="C472" s="2">
-        <v>11.48</v>
+        <v>0.33</v>
       </c>
       <c r="D472" s="2">
-        <v>139.38</v>
+        <v>208.43000000000001</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" s="2" t="s">
-        <v>1248</v>
+        <v>1237</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>1249</v>
+        <v>1238</v>
       </c>
       <c r="C473" s="2">
-        <v>5.08</v>
+        <v>0.61</v>
       </c>
       <c r="D473" s="2">
-        <v>139.46000000000001</v>
+        <v>208.75</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" s="2" t="s">
-        <v>1250</v>
+        <v>1239</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>1251</v>
-[...2 lines deleted...]
-        <v>1252</v>
+        <v>1240</v>
+      </c>
+      <c r="C474" s="2">
+        <v>167.49000000000001</v>
       </c>
       <c r="D474" s="2">
-        <v>140.53999999999999</v>
+        <v>208.87</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" s="2" t="s">
-        <v>1253</v>
+        <v>1241</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>1254</v>
+        <v>1242</v>
       </c>
       <c r="C475" s="2">
-        <v>501.66000000000003</v>
+        <v>44.1</v>
       </c>
       <c r="D475" s="2">
-        <v>141.31999999999999</v>
+        <v>209.13</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" s="2" t="s">
-        <v>1255</v>
+        <v>1243</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>1256</v>
-[...2 lines deleted...]
-        <v>1257</v>
+        <v>1244</v>
+      </c>
+      <c r="C476" s="2">
+        <v>0.51</v>
       </c>
       <c r="D476" s="2">
-        <v>142.75</v>
+        <v>209.43000000000001</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" s="2" t="s">
-        <v>1258</v>
+        <v>1245</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>1259</v>
+        <v>1246</v>
       </c>
       <c r="C477" s="2">
-        <v>6.67</v>
+        <v>0.3</v>
       </c>
       <c r="D477" s="2">
-        <v>144.46000000000001</v>
+        <v>209.63</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" s="2" t="s">
-        <v>1260</v>
+        <v>1247</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1261</v>
+        <v>1248</v>
       </c>
       <c r="C478" s="2">
-        <v>678.96000000000004</v>
+        <v>46.52</v>
       </c>
       <c r="D478" s="2">
-        <v>145.0</v>
+        <v>209.71000000000001</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" s="2" t="s">
-        <v>1262</v>
+        <v>1249</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1263</v>
+        <v>1250</v>
       </c>
       <c r="C479" s="2">
-        <v>0.0</v>
+        <v>10.51</v>
       </c>
       <c r="D479" s="2">
-        <v>145.99000000000001</v>
+        <v>209.99000000000001</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" s="2" t="s">
-        <v>1264</v>
+        <v>1251</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>1265</v>
+        <v>1252</v>
       </c>
       <c r="C480" s="2">
-        <v>754.78999999999996</v>
+        <v>0.0</v>
       </c>
       <c r="D480" s="2">
-        <v>146.38999999999999</v>
+        <v>210.060000000000002</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" s="2" t="s">
-        <v>1266</v>
+        <v>1253</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>1267</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>1254</v>
+      </c>
+      <c r="C481" s="2">
+        <v>0.0</v>
       </c>
       <c r="D481" s="2">
-        <v>146.55000000000001</v>
+        <v>210.069999999999993</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" s="2" t="s">
-        <v>1269</v>
+        <v>1255</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>1270</v>
-[...2 lines deleted...]
-        <v>130.72999999999999</v>
+        <v>1256</v>
+      </c>
+      <c r="C482" s="2" t="s">
+        <v>1257</v>
       </c>
       <c r="D482" s="2">
-        <v>147.66</v>
+        <v>210.21000000000001</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" s="2" t="s">
-        <v>1271</v>
+        <v>1258</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>1272</v>
-[...2 lines deleted...]
-        <v>1273</v>
+        <v>1259</v>
+      </c>
+      <c r="C483" s="2">
+        <v>0.0</v>
       </c>
       <c r="D483" s="2">
-        <v>147.75999999999999</v>
+        <v>210.99000000000001</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" s="2" t="s">
-        <v>1274</v>
+        <v>1260</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>1276</v>
+        <v>1261</v>
+      </c>
+      <c r="C484" s="2">
+        <v>0.0</v>
       </c>
       <c r="D484" s="2">
-        <v>148.34999999999999</v>
+        <v>211.22999999999999</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" s="2" t="s">
-        <v>1277</v>
+        <v>1262</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>1278</v>
-[...2 lines deleted...]
-        <v>1279</v>
+        <v>1263</v>
+      </c>
+      <c r="C485" s="2">
+        <v>9.38</v>
       </c>
       <c r="D485" s="2">
-        <v>150.19999999999999</v>
+        <v>211.28</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" s="2" t="s">
-        <v>1280</v>
+        <v>1264</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>1281</v>
+        <v>1265</v>
       </c>
       <c r="C486" s="2">
-        <v>809.90999999999997</v>
+        <v>0.28</v>
       </c>
       <c r="D486" s="2">
-        <v>150.34999999999999</v>
+        <v>211.47999999999999</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" s="2" t="s">
-        <v>1282</v>
+        <v>1266</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>1283</v>
+        <v>1267</v>
       </c>
       <c r="C487" s="2">
-        <v>80.61</v>
+        <v>0.07</v>
       </c>
       <c r="D487" s="2">
-        <v>150.47999999999999</v>
+        <v>211.50999999999999</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" s="2" t="s">
-        <v>1284</v>
+        <v>1268</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>1285</v>
+        <v>1269</v>
       </c>
       <c r="C488" s="2">
-        <v>0.0</v>
+        <v>322.63999999999999</v>
       </c>
       <c r="D488" s="2">
-        <v>150.69</v>
+        <v>212.72</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" s="2" t="s">
-        <v>1286</v>
+        <v>1270</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>1287</v>
+        <v>1271</v>
       </c>
       <c r="C489" s="2">
-        <v>0.12</v>
+        <v>0.0</v>
       </c>
       <c r="D489" s="2">
-        <v>150.93000000000001</v>
+        <v>213.36000000000001</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" s="2" t="s">
-        <v>1288</v>
+        <v>1272</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>1289</v>
-[...2 lines deleted...]
-        <v>1290</v>
+        <v>1273</v>
+      </c>
+      <c r="C490" s="2">
+        <v>10.13</v>
       </c>
       <c r="D490" s="2">
-        <v>151.050000000000011</v>
+        <v>213.47999999999999</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" s="2" t="s">
-        <v>1291</v>
+        <v>1274</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>1292</v>
-[...2 lines deleted...]
-        <v>1293</v>
+        <v>1275</v>
+      </c>
+      <c r="C491" s="2">
+        <v>6.61</v>
       </c>
       <c r="D491" s="2">
-        <v>152.46000000000001</v>
+        <v>213.53</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" s="2" t="s">
-        <v>1294</v>
+        <v>1276</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>1295</v>
-[...2 lines deleted...]
-        <v>1296</v>
+        <v>1277</v>
+      </c>
+      <c r="C492" s="2">
+        <v>2.47</v>
       </c>
       <c r="D492" s="2">
-        <v>152.88</v>
+        <v>214.0099999999999909</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" s="2" t="s">
-        <v>1297</v>
+        <v>1278</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>1298</v>
-[...2 lines deleted...]
-        <v>1299</v>
+        <v>1279</v>
+      </c>
+      <c r="C493" s="2">
+        <v>2.89</v>
       </c>
       <c r="D493" s="2">
-        <v>152.91</v>
+        <v>214.68000000000001</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" s="2" t="s">
-        <v>1300</v>
+        <v>1280</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>1301</v>
-[...2 lines deleted...]
-        <v>1302</v>
+        <v>1281</v>
+      </c>
+      <c r="C494" s="2">
+        <v>2.29</v>
       </c>
       <c r="D494" s="2">
-        <v>153.099999999999994</v>
+        <v>214.78</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" s="2" t="s">
-        <v>1303</v>
+        <v>1282</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>1304</v>
+        <v>1283</v>
       </c>
       <c r="C495" s="2">
-        <v>0.02</v>
+        <v>2.19</v>
       </c>
       <c r="D495" s="2">
-        <v>153.72</v>
+        <v>214.96000000000001</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" s="2" t="s">
-        <v>1305</v>
+        <v>1284</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>1307</v>
+        <v>1285</v>
+      </c>
+      <c r="C496" s="2">
+        <v>0.0</v>
       </c>
       <c r="D496" s="2">
-        <v>153.96000000000001</v>
+        <v>215.0099999999999909</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" s="2" t="s">
-        <v>1308</v>
+        <v>1286</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-        <v>1310</v>
+        <v>1287</v>
+      </c>
+      <c r="C497" s="2">
+        <v>0.96</v>
       </c>
       <c r="D497" s="2">
-        <v>154.5</v>
+        <v>215.30000000000001</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" s="2" t="s">
-        <v>1311</v>
+        <v>1288</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>1312</v>
+        <v>1289</v>
       </c>
       <c r="C498" s="2">
-        <v>48.14</v>
+        <v>0.17</v>
       </c>
       <c r="D498" s="2">
-        <v>154.59999999999999</v>
+        <v>215.52000000000001</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" s="2" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>1314</v>
+        <v>1291</v>
       </c>
       <c r="C499" s="2">
-        <v>0.0</v>
+        <v>0.17</v>
       </c>
       <c r="D499" s="2">
-        <v>155.53999999999999</v>
+        <v>216.36000000000001</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" s="2" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-        <v>1317</v>
+        <v>1293</v>
+      </c>
+      <c r="C500" s="2">
+        <v>7.67</v>
       </c>
       <c r="D500" s="2">
-        <v>155.93000000000001</v>
+        <v>216.61000000000001</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" s="2" t="s">
-        <v>1318</v>
+        <v>1294</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>1319</v>
+        <v>1295</v>
       </c>
       <c r="C501" s="2">
-        <v>452.72000000000003</v>
+        <v>0.0</v>
       </c>
       <c r="D501" s="2">
-        <v>156.37</v>
+        <v>217.62</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" s="2" t="s">
-        <v>1320</v>
+        <v>1296</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>1321</v>
-[...2 lines deleted...]
-        <v>1322</v>
+        <v>1297</v>
+      </c>
+      <c r="C502" s="2">
+        <v>201.0099999999999909</v>
       </c>
       <c r="D502" s="2">
-        <v>159.19999999999999</v>
+        <v>218.50999999999999</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" s="2" t="s">
-        <v>1323</v>
+        <v>1298</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>1324</v>
+        <v>1299</v>
       </c>
       <c r="C503" s="2">
-        <v>0.0</v>
+        <v>7.03</v>
       </c>
       <c r="D503" s="2">
-        <v>161.75</v>
+        <v>219.11000000000001</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" s="2" t="s">
-        <v>1325</v>
+        <v>1300</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>1326</v>
+        <v>1301</v>
       </c>
       <c r="C504" s="2">
-        <v>0.09</v>
+        <v>7.68</v>
       </c>
       <c r="D504" s="2">
-        <v>163.41</v>
+        <v>219.33000000000001</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" s="2" t="s">
-        <v>1327</v>
+        <v>1302</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>1303</v>
+      </c>
+      <c r="C505" s="2">
+        <v>7.7</v>
       </c>
       <c r="D505" s="2">
-        <v>164.27000000000001</v>
+        <v>220.96000000000001</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" s="2" t="s">
-        <v>1329</v>
+        <v>1304</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-        <v>1331</v>
+        <v>1305</v>
+      </c>
+      <c r="C506" s="2">
+        <v>7.69</v>
       </c>
       <c r="D506" s="2">
-        <v>168.02000000000001</v>
+        <v>221.12</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" s="2" t="s">
-        <v>1332</v>
+        <v>1306</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>1333</v>
+        <v>1307</v>
       </c>
       <c r="C507" s="2">
-        <v>0.0</v>
+        <v>8.61</v>
       </c>
       <c r="D507" s="2">
-        <v>169.56999999999999</v>
+        <v>221.36000000000001</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" s="2" t="s">
-        <v>1334</v>
+        <v>1308</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>1335</v>
+        <v>1309</v>
       </c>
       <c r="C508" s="2">
-        <v>68.0</v>
+        <v>5.34</v>
       </c>
       <c r="D508" s="2">
-        <v>170.56999999999999</v>
+        <v>221.44999999999999</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" s="2" t="s">
-        <v>1336</v>
+        <v>1310</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>1337</v>
+        <v>1311</v>
       </c>
       <c r="C509" s="2">
-        <v>0.0</v>
+        <v>5.09</v>
       </c>
       <c r="D509" s="2">
-        <v>171.94</v>
+        <v>221.46000000000001</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" s="2" t="s">
-        <v>1338</v>
+        <v>1312</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>1339</v>
+        <v>1313</v>
       </c>
       <c r="C510" s="2">
-        <v>10.8</v>
+        <v>5.34</v>
       </c>
       <c r="D510" s="2">
-        <v>172.65000000000001</v>
+        <v>221.50999999999999</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" s="2" t="s">
-        <v>1340</v>
+        <v>1314</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>1341</v>
+        <v>1315</v>
       </c>
       <c r="C511" s="2">
-        <v>535.86000000000001</v>
+        <v>7.67</v>
       </c>
       <c r="D511" s="2">
-        <v>173.090000000000003</v>
+        <v>221.59999999999999</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" s="2" t="s">
-        <v>1342</v>
+        <v>1316</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>1343</v>
-[...2 lines deleted...]
-        <v>1344</v>
+        <v>1317</v>
+      </c>
+      <c r="C512" s="2">
+        <v>7.53</v>
       </c>
       <c r="D512" s="2">
-        <v>173.72</v>
+        <v>222.13</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" s="2" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="B513" s="2" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>0.1</v>
+        <v>1319</v>
+      </c>
+      <c r="C513" s="2" t="s">
+        <v>1320</v>
       </c>
       <c r="D513" s="2">
-        <v>174.039999999999992</v>
+        <v>222.19</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" s="2" t="s">
-        <v>1347</v>
+        <v>1321</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>1348</v>
+        <v>1322</v>
       </c>
       <c r="C514" s="2">
-        <v>0.74</v>
+        <v>7.6</v>
       </c>
       <c r="D514" s="2">
-        <v>174.30000000000001</v>
+        <v>222.25</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" s="2" t="s">
-        <v>1349</v>
+        <v>1323</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>1350</v>
-[...2 lines deleted...]
-        <v>1351</v>
+        <v>1324</v>
+      </c>
+      <c r="C515" s="2">
+        <v>0.17</v>
       </c>
       <c r="D515" s="2">
-        <v>174.62</v>
+        <v>222.71000000000001</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" s="2" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>1353</v>
+        <v>1326</v>
       </c>
       <c r="C516" s="2">
-        <v>2.28</v>
+        <v>7.42</v>
       </c>
       <c r="D516" s="2">
-        <v>174.66</v>
+        <v>223.69</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" s="2" t="s">
-        <v>1354</v>
+        <v>1327</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>1355</v>
+        <v>1328</v>
       </c>
       <c r="C517" s="2">
-        <v>12.29</v>
+        <v>412.63</v>
       </c>
       <c r="D517" s="2">
-        <v>177.22</v>
+        <v>224.66999999999999</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" s="2" t="s">
-        <v>1356</v>
+        <v>1329</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>1357</v>
+        <v>1330</v>
       </c>
       <c r="C518" s="2">
-        <v>0.83</v>
+        <v>0.67</v>
       </c>
       <c r="D518" s="2">
-        <v>177.61000000000001</v>
+        <v>224.75</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" s="2" t="s">
-        <v>1358</v>
+        <v>1331</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>1359</v>
+        <v>1332</v>
       </c>
       <c r="C519" s="2">
-        <v>0.92</v>
+        <v>7.5</v>
       </c>
       <c r="D519" s="2">
-        <v>177.77000000000001</v>
+        <v>225.31999999999999</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" s="2" t="s">
-        <v>1360</v>
+        <v>1333</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>1361</v>
-[...2 lines deleted...]
-        <v>9.37</v>
+        <v>1334</v>
+      </c>
+      <c r="C520" s="2" t="s">
+        <v>1335</v>
       </c>
       <c r="D520" s="2">
-        <v>179.0099999999999909</v>
+        <v>225.44999999999999</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" s="2" t="s">
-        <v>1362</v>
+        <v>1336</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>1363</v>
-[...2 lines deleted...]
-        <v>1364</v>
+        <v>1337</v>
+      </c>
+      <c r="C521" s="2">
+        <v>159.91999999999999</v>
       </c>
       <c r="D521" s="2">
-        <v>179.63</v>
+        <v>225.91</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" s="2" t="s">
-        <v>1365</v>
+        <v>1338</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>1366</v>
+        <v>1339</v>
       </c>
       <c r="C522" s="2">
-        <v>0.0</v>
+        <v>554.33000000000004</v>
       </c>
       <c r="D522" s="2">
-        <v>181.16999999999999</v>
+        <v>227.069999999999993</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" s="2" t="s">
-        <v>1367</v>
+        <v>1340</v>
       </c>
       <c r="B523" s="2" t="s">
-        <v>1368</v>
-[...2 lines deleted...]
-        <v>1369</v>
+        <v>1341</v>
+      </c>
+      <c r="C523" s="2">
+        <v>1.95</v>
       </c>
       <c r="D523" s="2">
-        <v>181.34999999999999</v>
+        <v>227.16</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" s="2" t="s">
-        <v>1370</v>
+        <v>1342</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>1371</v>
+        <v>1343</v>
       </c>
       <c r="C524" s="2">
-        <v>5.6</v>
+        <v>508.67000000000002</v>
       </c>
       <c r="D524" s="2">
-        <v>181.46000000000001</v>
+        <v>227.19</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" s="2" t="s">
-        <v>1372</v>
+        <v>1344</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>1373</v>
+        <v>1345</v>
       </c>
       <c r="C525" s="2">
-        <v>21.63</v>
+        <v>509.33999999999997</v>
       </c>
       <c r="D525" s="2">
-        <v>181.78</v>
+        <v>227.31999999999999</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" s="2" t="s">
-        <v>1374</v>
+        <v>1346</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>1375</v>
-[...2 lines deleted...]
-        <v>1376</v>
+        <v>1347</v>
+      </c>
+      <c r="C526" s="2">
+        <v>10.5</v>
       </c>
       <c r="D526" s="2">
-        <v>181.84</v>
+        <v>228.18000000000001</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" s="2" t="s">
-        <v>1377</v>
+        <v>1348</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>1378</v>
+        <v>1349</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1379</v>
+        <v>1350</v>
       </c>
       <c r="D527" s="2">
-        <v>182.50999999999999</v>
+        <v>228.65000000000001</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" s="2" t="s">
-        <v>1380</v>
+        <v>1351</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-        <v>1382</v>
+        <v>1352</v>
+      </c>
+      <c r="C528" s="2">
+        <v>7.4</v>
       </c>
       <c r="D528" s="2">
-        <v>182.63999999999999</v>
+        <v>228.94999999999999</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" s="2" t="s">
-        <v>1383</v>
+        <v>1353</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>1384</v>
-[...2 lines deleted...]
-        <v>1385</v>
+        <v>1354</v>
+      </c>
+      <c r="C529" s="2">
+        <v>270.93000000000001</v>
       </c>
       <c r="D529" s="2">
-        <v>182.78999999999999</v>
+        <v>229.039999999999992</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" s="2" t="s">
-        <v>1386</v>
+        <v>1355</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>1387</v>
+        <v>1356</v>
       </c>
       <c r="C530" s="2">
-        <v>0.0</v>
+        <v>7.94</v>
       </c>
       <c r="D530" s="2">
-        <v>182.86000000000001</v>
+        <v>229.34</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" s="2" t="s">
-        <v>1388</v>
+        <v>1357</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>1389</v>
+        <v>1358</v>
       </c>
       <c r="C531" s="2">
-        <v>66.38</v>
+        <v>493.93000000000001</v>
       </c>
       <c r="D531" s="2">
-        <v>183.99000000000001</v>
+        <v>230.039999999999992</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" s="2" t="s">
-        <v>1390</v>
+        <v>1359</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>1391</v>
+        <v>1360</v>
       </c>
       <c r="C532" s="2">
-        <v>12.74</v>
+        <v>7.95</v>
       </c>
       <c r="D532" s="2">
-        <v>184.34999999999999</v>
+        <v>230.22</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" s="2" t="s">
-        <v>1392</v>
+        <v>1361</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>1393</v>
+        <v>1362</v>
       </c>
       <c r="C533" s="2">
-        <v>994.92999999999995</v>
+        <v>496.079999999999984</v>
       </c>
       <c r="D533" s="2">
-        <v>184.84</v>
+        <v>230.56</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" s="2" t="s">
-        <v>1394</v>
+        <v>1363</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>1395</v>
+        <v>1364</v>
       </c>
       <c r="C534" s="2">
-        <v>10.0</v>
+        <v>6.62</v>
       </c>
       <c r="D534" s="2">
-        <v>185.41</v>
+        <v>230.77000000000001</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" s="2" t="s">
-        <v>1396</v>
+        <v>1365</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-        <v>1398</v>
+        <v>1366</v>
+      </c>
+      <c r="C535" s="2">
+        <v>34.92</v>
       </c>
       <c r="D535" s="2">
-        <v>185.66</v>
+        <v>230.96000000000001</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" s="2" t="s">
-        <v>1399</v>
+        <v>1367</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>1400</v>
+        <v>1368</v>
       </c>
       <c r="C536" s="2">
-        <v>100.37</v>
+        <v>74.11</v>
       </c>
       <c r="D536" s="2">
-        <v>185.78999999999999</v>
+        <v>232.38999999999999</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" s="2" t="s">
-        <v>1401</v>
+        <v>1369</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>1402</v>
-[...2 lines deleted...]
-        <v>1310</v>
+        <v>1370</v>
+      </c>
+      <c r="C537" s="2">
+        <v>505.50999999999999</v>
       </c>
       <c r="D537" s="2">
-        <v>186.77000000000001</v>
+        <v>232.78999999999999</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="2" t="s">
-        <v>1403</v>
+        <v>1371</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>1404</v>
+        <v>1372</v>
       </c>
       <c r="C538" s="2">
-        <v>6.57</v>
+        <v>509.73000000000002</v>
       </c>
       <c r="D538" s="2">
-        <v>187.0</v>
+        <v>233.21000000000001</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" s="2" t="s">
-        <v>1405</v>
+        <v>1373</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>1406</v>
-[...2 lines deleted...]
-        <v>6.57</v>
+        <v>1374</v>
+      </c>
+      <c r="C539" s="2" t="s">
+        <v>1375</v>
       </c>
       <c r="D539" s="2">
-        <v>187.039999999999992</v>
+        <v>233.47</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" s="2" t="s">
-        <v>1407</v>
+        <v>1376</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>1408</v>
-[...2 lines deleted...]
-        <v>1409</v>
+        <v>1377</v>
+      </c>
+      <c r="C540" s="2">
+        <v>6.43</v>
       </c>
       <c r="D540" s="2">
-        <v>187.19</v>
+        <v>233.55000000000001</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" s="2" t="s">
-        <v>1410</v>
+        <v>1378</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>1411</v>
+        <v>1379</v>
       </c>
       <c r="C541" s="2">
-        <v>3.17</v>
+        <v>511.67000000000002</v>
       </c>
       <c r="D541" s="2">
-        <v>187.47</v>
+        <v>234.25999999999999</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" s="2" t="s">
-        <v>1412</v>
+        <v>1380</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>1413</v>
+        <v>1381</v>
       </c>
       <c r="C542" s="2">
-        <v>54.009999999999998</v>
+        <v>4.86</v>
       </c>
       <c r="D542" s="2">
-        <v>187.72</v>
+        <v>234.53999999999999</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" s="2" t="s">
-        <v>1414</v>
+        <v>1382</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-        <v>0.12</v>
+        <v>1383</v>
+      </c>
+      <c r="C543" s="2" t="s">
+        <v>1384</v>
       </c>
       <c r="D543" s="2">
-        <v>187.88</v>
+        <v>234.68000000000001</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" s="2" t="s">
-        <v>1416</v>
+        <v>1385</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1386</v>
+      </c>
+      <c r="C544" s="2" t="s">
+        <v>1387</v>
       </c>
       <c r="D544" s="2">
-        <v>188.25</v>
+        <v>234.78999999999999</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" s="2" t="s">
-        <v>1418</v>
+        <v>1388</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>1419</v>
+        <v>1389</v>
       </c>
       <c r="C545" s="2">
-        <v>0.12</v>
+        <v>569.89999999999998</v>
       </c>
       <c r="D545" s="2">
-        <v>189.52000000000001</v>
+        <v>235.090000000000003</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" s="2" t="s">
-        <v>1420</v>
+        <v>1390</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-        <v>1422</v>
+        <v>1391</v>
+      </c>
+      <c r="C546" s="2">
+        <v>517.059999999999945</v>
       </c>
       <c r="D546" s="2">
-        <v>190.0</v>
+        <v>235.61000000000001</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" s="2" t="s">
-        <v>1423</v>
+        <v>1392</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>1424</v>
-[...2 lines deleted...]
-        <v>10.0099999999999998</v>
+        <v>1393</v>
+      </c>
+      <c r="C547" s="2" t="s">
+        <v>1394</v>
       </c>
       <c r="D547" s="2">
-        <v>190.78</v>
+        <v>236.69999999999999</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" s="2" t="s">
-        <v>1425</v>
+        <v>1395</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>1426</v>
-[...2 lines deleted...]
-        <v>1427</v>
+        <v>1396</v>
+      </c>
+      <c r="C548" s="2">
+        <v>16.18</v>
       </c>
       <c r="D548" s="2">
-        <v>190.99000000000001</v>
+        <v>236.72</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" s="2" t="s">
-        <v>1428</v>
+        <v>1397</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>1429</v>
+        <v>1398</v>
       </c>
       <c r="C549" s="2">
-        <v>6.19</v>
+        <v>452.029999999999973</v>
       </c>
       <c r="D549" s="2">
-        <v>191.31</v>
+        <v>239.22999999999999</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" s="2" t="s">
-        <v>1430</v>
+        <v>1399</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>1431</v>
+        <v>1400</v>
       </c>
       <c r="C550" s="2">
-        <v>11.0099999999999998</v>
+        <v>968.10000000000002</v>
       </c>
       <c r="D550" s="2">
-        <v>191.53</v>
+        <v>239.91</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" s="2" t="s">
-        <v>1432</v>
+        <v>1401</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>1433</v>
-[...2 lines deleted...]
-        <v>0.81</v>
+        <v>1402</v>
+      </c>
+      <c r="C551" s="2" t="s">
+        <v>1403</v>
       </c>
       <c r="D551" s="2">
-        <v>191.68000000000001</v>
+        <v>240.99000000000001</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" s="2" t="s">
-        <v>1434</v>
+        <v>1404</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>1435</v>
+        <v>1405</v>
       </c>
       <c r="C552" s="2">
-        <v>21.48</v>
+        <v>5.18</v>
       </c>
       <c r="D552" s="2">
-        <v>191.84</v>
+        <v>241.25</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" s="2" t="s">
-        <v>1436</v>
+        <v>1406</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>1437</v>
+        <v>1407</v>
       </c>
       <c r="C553" s="2">
-        <v>71.11</v>
+        <v>7.84</v>
       </c>
       <c r="D553" s="2">
-        <v>192.21000000000001</v>
+        <v>241.34</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" s="2" t="s">
-        <v>1438</v>
+        <v>1408</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>1439</v>
+        <v>1409</v>
       </c>
       <c r="C554" s="2">
-        <v>79.0</v>
+        <v>5.81</v>
       </c>
       <c r="D554" s="2">
-        <v>192.25</v>
+        <v>241.69999999999999</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" s="2" t="s">
-        <v>1440</v>
+        <v>1410</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>1441</v>
+        <v>1411</v>
       </c>
       <c r="C555" s="2">
-        <v>11.71</v>
+        <v>10.87</v>
       </c>
       <c r="D555" s="2">
-        <v>192.63</v>
+        <v>241.83000000000001</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" s="2" t="s">
-        <v>1442</v>
+        <v>1412</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>1443</v>
+        <v>1413</v>
       </c>
       <c r="C556" s="2">
-        <v>1.15</v>
+        <v>13.87</v>
       </c>
       <c r="D556" s="2">
-        <v>192.94</v>
+        <v>241.91999999999999</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" s="2" t="s">
-        <v>1444</v>
+        <v>1414</v>
       </c>
       <c r="B557" s="2" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>0.12</v>
+        <v>1415</v>
+      </c>
+      <c r="C557" s="2" t="s">
+        <v>1416</v>
       </c>
       <c r="D557" s="2">
-        <v>193.0099999999999909</v>
+        <v>242.12</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" s="2" t="s">
-        <v>1446</v>
+        <v>1417</v>
       </c>
       <c r="B558" s="2" t="s">
-        <v>1447</v>
+        <v>1418</v>
       </c>
       <c r="C558" s="2">
-        <v>0.0</v>
+        <v>34.72</v>
       </c>
       <c r="D558" s="2">
-        <v>193.65000000000001</v>
+        <v>242.19999999999999</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" s="2" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>1449</v>
+        <v>1420</v>
       </c>
       <c r="C559" s="2">
-        <v>0.0</v>
+        <v>8.23</v>
       </c>
       <c r="D559" s="2">
-        <v>193.83000000000001</v>
+        <v>242.28999999999999</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" s="2" t="s">
-        <v>1450</v>
+        <v>1421</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>1451</v>
+        <v>1422</v>
       </c>
       <c r="C560" s="2">
-        <v>0.13</v>
+        <v>22.64</v>
       </c>
       <c r="D560" s="2">
-        <v>194.31999999999999</v>
+        <v>242.94</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" s="2" t="s">
-        <v>1452</v>
+        <v>1423</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>1453</v>
+        <v>1424</v>
       </c>
       <c r="C561" s="2">
-        <v>0.13</v>
+        <v>7.84</v>
       </c>
       <c r="D561" s="2">
-        <v>194.83000000000001</v>
+        <v>243.0</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" s="2" t="s">
-        <v>1454</v>
+        <v>1425</v>
       </c>
       <c r="B562" s="2" t="s">
-        <v>1455</v>
-[...2 lines deleted...]
-        <v>0.13</v>
+        <v>1426</v>
+      </c>
+      <c r="C562" s="2" t="s">
+        <v>1427</v>
       </c>
       <c r="D562" s="2">
-        <v>194.97999999999999</v>
+        <v>243.30000000000001</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" s="2" t="s">
-        <v>1456</v>
+        <v>1428</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>1457</v>
+        <v>1429</v>
       </c>
       <c r="C563" s="2">
-        <v>0.23</v>
+        <v>2.78</v>
       </c>
       <c r="D563" s="2">
-        <v>195.21000000000001</v>
+        <v>243.44999999999999</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" s="2" t="s">
-        <v>1458</v>
+        <v>1430</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>1459</v>
+        <v>1431</v>
       </c>
       <c r="C564" s="2">
-        <v>11.029999999999999</v>
+        <v>10.84</v>
       </c>
       <c r="D564" s="2">
-        <v>195.59</v>
+        <v>243.52000000000001</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" s="2" t="s">
-        <v>1460</v>
+        <v>1432</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>1461</v>
+        <v>1433</v>
       </c>
       <c r="C565" s="2">
-        <v>0.0</v>
+        <v>755.55999999999995</v>
       </c>
       <c r="D565" s="2">
-        <v>195.87</v>
+        <v>243.53999999999999</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" s="2" t="s">
-        <v>1462</v>
+        <v>1434</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-        <v>1464</v>
+        <v>1435</v>
+      </c>
+      <c r="C566" s="2">
+        <v>755.83000000000004</v>
       </c>
       <c r="D566" s="2">
-        <v>195.96000000000001</v>
+        <v>243.58000000000001</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" s="2" t="s">
-        <v>1465</v>
+        <v>1436</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>1466</v>
-[...2 lines deleted...]
-        <v>1467</v>
+        <v>1437</v>
+      </c>
+      <c r="C567" s="2">
+        <v>4.84</v>
       </c>
       <c r="D567" s="2">
-        <v>196.080000000000013</v>
+        <v>243.80000000000001</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" s="2" t="s">
-        <v>1468</v>
+        <v>1438</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>1469</v>
-[...2 lines deleted...]
-        <v>1470</v>
+        <v>1439</v>
+      </c>
+      <c r="C568" s="2">
+        <v>8.52</v>
       </c>
       <c r="D568" s="2">
-        <v>196.13999999999999</v>
+        <v>244.21000000000001</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" s="2" t="s">
-        <v>1471</v>
+        <v>1440</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>1472</v>
-[...2 lines deleted...]
-        <v>11.24</v>
+        <v>1441</v>
+      </c>
+      <c r="C569" s="2" t="s">
+        <v>1442</v>
       </c>
       <c r="D569" s="2">
-        <v>196.28999999999999</v>
+        <v>244.28</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" s="2" t="s">
-        <v>1473</v>
+        <v>1443</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>1444</v>
+      </c>
+      <c r="C570" s="2">
+        <v>689.55999999999995</v>
       </c>
       <c r="D570" s="2">
-        <v>197.22999999999999</v>
+        <v>244.28999999999999</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" s="2" t="s">
-        <v>1476</v>
+        <v>1445</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>1477</v>
+        <v>1446</v>
       </c>
       <c r="C571" s="2">
-        <v>0.49</v>
+        <v>735.72000000000003</v>
       </c>
       <c r="D571" s="2">
-        <v>197.33000000000001</v>
+        <v>244.36000000000001</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" s="2" t="s">
-        <v>1478</v>
+        <v>1447</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1479</v>
-[...2 lines deleted...]
-        <v>5.65</v>
+        <v>1448</v>
+      </c>
+      <c r="C572" s="2" t="s">
+        <v>1449</v>
       </c>
       <c r="D572" s="2">
-        <v>197.43000000000001</v>
+        <v>244.38</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" s="2" t="s">
-        <v>1480</v>
+        <v>1450</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1481</v>
+        <v>1451</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1482</v>
+        <v>1452</v>
       </c>
       <c r="D573" s="2">
-        <v>197.62</v>
+        <v>244.38</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" s="2" t="s">
-        <v>1483</v>
+        <v>1453</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1484</v>
+        <v>1454</v>
       </c>
       <c r="C574" s="2">
-        <v>0.0</v>
+        <v>819.039999999999964</v>
       </c>
       <c r="D574" s="2">
-        <v>197.83000000000001</v>
+        <v>244.38999999999999</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" s="2" t="s">
-        <v>1485</v>
+        <v>1455</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1486</v>
-[...2 lines deleted...]
-        <v>0.99</v>
+        <v>1456</v>
+      </c>
+      <c r="C575" s="2" t="s">
+        <v>1457</v>
       </c>
       <c r="D575" s="2">
-        <v>199.099999999999994</v>
+        <v>244.66999999999999</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" s="2" t="s">
-        <v>1487</v>
+        <v>1458</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1488</v>
+        <v>1459</v>
       </c>
       <c r="C576" s="2">
-        <v>93.81</v>
+        <v>2.53</v>
       </c>
       <c r="D576" s="2">
-        <v>199.19</v>
+        <v>244.75999999999999</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" s="2" t="s">
-        <v>1489</v>
+        <v>1460</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1490</v>
+        <v>1461</v>
       </c>
       <c r="C577" s="2">
-        <v>9.77</v>
+        <v>2.53</v>
       </c>
       <c r="D577" s="2">
-        <v>199.34</v>
+        <v>244.86000000000001</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" s="2" t="s">
-        <v>1491</v>
+        <v>1462</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="C578" s="2">
-        <v>58.35</v>
+        <v>2.53</v>
       </c>
       <c r="D578" s="2">
-        <v>199.77000000000001</v>
+        <v>244.94999999999999</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" s="2" t="s">
-        <v>1493</v>
+        <v>1464</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-        <v>1495</v>
+        <v>1465</v>
+      </c>
+      <c r="C579" s="2">
+        <v>62.78</v>
       </c>
       <c r="D579" s="2">
-        <v>199.87</v>
+        <v>245.039999999999992</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" s="2" t="s">
-        <v>1496</v>
+        <v>1466</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>1497</v>
+        <v>1467</v>
       </c>
       <c r="C580" s="2">
-        <v>56.13</v>
+        <v>679.66999999999996</v>
       </c>
       <c r="D580" s="2">
-        <v>199.91999999999999</v>
+        <v>245.11000000000001</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" s="2" t="s">
-        <v>1498</v>
+        <v>1468</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>1499</v>
+        <v>1469</v>
       </c>
       <c r="C581" s="2">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="D581" s="2">
-        <v>199.93000000000001</v>
+        <v>245.88999999999999</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" s="2" t="s">
-        <v>1500</v>
+        <v>1470</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-        <v>1502</v>
+        <v>1471</v>
+      </c>
+      <c r="C582" s="2">
+        <v>664.17999999999995</v>
       </c>
       <c r="D582" s="2">
-        <v>200.0</v>
+        <v>246.02000000000001</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" s="2" t="s">
-        <v>1503</v>
+        <v>1472</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>1504</v>
-[...2 lines deleted...]
-        <v>1505</v>
+        <v>1473</v>
+      </c>
+      <c r="C583" s="2">
+        <v>0.22</v>
       </c>
       <c r="D583" s="2">
-        <v>200.0</v>
+        <v>246.69999999999999</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" s="2" t="s">
-        <v>1506</v>
+        <v>1474</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>1507</v>
+        <v>1475</v>
       </c>
       <c r="C584" s="2">
-        <v>962.12</v>
+        <v>663.34000000000003</v>
       </c>
       <c r="D584" s="2">
-        <v>200.33000000000001</v>
+        <v>246.74000000000001</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" s="2" t="s">
-        <v>1508</v>
+        <v>1476</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>1509</v>
+        <v>1477</v>
       </c>
       <c r="C585" s="2">
-        <v>54.13</v>
+        <v>17.62</v>
       </c>
       <c r="D585" s="2">
-        <v>200.47999999999999</v>
+        <v>247.52000000000001</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" s="2" t="s">
-        <v>1510</v>
+        <v>1478</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>1511</v>
+        <v>1479</v>
       </c>
       <c r="C586" s="2">
-        <v>30.78</v>
+        <v>51.44</v>
       </c>
       <c r="D586" s="2">
-        <v>202.66</v>
+        <v>247.63</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" s="2" t="s">
-        <v>1512</v>
+        <v>1480</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>1513</v>
+        <v>1481</v>
       </c>
       <c r="C587" s="2">
-        <v>30.47</v>
+        <v>0.0</v>
       </c>
       <c r="D587" s="2">
-        <v>202.71000000000001</v>
+        <v>247.69999999999999</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" s="2" t="s">
-        <v>1514</v>
+        <v>1482</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>1515</v>
-[...2 lines deleted...]
-        <v>30.16</v>
+        <v>1483</v>
+      </c>
+      <c r="C588" s="2" t="s">
+        <v>1484</v>
       </c>
       <c r="D588" s="2">
-        <v>202.75999999999999</v>
+        <v>248.68000000000001</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" s="2" t="s">
-        <v>1516</v>
+        <v>1485</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>1517</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1486</v>
+      </c>
+      <c r="C589" s="2" t="s">
+        <v>1487</v>
       </c>
       <c r="D589" s="2">
-        <v>203.66999999999999</v>
+        <v>248.88999999999999</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" s="2" t="s">
-        <v>1518</v>
+        <v>1488</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>1519</v>
+        <v>1489</v>
       </c>
       <c r="C590" s="2">
-        <v>2.32</v>
+        <v>2.21</v>
       </c>
       <c r="D590" s="2">
-        <v>204.33000000000001</v>
+        <v>249.28999999999999</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" s="2" t="s">
-        <v>1520</v>
+        <v>1490</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>1521</v>
-[...2 lines deleted...]
-        <v>2.59</v>
+        <v>1491</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>1492</v>
       </c>
       <c r="D591" s="2">
-        <v>205.090000000000003</v>
+        <v>249.31999999999999</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" s="2" t="s">
-        <v>1522</v>
+        <v>1493</v>
       </c>
       <c r="B592" s="2" t="s">
-        <v>1523</v>
+        <v>1494</v>
       </c>
       <c r="C592" s="2">
-        <v>44.87</v>
+        <v>379.04000000000002</v>
       </c>
       <c r="D592" s="2">
-        <v>205.93000000000001</v>
+        <v>249.41999999999999</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" s="2" t="s">
-        <v>1524</v>
+        <v>1495</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>1525</v>
-[...2 lines deleted...]
-        <v>0.81</v>
+        <v>1496</v>
+      </c>
+      <c r="C593" s="2" t="s">
+        <v>1497</v>
       </c>
       <c r="D593" s="2">
-        <v>206.080000000000013</v>
+        <v>249.53</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" s="2" t="s">
-        <v>1526</v>
+        <v>1498</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>1527</v>
+        <v>1499</v>
       </c>
       <c r="C594" s="2">
-        <v>7.31</v>
+        <v>25.68</v>
       </c>
       <c r="D594" s="2">
-        <v>206.19</v>
+        <v>249.81</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" s="2" t="s">
-        <v>1528</v>
+        <v>1500</v>
       </c>
       <c r="B595" s="2" t="s">
-        <v>1529</v>
+        <v>1501</v>
       </c>
       <c r="C595" s="2">
-        <v>0.78</v>
+        <v>5.73</v>
       </c>
       <c r="D595" s="2">
-        <v>206.25999999999999</v>
+        <v>249.97</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" s="2" t="s">
-        <v>1530</v>
+        <v>1502</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>1531</v>
+        <v>1503</v>
       </c>
       <c r="C596" s="2">
-        <v>0.12</v>
+        <v>0.0</v>
       </c>
       <c r="D596" s="2">
-        <v>206.37</v>
+        <v>250.090000000000003</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" s="2" t="s">
-        <v>1532</v>
+        <v>1504</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>1533</v>
-[...2 lines deleted...]
-        <v>450.83999999999997</v>
+        <v>1505</v>
+      </c>
+      <c r="C597" s="2" t="s">
+        <v>1506</v>
       </c>
       <c r="D597" s="2">
-        <v>206.38999999999999</v>
+        <v>250.34999999999999</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" s="2" t="s">
-        <v>1534</v>
+        <v>1507</v>
       </c>
       <c r="B598" s="2" t="s">
-        <v>1535</v>
-[...2 lines deleted...]
-        <v>0.98</v>
+        <v>1508</v>
+      </c>
+      <c r="C598" s="2" t="s">
+        <v>1509</v>
       </c>
       <c r="D598" s="2">
-        <v>206.40000000000001</v>
+        <v>250.41</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" s="2" t="s">
-        <v>1536</v>
+        <v>1510</v>
       </c>
       <c r="B599" s="2" t="s">
-        <v>1537</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1511</v>
+      </c>
+      <c r="C599" s="2" t="s">
+        <v>1512</v>
       </c>
       <c r="D599" s="2">
-        <v>207.080000000000013</v>
+        <v>250.53999999999999</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" s="2" t="s">
-        <v>1538</v>
+        <v>1513</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>1539</v>
-[...2 lines deleted...]
-        <v>29.13</v>
+        <v>1514</v>
+      </c>
+      <c r="C600" s="2" t="s">
+        <v>1515</v>
       </c>
       <c r="D600" s="2">
-        <v>207.15000000000001</v>
+        <v>250.58000000000001</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" s="2" t="s">
-        <v>1540</v>
+        <v>1516</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>1541</v>
+        <v>1517</v>
       </c>
       <c r="C601" s="2">
-        <v>0.0</v>
+        <v>33.22</v>
       </c>
       <c r="D601" s="2">
-        <v>207.63999999999999</v>
+        <v>250.59999999999999</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" s="2" t="s">
-        <v>1542</v>
+        <v>1518</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>1543</v>
+        <v>1519</v>
       </c>
       <c r="C602" s="2">
-        <v>0.41</v>
+        <v>8.98</v>
       </c>
       <c r="D602" s="2">
-        <v>207.66</v>
+        <v>250.63</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" s="2" t="s">
-        <v>1544</v>
+        <v>1520</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>1545</v>
-[...2 lines deleted...]
-        <v>0.39</v>
+        <v>1521</v>
+      </c>
+      <c r="C603" s="2" t="s">
+        <v>1522</v>
       </c>
       <c r="D603" s="2">
-        <v>207.66</v>
+        <v>251.02000000000001</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" s="2" t="s">
-        <v>1546</v>
+        <v>1523</v>
       </c>
       <c r="B604" s="2" t="s">
-        <v>1547</v>
+        <v>1524</v>
       </c>
       <c r="C604" s="2">
-        <v>735.13</v>
+        <v>8.93</v>
       </c>
       <c r="D604" s="2">
-        <v>207.66</v>
+        <v>251.090000000000003</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" s="2" t="s">
-        <v>1548</v>
+        <v>1525</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-        <v>26.18</v>
+        <v>1526</v>
+      </c>
+      <c r="C605" s="2" t="s">
+        <v>1527</v>
       </c>
       <c r="D605" s="2">
-        <v>207.83000000000001</v>
+        <v>251.11000000000001</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" s="2" t="s">
-        <v>1550</v>
+        <v>1528</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>1551</v>
+        <v>1529</v>
       </c>
       <c r="C606" s="2">
-        <v>0.14</v>
+        <v>7.5</v>
       </c>
       <c r="D606" s="2">
-        <v>207.90000000000001</v>
+        <v>251.16999999999999</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" s="2" t="s">
-        <v>1552</v>
+        <v>1530</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>1553</v>
+        <v>1531</v>
       </c>
       <c r="C607" s="2">
-        <v>337.5</v>
+        <v>9.91</v>
       </c>
       <c r="D607" s="2">
-        <v>208.18000000000001</v>
+        <v>251.19999999999999</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" s="2" t="s">
-        <v>1554</v>
+        <v>1532</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>1555</v>
+        <v>1533</v>
       </c>
       <c r="C608" s="2">
-        <v>0.33</v>
+        <v>8.47</v>
       </c>
       <c r="D608" s="2">
-        <v>208.43000000000001</v>
+        <v>251.28999999999999</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" s="2" t="s">
-        <v>1556</v>
+        <v>1534</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>0.61</v>
+        <v>1535</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>1536</v>
       </c>
       <c r="D609" s="2">
-        <v>208.75</v>
+        <v>251.55000000000001</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" s="2" t="s">
-        <v>1558</v>
+        <v>1537</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>1559</v>
+        <v>1538</v>
       </c>
       <c r="C610" s="2">
-        <v>560.27999999999997</v>
+        <v>1.38</v>
       </c>
       <c r="D610" s="2">
-        <v>208.83000000000001</v>
+        <v>251.58000000000001</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" s="2" t="s">
-        <v>1560</v>
+        <v>1539</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-        <v>167.49000000000001</v>
+        <v>1540</v>
+      </c>
+      <c r="C611" s="2" t="s">
+        <v>1541</v>
       </c>
       <c r="D611" s="2">
-        <v>208.87</v>
+        <v>251.61000000000001</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" s="2" t="s">
-        <v>1562</v>
+        <v>1542</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>44.1</v>
+        <v>1543</v>
+      </c>
+      <c r="C612" s="2" t="s">
+        <v>1544</v>
       </c>
       <c r="D612" s="2">
-        <v>209.13</v>
+        <v>251.66999999999999</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" s="2" t="s">
-        <v>1564</v>
+        <v>1545</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>1565</v>
-[...2 lines deleted...]
-        <v>0.51</v>
+        <v>1546</v>
+      </c>
+      <c r="C613" s="2" t="s">
+        <v>1547</v>
       </c>
       <c r="D613" s="2">
-        <v>209.43000000000001</v>
+        <v>251.86000000000001</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" s="2" t="s">
-        <v>1566</v>
+        <v>1548</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>0.3</v>
+        <v>1549</v>
+      </c>
+      <c r="C614" s="2" t="s">
+        <v>1550</v>
       </c>
       <c r="D614" s="2">
-        <v>209.63</v>
+        <v>251.90000000000001</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" s="2" t="s">
-        <v>1568</v>
+        <v>1551</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>46.52</v>
+        <v>1552</v>
+      </c>
+      <c r="C615" s="2" t="s">
+        <v>1553</v>
       </c>
       <c r="D615" s="2">
-        <v>209.71000000000001</v>
+        <v>252.40000000000001</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" s="2" t="s">
-        <v>1570</v>
+        <v>1554</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>1571</v>
+        <v>1555</v>
       </c>
       <c r="C616" s="2">
-        <v>10.51</v>
+        <v>7.73</v>
       </c>
       <c r="D616" s="2">
-        <v>209.99000000000001</v>
+        <v>252.44999999999999</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" s="2" t="s">
-        <v>1572</v>
+        <v>1556</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>1573</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1557</v>
+      </c>
+      <c r="C617" s="2" t="s">
+        <v>1558</v>
       </c>
       <c r="D617" s="2">
-        <v>210.060000000000002</v>
+        <v>252.59</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" s="2" t="s">
-        <v>1574</v>
+        <v>1559</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>1575</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1560</v>
+      </c>
+      <c r="C618" s="2" t="s">
+        <v>1561</v>
       </c>
       <c r="D618" s="2">
-        <v>210.069999999999993</v>
+        <v>252.97</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" s="2" t="s">
-        <v>1576</v>
+        <v>1562</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>1577</v>
-[...2 lines deleted...]
-        <v>1578</v>
+        <v>1563</v>
+      </c>
+      <c r="C619" s="2">
+        <v>0.03</v>
       </c>
       <c r="D619" s="2">
-        <v>210.21000000000001</v>
+        <v>253.18000000000001</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" s="2" t="s">
-        <v>1579</v>
+        <v>1564</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>1580</v>
-[...2 lines deleted...]
-        <v>1581</v>
+        <v>1565</v>
+      </c>
+      <c r="C620" s="2">
+        <v>479.91000000000003</v>
       </c>
       <c r="D620" s="2">
-        <v>210.90000000000001</v>
+        <v>253.53999999999999</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" s="2" t="s">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B621" s="2" t="s">
-        <v>1583</v>
+        <v>1567</v>
       </c>
       <c r="C621" s="2">
-        <v>6.8</v>
+        <v>1.46</v>
       </c>
       <c r="D621" s="2">
-        <v>210.97</v>
+        <v>254.53</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" s="2" t="s">
-        <v>1584</v>
+        <v>1568</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>1585</v>
+        <v>1569</v>
       </c>
       <c r="C622" s="2">
-        <v>0.0</v>
+        <v>90.45</v>
       </c>
       <c r="D622" s="2">
-        <v>210.99000000000001</v>
+        <v>254.66</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" s="2" t="s">
-        <v>1586</v>
+        <v>1570</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>1587</v>
+        <v>1571</v>
       </c>
       <c r="C623" s="2">
-        <v>0.0</v>
+        <v>8.36</v>
       </c>
       <c r="D623" s="2">
-        <v>211.22999999999999</v>
+        <v>254.72999999999999</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" s="2" t="s">
-        <v>1588</v>
+        <v>1572</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>1589</v>
+        <v>1573</v>
       </c>
       <c r="C624" s="2">
-        <v>9.38</v>
+        <v>0.6</v>
       </c>
       <c r="D624" s="2">
-        <v>211.28</v>
+        <v>254.77000000000001</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" s="2" t="s">
-        <v>1590</v>
+        <v>1574</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>1591</v>
-[...2 lines deleted...]
-        <v>0.28</v>
+        <v>1575</v>
+      </c>
+      <c r="C625" s="2" t="s">
+        <v>1576</v>
       </c>
       <c r="D625" s="2">
-        <v>211.47999999999999</v>
+        <v>255.21000000000001</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" s="2" t="s">
-        <v>1592</v>
+        <v>1577</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>1593</v>
-[...2 lines deleted...]
-        <v>0.07</v>
+        <v>1578</v>
+      </c>
+      <c r="C626" s="2" t="s">
+        <v>1579</v>
       </c>
       <c r="D626" s="2">
-        <v>211.50999999999999</v>
+        <v>256.74000000000001</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" s="2" t="s">
-        <v>1594</v>
+        <v>1580</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>1595</v>
-[...2 lines deleted...]
-        <v>322.63999999999999</v>
+        <v>1581</v>
+      </c>
+      <c r="C627" s="2" t="s">
+        <v>1582</v>
       </c>
       <c r="D627" s="2">
-        <v>212.72</v>
+        <v>256.82999999999998</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" s="2" t="s">
-        <v>1596</v>
+        <v>1583</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>1597</v>
+        <v>1584</v>
       </c>
       <c r="C628" s="2">
         <v>0.0</v>
       </c>
       <c r="D628" s="2">
-        <v>213.36000000000001</v>
+        <v>256.86000000000001</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" s="2" t="s">
-        <v>1598</v>
+        <v>1585</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>1599</v>
-[...2 lines deleted...]
-        <v>10.13</v>
+        <v>1586</v>
+      </c>
+      <c r="C629" s="2" t="s">
+        <v>1587</v>
       </c>
       <c r="D629" s="2">
-        <v>213.47999999999999</v>
+        <v>256.94999999999999</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" s="2" t="s">
-        <v>1600</v>
+        <v>1588</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>1601</v>
+        <v>1589</v>
       </c>
       <c r="C630" s="2">
-        <v>6.61</v>
+        <v>68.56</v>
       </c>
       <c r="D630" s="2">
-        <v>213.53</v>
+        <v>256.98000000000002</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" s="2" t="s">
-        <v>1602</v>
+        <v>1590</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>1603</v>
-[...2 lines deleted...]
-        <v>5.6</v>
+        <v>1591</v>
+      </c>
+      <c r="C631" s="2" t="s">
+        <v>1592</v>
       </c>
       <c r="D631" s="2">
-        <v>213.77000000000001</v>
+        <v>257.22000000000003</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" s="2" t="s">
-        <v>1604</v>
+        <v>1593</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>1605</v>
+        <v>1594</v>
       </c>
       <c r="C632" s="2">
-        <v>2.47</v>
+        <v>67.93000000000001</v>
       </c>
       <c r="D632" s="2">
-        <v>214.0099999999999909</v>
+        <v>258.13999999999999</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" s="2" t="s">
-        <v>1606</v>
+        <v>1595</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>1607</v>
-[...2 lines deleted...]
-        <v>0.15</v>
+        <v>1596</v>
+      </c>
+      <c r="C633" s="2" t="s">
+        <v>1597</v>
       </c>
       <c r="D633" s="2">
-        <v>214.63999999999999</v>
+        <v>258.19</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" s="2" t="s">
-        <v>1608</v>
+        <v>1598</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>1609</v>
+        <v>1599</v>
       </c>
       <c r="C634" s="2">
-        <v>2.89</v>
+        <v>2.15</v>
       </c>
       <c r="D634" s="2">
-        <v>214.68000000000001</v>
+        <v>258.29000000000002</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" s="2" t="s">
-        <v>1610</v>
+        <v>1600</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>1611</v>
-[...2 lines deleted...]
-        <v>2.29</v>
+        <v>1601</v>
+      </c>
+      <c r="C635" s="2" t="s">
+        <v>1602</v>
       </c>
       <c r="D635" s="2">
-        <v>214.78</v>
+        <v>258.39999999999998</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" s="2" t="s">
-        <v>1612</v>
+        <v>1603</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-        <v>2.19</v>
+        <v>1604</v>
+      </c>
+      <c r="C636" s="2" t="s">
+        <v>1605</v>
       </c>
       <c r="D636" s="2">
-        <v>214.96000000000001</v>
+        <v>259.93000000000001</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" s="2" t="s">
-        <v>1614</v>
+        <v>1606</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>1615</v>
+        <v>1607</v>
       </c>
       <c r="C637" s="2">
-        <v>0.0</v>
+        <v>671.97000000000003</v>
       </c>
       <c r="D637" s="2">
-        <v>215.0099999999999909</v>
+        <v>260.81</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" s="2" t="s">
-        <v>1616</v>
+        <v>1608</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>1617</v>
+        <v>1609</v>
       </c>
       <c r="C638" s="2">
-        <v>6.99</v>
+        <v>21.39</v>
       </c>
       <c r="D638" s="2">
-        <v>215.0099999999999909</v>
+        <v>260.83999999999997</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" s="2" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>1619</v>
+        <v>1611</v>
       </c>
       <c r="C639" s="2">
-        <v>0.96</v>
+        <v>2.0</v>
       </c>
       <c r="D639" s="2">
-        <v>215.30000000000001</v>
+        <v>261.089999999999975</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" s="2" t="s">
-        <v>1620</v>
+        <v>1612</v>
       </c>
       <c r="B640" s="2" t="s">
-        <v>1621</v>
+        <v>1613</v>
       </c>
       <c r="C640" s="2">
-        <v>0.17</v>
+        <v>3.27</v>
       </c>
       <c r="D640" s="2">
-        <v>215.52000000000001</v>
+        <v>261.16000000000003</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" s="2" t="s">
-        <v>1622</v>
+        <v>1614</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>1623</v>
-[...2 lines deleted...]
-        <v>0.17</v>
+        <v>1615</v>
+      </c>
+      <c r="C641" s="2" t="s">
+        <v>1616</v>
       </c>
       <c r="D641" s="2">
-        <v>216.36000000000001</v>
+        <v>261.25</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" s="2" t="s">
-        <v>1624</v>
+        <v>1617</v>
       </c>
       <c r="B642" s="2" t="s">
-        <v>1625</v>
+        <v>1618</v>
       </c>
       <c r="C642" s="2">
-        <v>7.67</v>
+        <v>0.0</v>
       </c>
       <c r="D642" s="2">
-        <v>216.61000000000001</v>
+        <v>261.89999999999998</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" s="2" t="s">
-        <v>1626</v>
+        <v>1619</v>
       </c>
       <c r="B643" s="2" t="s">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>1628</v>
+        <v>1621</v>
       </c>
       <c r="D643" s="2">
-        <v>216.77000000000001</v>
+        <v>262.0</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" s="2" t="s">
-        <v>1629</v>
+        <v>1622</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>1630</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1623</v>
+      </c>
+      <c r="C644" s="2" t="s">
+        <v>1624</v>
       </c>
       <c r="D644" s="2">
-        <v>217.62</v>
+        <v>262.25</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" s="2" t="s">
-        <v>1631</v>
+        <v>1625</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>4.26</v>
+        <v>1626</v>
+      </c>
+      <c r="C645" s="2" t="s">
+        <v>1627</v>
       </c>
       <c r="D645" s="2">
-        <v>218.16</v>
+        <v>262.68000000000001</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" s="2" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>1634</v>
-[...2 lines deleted...]
-        <v>7.04</v>
+        <v>1629</v>
+      </c>
+      <c r="C646" s="2" t="s">
+        <v>1630</v>
       </c>
       <c r="D646" s="2">
-        <v>218.28999999999999</v>
+        <v>262.68000000000001</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" s="2" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>1636</v>
-[...2 lines deleted...]
-        <v>201.0099999999999909</v>
+        <v>1632</v>
+      </c>
+      <c r="C647" s="2" t="s">
+        <v>1633</v>
       </c>
       <c r="D647" s="2">
-        <v>218.50999999999999</v>
+        <v>262.99000000000001</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" s="2" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>1638</v>
-[...2 lines deleted...]
-        <v>7.57</v>
+        <v>1635</v>
+      </c>
+      <c r="C648" s="2" t="s">
+        <v>1636</v>
       </c>
       <c r="D648" s="2">
-        <v>218.62</v>
+        <v>263.23000000000002</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" s="2" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B649" s="2" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C649" s="2" t="s">
         <v>1639</v>
       </c>
-      <c r="B649" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D649" s="2">
-        <v>218.99000000000001</v>
+        <v>263.43000000000001</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" s="2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B650" s="2" t="s">
         <v>1641</v>
       </c>
-      <c r="B650" s="2" t="s">
+      <c r="C650" s="2" t="s">
         <v>1642</v>
       </c>
-      <c r="C650" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D650" s="2">
-        <v>219.11000000000001</v>
+        <v>263.69999999999999</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" s="2" t="s">
         <v>1643</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>1644</v>
       </c>
-      <c r="C651" s="2">
-        <v>7.68</v>
+      <c r="C651" s="2" t="s">
+        <v>1645</v>
       </c>
       <c r="D651" s="2">
-        <v>219.33000000000001</v>
+        <v>263.83999999999997</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" s="2" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C652" s="2">
-        <v>2.82</v>
+        <v>0.0</v>
       </c>
       <c r="D652" s="2">
-        <v>220.15000000000001</v>
+        <v>264.019999999999982</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" s="2" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="C653" s="2">
-        <v>2.21</v>
+        <v>1.76</v>
       </c>
       <c r="D653" s="2">
-        <v>220.77000000000001</v>
+        <v>264.19999999999999</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" s="2" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="C654" s="2">
-        <v>7.7</v>
+        <v>431.75999999999999</v>
       </c>
       <c r="D654" s="2">
-        <v>220.96000000000001</v>
+        <v>264.19999999999999</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" s="2" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>1652</v>
-[...2 lines deleted...]
-        <v>7.69</v>
+        <v>1653</v>
+      </c>
+      <c r="C655" s="2" t="s">
+        <v>1654</v>
       </c>
       <c r="D655" s="2">
-        <v>221.12</v>
+        <v>264.50999999999999</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" s="2" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="C656" s="2">
-        <v>1.59</v>
+        <v>904.79999999999995</v>
       </c>
       <c r="D656" s="2">
-        <v>221.30000000000001</v>
+        <v>264.56999999999999</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" s="2" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="C657" s="2">
-        <v>8.61</v>
+        <v>63.21</v>
       </c>
       <c r="D657" s="2">
-        <v>221.36000000000001</v>
+        <v>264.66000000000003</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" s="2" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="C658" s="2">
-        <v>5.34</v>
+        <v>169.53</v>
       </c>
       <c r="D658" s="2">
-        <v>221.44999999999999</v>
+        <v>264.69</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" s="2" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="C659" s="2">
-        <v>5.09</v>
+        <v>39.4</v>
       </c>
       <c r="D659" s="2">
-        <v>221.46000000000001</v>
+        <v>265.11000000000001</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" s="2" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C660" s="2">
-        <v>5.34</v>
+        <v>8.96</v>
       </c>
       <c r="D660" s="2">
-        <v>221.50999999999999</v>
+        <v>265.83999999999997</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" s="2" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="C661" s="2">
-        <v>7.67</v>
+        <v>2.46</v>
       </c>
       <c r="D661" s="2">
-        <v>221.59999999999999</v>
+        <v>266.58999999999997</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" s="2" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C662" s="2">
-        <v>7.53</v>
+        <v>60.63</v>
       </c>
       <c r="D662" s="2">
-        <v>222.13</v>
+        <v>266.67000000000002</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" s="2" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>1668</v>
-[...2 lines deleted...]
-        <v>1669</v>
+        <v>1670</v>
+      </c>
+      <c r="C663" s="2">
+        <v>26.78</v>
       </c>
       <c r="D663" s="2">
-        <v>222.19</v>
+        <v>266.69</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" s="2" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>1671</v>
-[...2 lines deleted...]
-        <v>7.6</v>
+        <v>1672</v>
+      </c>
+      <c r="C664" s="2" t="s">
+        <v>1673</v>
       </c>
       <c r="D664" s="2">
-        <v>222.25</v>
+        <v>267.38999999999999</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" s="2" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="C665" s="2">
-        <v>0.17</v>
+        <v>60.28</v>
       </c>
       <c r="D665" s="2">
-        <v>222.71000000000001</v>
+        <v>267.44999999999999</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" s="2" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>1675</v>
-[...2 lines deleted...]
-        <v>7.42</v>
+        <v>1677</v>
+      </c>
+      <c r="C666" s="2" t="s">
+        <v>1678</v>
       </c>
       <c r="D666" s="2">
-        <v>223.69</v>
+        <v>267.72000000000003</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" s="2" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="C667" s="2">
-        <v>412.63</v>
+        <v>0.0</v>
       </c>
       <c r="D667" s="2">
-        <v>224.66999999999999</v>
+        <v>268.61000000000001</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" s="2" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="C668" s="2">
-        <v>33.24</v>
+        <v>983.46000000000004</v>
       </c>
       <c r="D668" s="2">
-        <v>224.69999999999999</v>
+        <v>268.63</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" s="2" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="C669" s="2">
-        <v>0.67</v>
+        <v>32.5</v>
       </c>
       <c r="D669" s="2">
-        <v>224.75</v>
+        <v>269.62</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" s="2" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>1683</v>
-[...2 lines deleted...]
-        <v>7.5</v>
+        <v>1686</v>
+      </c>
+      <c r="C670" s="2" t="s">
+        <v>1687</v>
       </c>
       <c r="D670" s="2">
-        <v>225.31999999999999</v>
+        <v>269.85000000000002</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" s="2" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="D671" s="2">
-        <v>225.44999999999999</v>
+        <v>271.25</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" s="2" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="C672" s="2">
-        <v>159.91999999999999</v>
+        <v>9.26</v>
       </c>
       <c r="D672" s="2">
-        <v>225.91</v>
+        <v>273.79000000000002</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" s="2" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="C673" s="2">
-        <v>554.33000000000004</v>
+        <v>440.25</v>
       </c>
       <c r="D673" s="2">
-        <v>227.069999999999993</v>
+        <v>274.58999999999997</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" s="2" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>1692</v>
-[...2 lines deleted...]
-        <v>1.95</v>
+        <v>1696</v>
+      </c>
+      <c r="C674" s="2" t="s">
+        <v>1697</v>
       </c>
       <c r="D674" s="2">
-        <v>227.16</v>
+        <v>274.68000000000001</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" s="2" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>1694</v>
-[...2 lines deleted...]
-        <v>508.67000000000002</v>
+        <v>1699</v>
+      </c>
+      <c r="C675" s="2" t="s">
+        <v>1700</v>
       </c>
       <c r="D675" s="2">
-        <v>227.19</v>
+        <v>275.04000000000002</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" s="2" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="C676" s="2">
-        <v>509.33999999999997</v>
+        <v>454.0099999999999909</v>
       </c>
       <c r="D676" s="2">
-        <v>227.31999999999999</v>
+        <v>275.32999999999998</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" s="2" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>1698</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>1704</v>
+      </c>
+      <c r="C677" s="2" t="s">
+        <v>1705</v>
       </c>
       <c r="D677" s="2">
-        <v>228.18000000000001</v>
+        <v>275.32999999999998</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" s="2" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="D678" s="2">
-        <v>228.65000000000001</v>
+        <v>275.60000000000002</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" s="2" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>1703</v>
-[...2 lines deleted...]
-        <v>7.4</v>
+        <v>1710</v>
+      </c>
+      <c r="C679" s="2" t="s">
+        <v>1711</v>
       </c>
       <c r="D679" s="2">
-        <v>228.94999999999999</v>
+        <v>276.24000000000001</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" s="2" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="C680" s="2">
-        <v>270.93000000000001</v>
+        <v>51.76</v>
       </c>
       <c r="D680" s="2">
-        <v>229.039999999999992</v>
+        <v>276.54000000000002</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" s="2" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>1707</v>
-[...2 lines deleted...]
-        <v>7.94</v>
+        <v>1715</v>
+      </c>
+      <c r="C681" s="2" t="s">
+        <v>1716</v>
       </c>
       <c r="D681" s="2">
-        <v>229.34</v>
+        <v>278.079999999999984</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" s="2" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="C682" s="2">
-        <v>493.93000000000001</v>
+        <v>79.22</v>
       </c>
       <c r="D682" s="2">
-        <v>230.039999999999992</v>
+        <v>278.23000000000002</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" s="2" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
       <c r="C683" s="2">
-        <v>7.95</v>
+        <v>27.98</v>
       </c>
       <c r="D683" s="2">
-        <v>230.22</v>
+        <v>278.83999999999997</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" s="2" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-        <v>496.079999999999984</v>
+        <v>1722</v>
+      </c>
+      <c r="C684" s="2" t="s">
+        <v>1723</v>
       </c>
       <c r="D684" s="2">
-        <v>230.56</v>
+        <v>279.19</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" s="2" t="s">
-        <v>1714</v>
+        <v>1724</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>1715</v>
-[...2 lines deleted...]
-        <v>6.62</v>
+        <v>1725</v>
+      </c>
+      <c r="C685" s="2" t="s">
+        <v>1726</v>
       </c>
       <c r="D685" s="2">
-        <v>230.77000000000001</v>
+        <v>280.27999999999997</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" s="2" t="s">
-        <v>1716</v>
+        <v>1727</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>1717</v>
-[...2 lines deleted...]
-        <v>25.27</v>
+        <v>1728</v>
+      </c>
+      <c r="C686" s="2" t="s">
+        <v>1729</v>
       </c>
       <c r="D686" s="2">
-        <v>230.78</v>
+        <v>280.58999999999997</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" s="2" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>1719</v>
-[...2 lines deleted...]
-        <v>34.92</v>
+        <v>1731</v>
+      </c>
+      <c r="C687" s="2" t="s">
+        <v>1732</v>
       </c>
       <c r="D687" s="2">
-        <v>230.96000000000001</v>
+        <v>280.93000000000001</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" s="2" t="s">
-        <v>1720</v>
+        <v>1733</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>1721</v>
+        <v>1734</v>
       </c>
       <c r="C688" s="2">
-        <v>7.62</v>
+        <v>32.42</v>
       </c>
       <c r="D688" s="2">
-        <v>231.30000000000001</v>
+        <v>281.14999999999998</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" s="2" t="s">
-        <v>1722</v>
+        <v>1735</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>1723</v>
-[...2 lines deleted...]
-        <v>74.11</v>
+        <v>1736</v>
+      </c>
+      <c r="C689" s="2" t="s">
+        <v>1737</v>
       </c>
       <c r="D689" s="2">
-        <v>232.38999999999999</v>
+        <v>281.79000000000002</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" s="2" t="s">
-        <v>1724</v>
+        <v>1738</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>1725</v>
+        <v>1739</v>
       </c>
       <c r="C690" s="2">
-        <v>505.50999999999999</v>
+        <v>0.43</v>
       </c>
       <c r="D690" s="2">
-        <v>232.78999999999999</v>
+        <v>282.14999999999998</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" s="2" t="s">
-        <v>1726</v>
+        <v>1740</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>1727</v>
+        <v>1741</v>
       </c>
       <c r="C691" s="2">
-        <v>509.73000000000002</v>
+        <v>1.42</v>
       </c>
       <c r="D691" s="2">
-        <v>233.21000000000001</v>
+        <v>282.23000000000002</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" s="2" t="s">
-        <v>1728</v>
+        <v>1742</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>1729</v>
-[...2 lines deleted...]
-        <v>6.43</v>
+        <v>1743</v>
+      </c>
+      <c r="C692" s="2" t="s">
+        <v>1744</v>
       </c>
       <c r="D692" s="2">
-        <v>233.55000000000001</v>
+        <v>282.42000000000002</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693" s="2" t="s">
-        <v>1730</v>
+        <v>1745</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>1731</v>
-[...2 lines deleted...]
-        <v>511.67000000000002</v>
+        <v>1746</v>
+      </c>
+      <c r="C693" s="2" t="s">
+        <v>1747</v>
       </c>
       <c r="D693" s="2">
-        <v>234.25999999999999</v>
+        <v>282.47000000000003</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" s="2" t="s">
-        <v>1732</v>
+        <v>1748</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>1733</v>
+        <v>1749</v>
       </c>
       <c r="C694" s="2">
-        <v>4.86</v>
+        <v>931.52999999999997</v>
       </c>
       <c r="D694" s="2">
-        <v>234.53999999999999</v>
+        <v>282.55000000000001</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" s="2" t="s">
-        <v>1734</v>
+        <v>1750</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>1735</v>
+        <v>1751</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1736</v>
+        <v>1752</v>
       </c>
       <c r="D695" s="2">
-        <v>234.68000000000001</v>
+        <v>283.060000000000002</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" s="2" t="s">
-        <v>1737</v>
+        <v>1753</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>1754</v>
+      </c>
+      <c r="C696" s="2">
+        <v>678.24000000000001</v>
       </c>
       <c r="D696" s="2">
-        <v>234.78999999999999</v>
+        <v>283.60000000000002</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" s="2" t="s">
-        <v>1739</v>
+        <v>1755</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>525.89999999999998</v>
+        <v>1756</v>
+      </c>
+      <c r="C697" s="2" t="s">
+        <v>1757</v>
       </c>
       <c r="D697" s="2">
-        <v>235.090000000000003</v>
+        <v>283.82999999999998</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" s="2" t="s">
-        <v>1741</v>
+        <v>1758</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>1742</v>
+        <v>1759</v>
       </c>
       <c r="C698" s="2">
-        <v>521.11000000000001</v>
+        <v>382.12</v>
       </c>
       <c r="D698" s="2">
-        <v>235.30000000000001</v>
+        <v>283.83999999999997</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" s="2" t="s">
-        <v>1743</v>
+        <v>1760</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>1744</v>
+        <v>1761</v>
       </c>
       <c r="C699" s="2">
-        <v>517.059999999999945</v>
+        <v>462.0</v>
       </c>
       <c r="D699" s="2">
-        <v>235.61000000000001</v>
+        <v>284.44</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" s="2" t="s">
-        <v>1745</v>
+        <v>1762</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>1746</v>
+        <v>1763</v>
       </c>
       <c r="C700" s="2">
-        <v>244.40000000000001</v>
+        <v>41.48</v>
       </c>
       <c r="D700" s="2">
-        <v>235.72999999999999</v>
+        <v>284.93000000000001</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701" s="2" t="s">
-        <v>1747</v>
+        <v>1764</v>
       </c>
       <c r="B701" s="2" t="s">
-        <v>1748</v>
+        <v>1765</v>
       </c>
       <c r="C701" s="2">
-        <v>0.19</v>
+        <v>148.21000000000001</v>
       </c>
       <c r="D701" s="2">
-        <v>236.5</v>
+        <v>285.31999999999999</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702" s="2" t="s">
-        <v>1749</v>
+        <v>1766</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>1750</v>
+        <v>1767</v>
       </c>
       <c r="C702" s="2">
-        <v>75.65000000000001</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="D702" s="2">
-        <v>236.62</v>
+        <v>285.56</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703" s="2" t="s">
-        <v>1751</v>
+        <v>1768</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>1752</v>
+        <v>1769</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>1753</v>
+        <v>1770</v>
       </c>
       <c r="D703" s="2">
-        <v>236.69999999999999</v>
+        <v>286.45999999999998</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704" s="2" t="s">
-        <v>1754</v>
+        <v>1771</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>1755</v>
+        <v>1772</v>
       </c>
       <c r="C704" s="2">
-        <v>16.18</v>
+        <v>158.13</v>
       </c>
       <c r="D704" s="2">
-        <v>236.72</v>
+        <v>286.80000000000001</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" s="2" t="s">
-        <v>1756</v>
+        <v>1773</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>1757</v>
-[...2 lines deleted...]
-        <v>452.029999999999973</v>
+        <v>1774</v>
+      </c>
+      <c r="C705" s="2" t="s">
+        <v>1775</v>
       </c>
       <c r="D705" s="2">
-        <v>239.22999999999999</v>
+        <v>287.14999999999998</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" s="2" t="s">
-        <v>1758</v>
+        <v>1776</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>1759</v>
+        <v>1777</v>
       </c>
       <c r="C706" s="2">
-        <v>968.10000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D706" s="2">
-        <v>239.91</v>
+        <v>287.87</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" s="2" t="s">
-        <v>1760</v>
+        <v>1778</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>1761</v>
-[...2 lines deleted...]
-        <v>5.18</v>
+        <v>1779</v>
+      </c>
+      <c r="C707" s="2" t="s">
+        <v>1780</v>
       </c>
       <c r="D707" s="2">
-        <v>241.25</v>
+        <v>288.81</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" s="2" t="s">
-        <v>1762</v>
+        <v>1781</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>1763</v>
+        <v>1782</v>
       </c>
       <c r="C708" s="2">
-        <v>7.84</v>
+        <v>24.1</v>
       </c>
       <c r="D708" s="2">
-        <v>241.34</v>
+        <v>289.38999999999999</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" s="2" t="s">
-        <v>1764</v>
+        <v>1783</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>1765</v>
+        <v>1784</v>
       </c>
       <c r="C709" s="2">
-        <v>5.81</v>
+        <v>0.0</v>
       </c>
       <c r="D709" s="2">
-        <v>241.69999999999999</v>
+        <v>290.69999999999999</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" s="2" t="s">
-        <v>1766</v>
+        <v>1785</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="C710" s="2">
-        <v>10.87</v>
+        <v>6.33</v>
       </c>
       <c r="D710" s="2">
-        <v>241.83000000000001</v>
+        <v>290.72000000000003</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" s="2" t="s">
-        <v>1768</v>
+        <v>1787</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>1769</v>
-[...2 lines deleted...]
-        <v>13.87</v>
+        <v>1788</v>
+      </c>
+      <c r="C711" s="2" t="s">
+        <v>1387</v>
       </c>
       <c r="D711" s="2">
-        <v>241.91999999999999</v>
+        <v>291.32999999999998</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" s="2" t="s">
-        <v>1770</v>
+        <v>1789</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>1771</v>
+        <v>1790</v>
       </c>
       <c r="C712" s="2">
-        <v>34.72</v>
+        <v>241.65000000000001</v>
       </c>
       <c r="D712" s="2">
-        <v>242.19999999999999</v>
+        <v>291.41000000000003</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" s="2" t="s">
-        <v>1772</v>
+        <v>1791</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>1773</v>
-[...2 lines deleted...]
-        <v>8.23</v>
+        <v>1792</v>
+      </c>
+      <c r="C713" s="2" t="s">
+        <v>1793</v>
       </c>
       <c r="D713" s="2">
-        <v>242.28999999999999</v>
+        <v>291.75999999999999</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714" s="2" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>1775</v>
-[...2 lines deleted...]
-        <v>22.64</v>
+        <v>1795</v>
+      </c>
+      <c r="C714" s="2" t="s">
+        <v>1796</v>
       </c>
       <c r="D714" s="2">
-        <v>242.94</v>
+        <v>292.19999999999999</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="715" spans="1:5">
       <c r="A715" s="2" t="s">
-        <v>1776</v>
+        <v>1797</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>1777</v>
-[...2 lines deleted...]
-        <v>7.84</v>
+        <v>1798</v>
+      </c>
+      <c r="C715" s="2" t="s">
+        <v>1799</v>
       </c>
       <c r="D715" s="2">
-        <v>243.0</v>
+        <v>292.27999999999997</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="716" spans="1:5">
       <c r="A716" s="2" t="s">
-        <v>1778</v>
+        <v>1800</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>1779</v>
+        <v>1801</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1780</v>
+        <v>1802</v>
       </c>
       <c r="D716" s="2">
-        <v>243.30000000000001</v>
+        <v>292.56999999999999</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="717" spans="1:5">
       <c r="A717" s="2" t="s">
-        <v>1781</v>
+        <v>1803</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>1782</v>
+        <v>1804</v>
       </c>
       <c r="C717" s="2">
-        <v>2.78</v>
+        <v>142.16</v>
       </c>
       <c r="D717" s="2">
-        <v>243.44999999999999</v>
+        <v>293.0099999999999909</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="718" spans="1:5">
       <c r="A718" s="2" t="s">
-        <v>1783</v>
+        <v>1805</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>1784</v>
-[...2 lines deleted...]
-        <v>10.84</v>
+        <v>1806</v>
+      </c>
+      <c r="C718" s="2" t="s">
+        <v>1387</v>
       </c>
       <c r="D718" s="2">
-        <v>243.52000000000001</v>
+        <v>293.39999999999998</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="719" spans="1:5">
       <c r="A719" s="2" t="s">
-        <v>1785</v>
+        <v>1807</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>1786</v>
+        <v>1808</v>
       </c>
       <c r="C719" s="2">
-        <v>755.55999999999995</v>
+        <v>87.2</v>
       </c>
       <c r="D719" s="2">
-        <v>243.53999999999999</v>
+        <v>293.45999999999998</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="720" spans="1:5">
       <c r="A720" s="2" t="s">
-        <v>1787</v>
+        <v>1809</v>
       </c>
       <c r="B720" s="2" t="s">
-        <v>1788</v>
-[...2 lines deleted...]
-        <v>755.83000000000004</v>
+        <v>1810</v>
+      </c>
+      <c r="C720" s="2" t="s">
+        <v>1811</v>
       </c>
       <c r="D720" s="2">
-        <v>243.58000000000001</v>
+        <v>293.62</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="721" spans="1:5">
       <c r="A721" s="2" t="s">
-        <v>1789</v>
+        <v>1812</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>1790</v>
+        <v>1813</v>
       </c>
       <c r="C721" s="2">
-        <v>4.84</v>
+        <v>0.0</v>
       </c>
       <c r="D721" s="2">
-        <v>243.80000000000001</v>
+        <v>294.52999999999997</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="722" spans="1:5">
       <c r="A722" s="2" t="s">
-        <v>1791</v>
+        <v>1814</v>
       </c>
       <c r="B722" s="2" t="s">
-        <v>1792</v>
+        <v>1815</v>
       </c>
       <c r="C722" s="2">
-        <v>8.52</v>
+        <v>0.0</v>
       </c>
       <c r="D722" s="2">
-        <v>244.21000000000001</v>
+        <v>294.81</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="723" spans="1:5">
       <c r="A723" s="2" t="s">
-        <v>1793</v>
+        <v>1816</v>
       </c>
       <c r="B723" s="2" t="s">
-        <v>1794</v>
-[...2 lines deleted...]
-        <v>1795</v>
+        <v>1817</v>
+      </c>
+      <c r="C723" s="2">
+        <v>0.17</v>
       </c>
       <c r="D723" s="2">
-        <v>244.28</v>
+        <v>294.88</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="724" spans="1:5">
       <c r="A724" s="2" t="s">
-        <v>1796</v>
+        <v>1818</v>
       </c>
       <c r="B724" s="2" t="s">
-        <v>1797</v>
-[...2 lines deleted...]
-        <v>689.55999999999995</v>
+        <v>1819</v>
+      </c>
+      <c r="C724" s="2" t="s">
+        <v>1820</v>
       </c>
       <c r="D724" s="2">
-        <v>244.28999999999999</v>
+        <v>295.79000000000002</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="725" spans="1:5">
       <c r="A725" s="2" t="s">
-        <v>1798</v>
+        <v>1821</v>
       </c>
       <c r="B725" s="2" t="s">
-        <v>1799</v>
-[...2 lines deleted...]
-        <v>735.72000000000003</v>
+        <v>1822</v>
+      </c>
+      <c r="C725" s="2" t="s">
+        <v>1823</v>
       </c>
       <c r="D725" s="2">
-        <v>244.36000000000001</v>
+        <v>296.44999999999999</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="726" spans="1:5">
       <c r="A726" s="2" t="s">
-        <v>1800</v>
+        <v>1824</v>
       </c>
       <c r="B726" s="2" t="s">
-        <v>1801</v>
-[...2 lines deleted...]
-        <v>819.039999999999964</v>
+        <v>1825</v>
+      </c>
+      <c r="C726" s="2" t="s">
+        <v>1826</v>
       </c>
       <c r="D726" s="2">
-        <v>244.38999999999999</v>
+        <v>296.82999999999998</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="727" spans="1:5">
       <c r="A727" s="2" t="s">
-        <v>1802</v>
+        <v>1827</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>1803</v>
-[...2 lines deleted...]
-        <v>1804</v>
+        <v>1828</v>
+      </c>
+      <c r="C727" s="2">
+        <v>1.65</v>
       </c>
       <c r="D727" s="2">
-        <v>244.66999999999999</v>
+        <v>296.82999999999998</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="728" spans="1:5">
       <c r="A728" s="2" t="s">
-        <v>1805</v>
+        <v>1829</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>1806</v>
-[...2 lines deleted...]
-        <v>2.53</v>
+        <v>1830</v>
+      </c>
+      <c r="C728" s="2" t="s">
+        <v>1831</v>
       </c>
       <c r="D728" s="2">
-        <v>244.75999999999999</v>
+        <v>298.62</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="729" spans="1:5">
       <c r="A729" s="2" t="s">
-        <v>1807</v>
+        <v>1832</v>
       </c>
       <c r="B729" s="2" t="s">
-        <v>1808</v>
+        <v>1833</v>
       </c>
       <c r="C729" s="2">
-        <v>2.53</v>
+        <v>94.56</v>
       </c>
       <c r="D729" s="2">
-        <v>244.86000000000001</v>
+        <v>299.38999999999999</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="730" spans="1:5">
       <c r="A730" s="2" t="s">
-        <v>1809</v>
+        <v>1834</v>
       </c>
       <c r="B730" s="2" t="s">
-        <v>1810</v>
+        <v>1835</v>
       </c>
       <c r="C730" s="2">
-        <v>2.53</v>
+        <v>64.94</v>
       </c>
       <c r="D730" s="2">
-        <v>244.94999999999999</v>
+        <v>299.87</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="731" spans="1:5">
       <c r="A731" s="2" t="s">
-        <v>1811</v>
+        <v>1836</v>
       </c>
       <c r="B731" s="2" t="s">
-        <v>1812</v>
-[...2 lines deleted...]
-        <v>62.78</v>
+        <v>1837</v>
+      </c>
+      <c r="C731" s="2" t="s">
+        <v>1838</v>
       </c>
       <c r="D731" s="2">
-        <v>245.039999999999992</v>
+        <v>300.0</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="732" spans="1:5">
       <c r="A732" s="2" t="s">
-        <v>1813</v>
+        <v>1839</v>
       </c>
       <c r="B732" s="2" t="s">
-        <v>1814</v>
+        <v>1840</v>
       </c>
       <c r="C732" s="2">
-        <v>677.98000000000002</v>
+        <v>32.65</v>
       </c>
       <c r="D732" s="2">
-        <v>245.11000000000001</v>
+        <v>300.42000000000002</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="733" spans="1:5">
       <c r="A733" s="2" t="s">
-        <v>1815</v>
+        <v>1841</v>
       </c>
       <c r="B733" s="2" t="s">
-        <v>1816</v>
+        <v>1842</v>
       </c>
       <c r="C733" s="2">
-        <v>92.33</v>
+        <v>93.18000000000001</v>
       </c>
       <c r="D733" s="2">
-        <v>245.11000000000001</v>
+        <v>300.55000000000001</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="734" spans="1:5">
       <c r="A734" s="2" t="s">
-        <v>1817</v>
+        <v>1843</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>1818</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1844</v>
+      </c>
+      <c r="C734" s="2" t="s">
+        <v>1845</v>
       </c>
       <c r="D734" s="2">
-        <v>245.88999999999999</v>
+        <v>301.050000000000011</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="735" spans="1:5">
       <c r="A735" s="2" t="s">
-        <v>1819</v>
+        <v>1846</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>1820</v>
-[...2 lines deleted...]
-        <v>664.17999999999995</v>
+        <v>1847</v>
+      </c>
+      <c r="C735" s="2" t="s">
+        <v>1848</v>
       </c>
       <c r="D735" s="2">
-        <v>246.02000000000001</v>
+        <v>303.23000000000002</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="736" spans="1:5">
       <c r="A736" s="2" t="s">
-        <v>1821</v>
+        <v>1849</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>1822</v>
+        <v>1850</v>
       </c>
       <c r="C736" s="2">
-        <v>0.22</v>
+        <v>0.0</v>
       </c>
       <c r="D736" s="2">
-        <v>246.69999999999999</v>
+        <v>303.49000000000001</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="737" spans="1:5">
       <c r="A737" s="2" t="s">
-        <v>1823</v>
+        <v>1851</v>
       </c>
       <c r="B737" s="2" t="s">
-        <v>1824</v>
-[...2 lines deleted...]
-        <v>663.34000000000003</v>
+        <v>1852</v>
+      </c>
+      <c r="C737" s="2" t="s">
+        <v>1853</v>
       </c>
       <c r="D737" s="2">
-        <v>246.74000000000001</v>
+        <v>304.33999999999997</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="738" spans="1:5">
       <c r="A738" s="2" t="s">
-        <v>1825</v>
+        <v>1854</v>
       </c>
       <c r="B738" s="2" t="s">
-        <v>1826</v>
-[...2 lines deleted...]
-        <v>17.62</v>
+        <v>1855</v>
+      </c>
+      <c r="C738" s="2" t="s">
+        <v>1856</v>
       </c>
       <c r="D738" s="2">
-        <v>247.52000000000001</v>
+        <v>304.51999999999998</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="739" spans="1:5">
       <c r="A739" s="2" t="s">
-        <v>1827</v>
+        <v>1857</v>
       </c>
       <c r="B739" s="2" t="s">
-        <v>1828</v>
-[...2 lines deleted...]
-        <v>51.44</v>
+        <v>1858</v>
+      </c>
+      <c r="C739" s="2" t="s">
+        <v>1859</v>
       </c>
       <c r="D739" s="2">
-        <v>247.63</v>
+        <v>304.69999999999999</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="740" spans="1:5">
       <c r="A740" s="2" t="s">
-        <v>1829</v>
+        <v>1860</v>
       </c>
       <c r="B740" s="2" t="s">
-        <v>1830</v>
+        <v>1861</v>
       </c>
       <c r="C740" s="2">
         <v>0.0</v>
       </c>
       <c r="D740" s="2">
-        <v>247.69999999999999</v>
+        <v>305.23000000000002</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="741" spans="1:5">
       <c r="A741" s="2" t="s">
-        <v>1831</v>
+        <v>1862</v>
       </c>
       <c r="B741" s="2" t="s">
-        <v>1832</v>
+        <v>1863</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>1833</v>
+        <v>1864</v>
       </c>
       <c r="D741" s="2">
-        <v>248.68000000000001</v>
+        <v>305.88</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="742" spans="1:5">
       <c r="A742" s="2" t="s">
-        <v>1834</v>
+        <v>1865</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>1835</v>
+        <v>1866</v>
       </c>
       <c r="C742" s="2">
-        <v>25.47</v>
+        <v>10.0</v>
       </c>
       <c r="D742" s="2">
-        <v>248.69999999999999</v>
+        <v>306.069999999999993</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="743" spans="1:5">
       <c r="A743" s="2" t="s">
-        <v>1836</v>
+        <v>1867</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>1837</v>
+        <v>1868</v>
       </c>
       <c r="C743" s="2">
-        <v>33.51</v>
+        <v>0.52</v>
       </c>
       <c r="D743" s="2">
-        <v>249.15000000000001</v>
+        <v>306.11000000000001</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="744" spans="1:5">
       <c r="A744" s="2" t="s">
-        <v>1838</v>
+        <v>1869</v>
       </c>
       <c r="B744" s="2" t="s">
-        <v>1839</v>
+        <v>1870</v>
       </c>
       <c r="C744" s="2">
-        <v>2.21</v>
+        <v>110.41</v>
       </c>
       <c r="D744" s="2">
-        <v>249.28999999999999</v>
+        <v>306.50999999999999</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="745" spans="1:5">
       <c r="A745" s="2" t="s">
-        <v>1840</v>
+        <v>1871</v>
       </c>
       <c r="B745" s="2" t="s">
-        <v>1841</v>
+        <v>1872</v>
       </c>
       <c r="C745" s="2">
-        <v>375.04000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D745" s="2">
-        <v>249.41999999999999</v>
+        <v>307.0099999999999909</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="746" spans="1:5">
       <c r="A746" s="2" t="s">
-        <v>1842</v>
+        <v>1873</v>
       </c>
       <c r="B746" s="2" t="s">
-        <v>1843</v>
+        <v>1874</v>
       </c>
       <c r="C746" s="2" t="s">
-        <v>1844</v>
+        <v>1875</v>
       </c>
       <c r="D746" s="2">
-        <v>249.53</v>
+        <v>307.32999999999998</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="747" spans="1:5">
-      <c r="A747" s="2" t="s">
-        <v>1845</v>
+      <c r="A747" s="2">
+        <v>999666</v>
       </c>
       <c r="B747" s="2" t="s">
-        <v>1846</v>
+        <v>1876</v>
       </c>
       <c r="C747" s="2">
-        <v>25.68</v>
+        <v>0.0</v>
       </c>
       <c r="D747" s="2">
-        <v>249.81</v>
+        <v>307.38</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="748" spans="1:5">
       <c r="A748" s="2" t="s">
-        <v>1847</v>
+        <v>1877</v>
       </c>
       <c r="B748" s="2" t="s">
-        <v>1848</v>
+        <v>1878</v>
       </c>
       <c r="C748" s="2">
-        <v>5.73</v>
+        <v>340.22000000000003</v>
       </c>
       <c r="D748" s="2">
-        <v>249.97</v>
+        <v>308.25</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="749" spans="1:5">
       <c r="A749" s="2" t="s">
-        <v>1849</v>
+        <v>1879</v>
       </c>
       <c r="B749" s="2" t="s">
-        <v>1850</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1880</v>
+      </c>
+      <c r="C749" s="2" t="s">
+        <v>1881</v>
       </c>
       <c r="D749" s="2">
-        <v>250.090000000000003</v>
+        <v>308.50999999999999</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="750" spans="1:5">
       <c r="A750" s="2" t="s">
-        <v>1851</v>
+        <v>1882</v>
       </c>
       <c r="B750" s="2" t="s">
-        <v>1852</v>
+        <v>1883</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>1853</v>
+        <v>1884</v>
       </c>
       <c r="D750" s="2">
-        <v>250.41</v>
+        <v>308.95999999999998</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="751" spans="1:5">
       <c r="A751" s="2" t="s">
-        <v>1854</v>
+        <v>1885</v>
       </c>
       <c r="B751" s="2" t="s">
-        <v>1855</v>
+        <v>1886</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>1856</v>
+        <v>1887</v>
       </c>
       <c r="D751" s="2">
-        <v>250.53999999999999</v>
+        <v>309.069999999999993</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="752" spans="1:5">
       <c r="A752" s="2" t="s">
-        <v>1857</v>
+        <v>1888</v>
       </c>
       <c r="B752" s="2" t="s">
-        <v>1858</v>
+        <v>1889</v>
       </c>
       <c r="C752" s="2">
-        <v>33.22</v>
+        <v>5.63</v>
       </c>
       <c r="D752" s="2">
-        <v>250.59999999999999</v>
+        <v>309.19999999999999</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="753" spans="1:5">
       <c r="A753" s="2" t="s">
-        <v>1859</v>
+        <v>1890</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>1860</v>
-[...2 lines deleted...]
-        <v>8.98</v>
+        <v>1891</v>
+      </c>
+      <c r="C753" s="2" t="s">
+        <v>1892</v>
       </c>
       <c r="D753" s="2">
-        <v>250.63</v>
+        <v>309.22000000000003</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="754" spans="1:5">
       <c r="A754" s="2" t="s">
-        <v>1861</v>
+        <v>1893</v>
       </c>
       <c r="B754" s="2" t="s">
-        <v>1862</v>
-[...2 lines deleted...]
-        <v>8.93</v>
+        <v>1894</v>
+      </c>
+      <c r="C754" s="2" t="s">
+        <v>1895</v>
       </c>
       <c r="D754" s="2">
-        <v>251.090000000000003</v>
+        <v>309.61000000000001</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755" s="2" t="s">
-        <v>1863</v>
+        <v>1896</v>
       </c>
       <c r="B755" s="2" t="s">
-        <v>1864</v>
-[...2 lines deleted...]
-        <v>7.5</v>
+        <v>1897</v>
+      </c>
+      <c r="C755" s="2" t="s">
+        <v>1898</v>
       </c>
       <c r="D755" s="2">
-        <v>251.16999999999999</v>
+        <v>309.88999999999999</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="756" spans="1:5">
       <c r="A756" s="2" t="s">
-        <v>1865</v>
+        <v>1899</v>
       </c>
       <c r="B756" s="2" t="s">
-        <v>1866</v>
-[...2 lines deleted...]
-        <v>9.91</v>
+        <v>1900</v>
+      </c>
+      <c r="C756" s="2" t="s">
+        <v>1901</v>
       </c>
       <c r="D756" s="2">
-        <v>251.19999999999999</v>
+        <v>310.33999999999997</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="757" spans="1:5">
       <c r="A757" s="2" t="s">
-        <v>1867</v>
+        <v>1902</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>1868</v>
-[...2 lines deleted...]
-        <v>379.31999999999999</v>
+        <v>1903</v>
+      </c>
+      <c r="C757" s="2" t="s">
+        <v>1904</v>
       </c>
       <c r="D757" s="2">
-        <v>251.22</v>
+        <v>310.47000000000003</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="758" spans="1:5">
       <c r="A758" s="2" t="s">
-        <v>1869</v>
+        <v>1905</v>
       </c>
       <c r="B758" s="2" t="s">
-        <v>1870</v>
-[...2 lines deleted...]
-        <v>8.47</v>
+        <v>1906</v>
+      </c>
+      <c r="C758" s="2" t="s">
+        <v>1907</v>
       </c>
       <c r="D758" s="2">
-        <v>251.28999999999999</v>
+        <v>310.81</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="759" spans="1:5">
       <c r="A759" s="2" t="s">
-        <v>1871</v>
+        <v>1908</v>
       </c>
       <c r="B759" s="2" t="s">
-        <v>1872</v>
+        <v>1909</v>
       </c>
       <c r="C759" s="2" t="s">
-        <v>1873</v>
+        <v>1910</v>
       </c>
       <c r="D759" s="2">
-        <v>251.31</v>
+        <v>310.99000000000001</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="760" spans="1:5">
       <c r="A760" s="2" t="s">
-        <v>1874</v>
+        <v>1911</v>
       </c>
       <c r="B760" s="2" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-        <v>1.38</v>
+        <v>1912</v>
+      </c>
+      <c r="C760" s="2" t="s">
+        <v>1913</v>
       </c>
       <c r="D760" s="2">
-        <v>251.58000000000001</v>
+        <v>311.04000000000002</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="761" spans="1:5">
       <c r="A761" s="2" t="s">
-        <v>1876</v>
+        <v>1914</v>
       </c>
       <c r="B761" s="2" t="s">
-        <v>1877</v>
-[...2 lines deleted...]
-        <v>7.73</v>
+        <v>1915</v>
+      </c>
+      <c r="C761" s="2" t="s">
+        <v>1916</v>
       </c>
       <c r="D761" s="2">
-        <v>252.44999999999999</v>
+        <v>311.22000000000003</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="762" spans="1:5">
       <c r="A762" s="2" t="s">
-        <v>1878</v>
+        <v>1917</v>
       </c>
       <c r="B762" s="2" t="s">
-        <v>1879</v>
+        <v>1918</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>1880</v>
+        <v>1919</v>
       </c>
       <c r="D762" s="2">
-        <v>252.59</v>
+        <v>311.33999999999997</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="763" spans="1:5">
       <c r="A763" s="2" t="s">
-        <v>1881</v>
+        <v>1920</v>
       </c>
       <c r="B763" s="2" t="s">
-        <v>1882</v>
-[...2 lines deleted...]
-        <v>0.03</v>
+        <v>1921</v>
+      </c>
+      <c r="C763" s="2" t="s">
+        <v>1922</v>
       </c>
       <c r="D763" s="2">
-        <v>253.18000000000001</v>
+        <v>311.93000000000001</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="764" spans="1:5">
       <c r="A764" s="2" t="s">
-        <v>1883</v>
+        <v>1923</v>
       </c>
       <c r="B764" s="2" t="s">
-        <v>1884</v>
-[...2 lines deleted...]
-        <v>479.91000000000003</v>
+        <v>1924</v>
+      </c>
+      <c r="C764" s="2" t="s">
+        <v>1925</v>
       </c>
       <c r="D764" s="2">
-        <v>253.53999999999999</v>
+        <v>311.98000000000002</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="765" spans="1:5">
       <c r="A765" s="2" t="s">
-        <v>1885</v>
+        <v>1926</v>
       </c>
       <c r="B765" s="2" t="s">
-        <v>1886</v>
+        <v>1927</v>
       </c>
       <c r="C765" s="2">
-        <v>1.46</v>
+        <v>127.36</v>
       </c>
       <c r="D765" s="2">
-        <v>254.53</v>
+        <v>312.39999999999998</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="766" spans="1:5">
       <c r="A766" s="2" t="s">
-        <v>1887</v>
+        <v>1928</v>
       </c>
       <c r="B766" s="2" t="s">
-        <v>1888</v>
+        <v>1929</v>
       </c>
       <c r="C766" s="2">
-        <v>90.45</v>
+        <v>14.17</v>
       </c>
       <c r="D766" s="2">
-        <v>254.66</v>
+        <v>312.67000000000002</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="767" spans="1:5">
       <c r="A767" s="2" t="s">
-        <v>1889</v>
+        <v>1930</v>
       </c>
       <c r="B767" s="2" t="s">
-        <v>1890</v>
-[...2 lines deleted...]
-        <v>8.36</v>
+        <v>1931</v>
+      </c>
+      <c r="C767" s="2" t="s">
+        <v>1932</v>
       </c>
       <c r="D767" s="2">
-        <v>254.72999999999999</v>
+        <v>313.060000000000002</v>
       </c>
       <c r="E767" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="768" spans="1:5">
       <c r="A768" s="2" t="s">
-        <v>1891</v>
+        <v>1933</v>
       </c>
       <c r="B768" s="2" t="s">
-        <v>1892</v>
-[...2 lines deleted...]
-        <v>0.6</v>
+        <v>1934</v>
+      </c>
+      <c r="C768" s="2" t="s">
+        <v>1935</v>
       </c>
       <c r="D768" s="2">
-        <v>254.77000000000001</v>
+        <v>313.19999999999999</v>
       </c>
       <c r="E768" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="769" spans="1:5">
       <c r="A769" s="2" t="s">
-        <v>1893</v>
+        <v>1936</v>
       </c>
       <c r="B769" s="2" t="s">
-        <v>1894</v>
+        <v>1937</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>1895</v>
+        <v>1938</v>
       </c>
       <c r="D769" s="2">
-        <v>255.21000000000001</v>
+        <v>314.050000000000011</v>
       </c>
       <c r="E769" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="770" spans="1:5">
       <c r="A770" s="2" t="s">
-        <v>1896</v>
+        <v>1939</v>
       </c>
       <c r="B770" s="2" t="s">
-        <v>1897</v>
-[...2 lines deleted...]
-        <v>1898</v>
+        <v>1940</v>
+      </c>
+      <c r="C770" s="2">
+        <v>819.25999999999999</v>
       </c>
       <c r="D770" s="2">
-        <v>256.74000000000001</v>
+        <v>314.79000000000002</v>
       </c>
       <c r="E770" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="771" spans="1:5">
       <c r="A771" s="2" t="s">
-        <v>1899</v>
+        <v>1941</v>
       </c>
       <c r="B771" s="2" t="s">
-        <v>1900</v>
-[...2 lines deleted...]
-        <v>25.57</v>
+        <v>1942</v>
+      </c>
+      <c r="C771" s="2" t="s">
+        <v>1943</v>
       </c>
       <c r="D771" s="2">
-        <v>256.82999999999998</v>
+        <v>315.94</v>
       </c>
       <c r="E771" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="772" spans="1:5">
       <c r="A772" s="2" t="s">
-        <v>1901</v>
+        <v>1944</v>
       </c>
       <c r="B772" s="2" t="s">
-        <v>1902</v>
+        <v>1945</v>
       </c>
       <c r="C772" s="2">
-        <v>0.0</v>
+        <v>341.75</v>
       </c>
       <c r="D772" s="2">
-        <v>256.86000000000001</v>
+        <v>316.30000000000001</v>
       </c>
       <c r="E772" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="773" spans="1:5">
       <c r="A773" s="2" t="s">
-        <v>1903</v>
+        <v>1946</v>
       </c>
       <c r="B773" s="2" t="s">
-        <v>1904</v>
+        <v>1947</v>
       </c>
       <c r="C773" s="2" t="s">
-        <v>1905</v>
+        <v>1948</v>
       </c>
       <c r="D773" s="2">
-        <v>256.94999999999999</v>
+        <v>316.31</v>
       </c>
       <c r="E773" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="774" spans="1:5">
       <c r="A774" s="2" t="s">
-        <v>1906</v>
+        <v>1949</v>
       </c>
       <c r="B774" s="2" t="s">
-        <v>1907</v>
-[...2 lines deleted...]
-        <v>68.56</v>
+        <v>1950</v>
+      </c>
+      <c r="C774" s="2" t="s">
+        <v>1951</v>
       </c>
       <c r="D774" s="2">
-        <v>256.98000000000002</v>
+        <v>316.51999999999998</v>
       </c>
       <c r="E774" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="775" spans="1:5">
       <c r="A775" s="2" t="s">
-        <v>1908</v>
+        <v>1952</v>
       </c>
       <c r="B775" s="2" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>1910</v>
+        <v>1953</v>
+      </c>
+      <c r="C775" s="2">
+        <v>0.0</v>
       </c>
       <c r="D775" s="2">
-        <v>257.22000000000003</v>
+        <v>316.54000000000002</v>
       </c>
       <c r="E775" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="776" spans="1:5">
       <c r="A776" s="2" t="s">
-        <v>1911</v>
+        <v>1954</v>
       </c>
       <c r="B776" s="2" t="s">
-        <v>1912</v>
+        <v>1955</v>
       </c>
       <c r="C776" s="2">
-        <v>93.56</v>
+        <v>183.53999999999999</v>
       </c>
       <c r="D776" s="2">
-        <v>257.92000000000002</v>
+        <v>316.73000000000002</v>
       </c>
       <c r="E776" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="777" spans="1:5">
       <c r="A777" s="2" t="s">
-        <v>1913</v>
+        <v>1956</v>
       </c>
       <c r="B777" s="2" t="s">
-        <v>1914</v>
+        <v>1957</v>
       </c>
       <c r="C777" s="2">
-        <v>67.93000000000001</v>
+        <v>183.69999999999999</v>
       </c>
       <c r="D777" s="2">
-        <v>258.13999999999999</v>
+        <v>316.87</v>
       </c>
       <c r="E777" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="778" spans="1:5">
       <c r="A778" s="2" t="s">
-        <v>1915</v>
+        <v>1958</v>
       </c>
       <c r="B778" s="2" t="s">
-        <v>1916</v>
+        <v>1959</v>
       </c>
       <c r="C778" s="2" t="s">
-        <v>1917</v>
+        <v>1960</v>
       </c>
       <c r="D778" s="2">
-        <v>258.19</v>
+        <v>316.97000000000003</v>
       </c>
       <c r="E778" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="779" spans="1:5">
       <c r="A779" s="2" t="s">
-        <v>1918</v>
+        <v>1961</v>
       </c>
       <c r="B779" s="2" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
       <c r="C779" s="2">
-        <v>2.15</v>
+        <v>44.68</v>
       </c>
       <c r="D779" s="2">
-        <v>258.29000000000002</v>
+        <v>317.27999999999997</v>
       </c>
       <c r="E779" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="780" spans="1:5">
       <c r="A780" s="2" t="s">
-        <v>1920</v>
+        <v>1963</v>
       </c>
       <c r="B780" s="2" t="s">
-        <v>1921</v>
+        <v>1964</v>
       </c>
       <c r="C780" s="2">
-        <v>8.0099999999999998</v>
+        <v>28.36</v>
       </c>
       <c r="D780" s="2">
-        <v>258.38</v>
+        <v>317.67000000000002</v>
       </c>
       <c r="E780" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="781" spans="1:5">
       <c r="A781" s="2" t="s">
-        <v>1922</v>
+        <v>1965</v>
       </c>
       <c r="B781" s="2" t="s">
-        <v>1923</v>
-[...2 lines deleted...]
-        <v>1924</v>
+        <v>1966</v>
+      </c>
+      <c r="C781" s="2">
+        <v>80.65000000000001</v>
       </c>
       <c r="D781" s="2">
-        <v>258.39999999999998</v>
+        <v>317.81999999999999</v>
       </c>
       <c r="E781" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="782" spans="1:5">
       <c r="A782" s="2" t="s">
-        <v>1925</v>
+        <v>1967</v>
       </c>
       <c r="B782" s="2" t="s">
-        <v>1926</v>
-[...2 lines deleted...]
-        <v>8.25</v>
+        <v>1968</v>
+      </c>
+      <c r="C782" s="2" t="s">
+        <v>1969</v>
       </c>
       <c r="D782" s="2">
-        <v>260.0099999999999909</v>
+        <v>318.24000000000001</v>
       </c>
       <c r="E782" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="783" spans="1:5">
       <c r="A783" s="2" t="s">
-        <v>1927</v>
+        <v>1970</v>
       </c>
       <c r="B783" s="2" t="s">
-        <v>1928</v>
-[...2 lines deleted...]
-        <v>1929</v>
+        <v>1971</v>
+      </c>
+      <c r="C783" s="2">
+        <v>104.47</v>
       </c>
       <c r="D783" s="2">
-        <v>260.42000000000002</v>
+        <v>318.88999999999999</v>
       </c>
       <c r="E783" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="784" spans="1:5">
       <c r="A784" s="2" t="s">
-        <v>1930</v>
+        <v>1972</v>
       </c>
       <c r="B784" s="2" t="s">
-        <v>1931</v>
+        <v>1973</v>
       </c>
       <c r="C784" s="2" t="s">
-        <v>1932</v>
+        <v>1974</v>
       </c>
       <c r="D784" s="2">
-        <v>260.54000000000002</v>
+        <v>320.10000000000002</v>
       </c>
       <c r="E784" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="785" spans="1:5">
       <c r="A785" s="2" t="s">
-        <v>1933</v>
+        <v>1975</v>
       </c>
       <c r="B785" s="2" t="s">
-        <v>1934</v>
-[...2 lines deleted...]
-        <v>1935</v>
+        <v>1976</v>
+      </c>
+      <c r="C785" s="2">
+        <v>492.19</v>
       </c>
       <c r="D785" s="2">
-        <v>260.64999999999998</v>
+        <v>320.33999999999997</v>
       </c>
       <c r="E785" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="786" spans="1:5">
       <c r="A786" s="2" t="s">
-        <v>1936</v>
+        <v>1977</v>
       </c>
       <c r="B786" s="2" t="s">
-        <v>1937</v>
+        <v>1978</v>
       </c>
       <c r="C786" s="2">
-        <v>671.97000000000003</v>
+        <v>0.34</v>
       </c>
       <c r="D786" s="2">
-        <v>260.81</v>
+        <v>321.69</v>
       </c>
       <c r="E786" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="787" spans="1:5">
       <c r="A787" s="2" t="s">
-        <v>1938</v>
+        <v>1979</v>
       </c>
       <c r="B787" s="2" t="s">
-        <v>1939</v>
-[...2 lines deleted...]
-        <v>21.39</v>
+        <v>1980</v>
+      </c>
+      <c r="C787" s="2" t="s">
+        <v>1981</v>
       </c>
       <c r="D787" s="2">
-        <v>260.83999999999997</v>
+        <v>322.29000000000002</v>
       </c>
       <c r="E787" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="788" spans="1:5">
       <c r="A788" s="2" t="s">
-        <v>1940</v>
+        <v>1982</v>
       </c>
       <c r="B788" s="2" t="s">
-        <v>1941</v>
+        <v>1983</v>
       </c>
       <c r="C788" s="2">
-        <v>2.0</v>
+        <v>820.039999999999964</v>
       </c>
       <c r="D788" s="2">
-        <v>261.089999999999975</v>
+        <v>322.29000000000002</v>
       </c>
       <c r="E788" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="789" spans="1:5">
       <c r="A789" s="2" t="s">
-        <v>1942</v>
+        <v>1984</v>
       </c>
       <c r="B789" s="2" t="s">
-        <v>1943</v>
-[...2 lines deleted...]
-        <v>3.27</v>
+        <v>1985</v>
+      </c>
+      <c r="C789" s="2" t="s">
+        <v>1986</v>
       </c>
       <c r="D789" s="2">
-        <v>261.16000000000003</v>
+        <v>322.69</v>
       </c>
       <c r="E789" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="790" spans="1:5">
       <c r="A790" s="2" t="s">
-        <v>1944</v>
+        <v>1987</v>
       </c>
       <c r="B790" s="2" t="s">
-        <v>1945</v>
-[...2 lines deleted...]
-        <v>1946</v>
+        <v>1988</v>
+      </c>
+      <c r="C790" s="2">
+        <v>628.89999999999998</v>
       </c>
       <c r="D790" s="2">
-        <v>261.54000000000002</v>
+        <v>322.88999999999999</v>
       </c>
       <c r="E790" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="791" spans="1:5">
       <c r="A791" s="2" t="s">
-        <v>1947</v>
+        <v>1989</v>
       </c>
       <c r="B791" s="2" t="s">
-        <v>1948</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1990</v>
+      </c>
+      <c r="C791" s="2" t="s">
+        <v>1991</v>
       </c>
       <c r="D791" s="2">
-        <v>261.89999999999998</v>
+        <v>323.13999999999999</v>
       </c>
       <c r="E791" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="792" spans="1:5">
       <c r="A792" s="2" t="s">
-        <v>1949</v>
+        <v>1992</v>
       </c>
       <c r="B792" s="2" t="s">
-        <v>1950</v>
+        <v>1993</v>
       </c>
       <c r="C792" s="2" t="s">
-        <v>1951</v>
+        <v>1994</v>
       </c>
       <c r="D792" s="2">
-        <v>262.0</v>
+        <v>323.22000000000003</v>
       </c>
       <c r="E792" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="793" spans="1:5">
       <c r="A793" s="2" t="s">
-        <v>1952</v>
+        <v>1995</v>
       </c>
       <c r="B793" s="2" t="s">
-        <v>1953</v>
+        <v>1996</v>
       </c>
       <c r="C793" s="2" t="s">
-        <v>1954</v>
+        <v>1997</v>
       </c>
       <c r="D793" s="2">
-        <v>262.25</v>
+        <v>323.75</v>
       </c>
       <c r="E793" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="794" spans="1:5">
       <c r="A794" s="2" t="s">
-        <v>1955</v>
+        <v>1998</v>
       </c>
       <c r="B794" s="2" t="s">
-        <v>1956</v>
-[...2 lines deleted...]
-        <v>747.14999999999998</v>
+        <v>1999</v>
+      </c>
+      <c r="C794" s="2" t="s">
+        <v>2000</v>
       </c>
       <c r="D794" s="2">
-        <v>262.68000000000001</v>
+        <v>323.97000000000003</v>
       </c>
       <c r="E794" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="795" spans="1:5">
       <c r="A795" s="2" t="s">
-        <v>1957</v>
+        <v>2001</v>
       </c>
       <c r="B795" s="2" t="s">
-        <v>1958</v>
-[...2 lines deleted...]
-        <v>1959</v>
+        <v>2002</v>
+      </c>
+      <c r="C795" s="2">
+        <v>0.0</v>
       </c>
       <c r="D795" s="2">
-        <v>262.68000000000001</v>
+        <v>324.25999999999999</v>
       </c>
       <c r="E795" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="796" spans="1:5">
       <c r="A796" s="2" t="s">
-        <v>1960</v>
+        <v>2003</v>
       </c>
       <c r="B796" s="2" t="s">
-        <v>1961</v>
-[...2 lines deleted...]
-        <v>1962</v>
+        <v>2004</v>
+      </c>
+      <c r="C796" s="2">
+        <v>126.59</v>
       </c>
       <c r="D796" s="2">
-        <v>262.99000000000001</v>
+        <v>324.45999999999998</v>
       </c>
       <c r="E796" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="797" spans="1:5">
       <c r="A797" s="2" t="s">
-        <v>1963</v>
+        <v>2005</v>
       </c>
       <c r="B797" s="2" t="s">
-        <v>1964</v>
+        <v>2006</v>
       </c>
       <c r="C797" s="2" t="s">
-        <v>1965</v>
+        <v>2007</v>
       </c>
       <c r="D797" s="2">
-        <v>263.23000000000002</v>
+        <v>325.31</v>
       </c>
       <c r="E797" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="798" spans="1:5">
       <c r="A798" s="2" t="s">
-        <v>1966</v>
+        <v>2008</v>
       </c>
       <c r="B798" s="2" t="s">
-        <v>1967</v>
+        <v>2009</v>
       </c>
       <c r="C798" s="2" t="s">
-        <v>1968</v>
+        <v>2010</v>
       </c>
       <c r="D798" s="2">
-        <v>263.43000000000001</v>
+        <v>325.32999999999998</v>
       </c>
       <c r="E798" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="799" spans="1:5">
       <c r="A799" s="2" t="s">
-        <v>1969</v>
+        <v>2011</v>
       </c>
       <c r="B799" s="2" t="s">
-        <v>1970</v>
+        <v>2012</v>
       </c>
       <c r="C799" s="2" t="s">
-        <v>1971</v>
+        <v>2013</v>
       </c>
       <c r="D799" s="2">
-        <v>263.69999999999999</v>
+        <v>325.55000000000001</v>
       </c>
       <c r="E799" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="800" spans="1:5">
       <c r="A800" s="2" t="s">
-        <v>1972</v>
+        <v>2014</v>
       </c>
       <c r="B800" s="2" t="s">
-        <v>1973</v>
+        <v>2015</v>
       </c>
       <c r="C800" s="2" t="s">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="D800" s="2">
-        <v>263.83999999999997</v>
+        <v>326.31999999999999</v>
       </c>
       <c r="E800" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="801" spans="1:5">
       <c r="A801" s="2" t="s">
-        <v>1975</v>
+        <v>2017</v>
       </c>
       <c r="B801" s="2" t="s">
-        <v>1976</v>
-[...2 lines deleted...]
-        <v>8.27</v>
+        <v>2018</v>
+      </c>
+      <c r="C801" s="2" t="s">
+        <v>2019</v>
       </c>
       <c r="D801" s="2">
-        <v>264.0099999999999909</v>
+        <v>326.80000000000001</v>
       </c>
       <c r="E801" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="802" spans="1:5">
       <c r="A802" s="2" t="s">
-        <v>1977</v>
+        <v>2020</v>
       </c>
       <c r="B802" s="2" t="s">
-        <v>1978</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2021</v>
+      </c>
+      <c r="C802" s="2" t="s">
+        <v>2022</v>
       </c>
       <c r="D802" s="2">
-        <v>264.019999999999982</v>
+        <v>326.82999999999998</v>
       </c>
       <c r="E802" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="803" spans="1:5">
       <c r="A803" s="2" t="s">
-        <v>1979</v>
+        <v>2023</v>
       </c>
       <c r="B803" s="2" t="s">
-        <v>1980</v>
-[...2 lines deleted...]
-        <v>1.76</v>
+        <v>2024</v>
+      </c>
+      <c r="C803" s="2" t="s">
+        <v>2025</v>
       </c>
       <c r="D803" s="2">
-        <v>264.19999999999999</v>
+        <v>327.13999999999999</v>
       </c>
       <c r="E803" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="804" spans="1:5">
       <c r="A804" s="2" t="s">
-        <v>1981</v>
+        <v>2026</v>
       </c>
       <c r="B804" s="2" t="s">
-        <v>1982</v>
+        <v>2027</v>
       </c>
       <c r="C804" s="2">
-        <v>431.75999999999999</v>
+        <v>0.66</v>
       </c>
       <c r="D804" s="2">
-        <v>264.19999999999999</v>
+        <v>328.47000000000003</v>
       </c>
       <c r="E804" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="805" spans="1:5">
       <c r="A805" s="2" t="s">
-        <v>1983</v>
+        <v>2028</v>
       </c>
       <c r="B805" s="2" t="s">
-        <v>1984</v>
-[...2 lines deleted...]
-        <v>1985</v>
+        <v>2029</v>
+      </c>
+      <c r="C805" s="2">
+        <v>73.31</v>
       </c>
       <c r="D805" s="2">
-        <v>264.50999999999999</v>
+        <v>329.32999999999998</v>
       </c>
       <c r="E805" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="806" spans="1:5">
       <c r="A806" s="2" t="s">
-        <v>1986</v>
+        <v>2030</v>
       </c>
       <c r="B806" s="2" t="s">
-        <v>1987</v>
-[...2 lines deleted...]
-        <v>904.79999999999995</v>
+        <v>2031</v>
+      </c>
+      <c r="C806" s="2" t="s">
+        <v>2032</v>
       </c>
       <c r="D806" s="2">
-        <v>264.56999999999999</v>
+        <v>330.22000000000003</v>
       </c>
       <c r="E806" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="807" spans="1:5">
       <c r="A807" s="2" t="s">
-        <v>1988</v>
+        <v>2033</v>
       </c>
       <c r="B807" s="2" t="s">
-        <v>1989</v>
+        <v>2034</v>
       </c>
       <c r="C807" s="2">
-        <v>63.21</v>
+        <v>89.40000000000001</v>
       </c>
       <c r="D807" s="2">
-        <v>264.66000000000003</v>
+        <v>330.27999999999997</v>
       </c>
       <c r="E807" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="808" spans="1:5">
       <c r="A808" s="2" t="s">
-        <v>1990</v>
+        <v>2035</v>
       </c>
       <c r="B808" s="2" t="s">
-        <v>1991</v>
-[...2 lines deleted...]
-        <v>169.53</v>
+        <v>2036</v>
+      </c>
+      <c r="C808" s="2" t="s">
+        <v>2037</v>
       </c>
       <c r="D808" s="2">
-        <v>264.69</v>
+        <v>331.60000000000002</v>
       </c>
       <c r="E808" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="809" spans="1:5">
       <c r="A809" s="2" t="s">
-        <v>1992</v>
+        <v>2038</v>
       </c>
       <c r="B809" s="2" t="s">
-        <v>1993</v>
+        <v>2039</v>
       </c>
       <c r="C809" s="2">
-        <v>39.4</v>
+        <v>15.79</v>
       </c>
       <c r="D809" s="2">
-        <v>265.11000000000001</v>
+        <v>331.91000000000003</v>
       </c>
       <c r="E809" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="810" spans="1:5">
       <c r="A810" s="2" t="s">
-        <v>1994</v>
+        <v>2040</v>
       </c>
       <c r="B810" s="2" t="s">
-        <v>1995</v>
-[...2 lines deleted...]
-        <v>8.96</v>
+        <v>2041</v>
+      </c>
+      <c r="C810" s="2" t="s">
+        <v>2042</v>
       </c>
       <c r="D810" s="2">
-        <v>265.83999999999997</v>
+        <v>332.92000000000002</v>
       </c>
       <c r="E810" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="811" spans="1:5">
       <c r="A811" s="2" t="s">
-        <v>1996</v>
+        <v>2043</v>
       </c>
       <c r="B811" s="2" t="s">
-        <v>1997</v>
+        <v>2044</v>
       </c>
       <c r="C811" s="2" t="s">
-        <v>867</v>
+        <v>2045</v>
       </c>
       <c r="D811" s="2">
-        <v>266.029999999999973</v>
+        <v>333.61000000000001</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="812" spans="1:5">
       <c r="A812" s="2" t="s">
-        <v>1998</v>
+        <v>2046</v>
       </c>
       <c r="B812" s="2" t="s">
-        <v>1999</v>
-[...2 lines deleted...]
-        <v>418.10000000000002</v>
+        <v>2047</v>
+      </c>
+      <c r="C812" s="2" t="s">
+        <v>2048</v>
       </c>
       <c r="D812" s="2">
-        <v>266.31999999999999</v>
+        <v>333.63999999999999</v>
       </c>
       <c r="E812" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="813" spans="1:5">
       <c r="A813" s="2" t="s">
-        <v>2000</v>
+        <v>2049</v>
       </c>
       <c r="B813" s="2" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-        <v>2.46</v>
+        <v>2050</v>
+      </c>
+      <c r="C813" s="2" t="s">
+        <v>2051</v>
       </c>
       <c r="D813" s="2">
-        <v>266.58999999999997</v>
+        <v>334.050000000000011</v>
       </c>
       <c r="E813" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="814" spans="1:5">
       <c r="A814" s="2" t="s">
-        <v>2002</v>
+        <v>2052</v>
       </c>
       <c r="B814" s="2" t="s">
-        <v>2003</v>
-[...2 lines deleted...]
-        <v>60.63</v>
+        <v>2053</v>
+      </c>
+      <c r="C814" s="2" t="s">
+        <v>2054</v>
       </c>
       <c r="D814" s="2">
-        <v>266.67000000000002</v>
+        <v>334.13</v>
       </c>
       <c r="E814" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="815" spans="1:5">
       <c r="A815" s="2" t="s">
-        <v>2004</v>
+        <v>2055</v>
       </c>
       <c r="B815" s="2" t="s">
-        <v>2005</v>
-[...2 lines deleted...]
-        <v>24.78</v>
+        <v>2056</v>
+      </c>
+      <c r="C815" s="2" t="s">
+        <v>2057</v>
       </c>
       <c r="D815" s="2">
-        <v>266.69</v>
+        <v>334.45999999999998</v>
       </c>
       <c r="E815" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="816" spans="1:5">
       <c r="A816" s="2" t="s">
-        <v>2006</v>
+        <v>2058</v>
       </c>
       <c r="B816" s="2" t="s">
-        <v>2007</v>
+        <v>2059</v>
       </c>
       <c r="C816" s="2">
-        <v>2.89</v>
+        <v>63.35</v>
       </c>
       <c r="D816" s="2">
-        <v>266.95999999999998</v>
+        <v>335.13</v>
       </c>
       <c r="E816" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="817" spans="1:5">
       <c r="A817" s="2" t="s">
-        <v>2008</v>
+        <v>2060</v>
       </c>
       <c r="B817" s="2" t="s">
-        <v>2009</v>
+        <v>2061</v>
       </c>
       <c r="C817" s="2" t="s">
-        <v>2010</v>
+        <v>2062</v>
       </c>
       <c r="D817" s="2">
-        <v>267.38999999999999</v>
+        <v>335.13999999999999</v>
       </c>
       <c r="E817" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="818" spans="1:5">
       <c r="A818" s="2" t="s">
-        <v>2011</v>
+        <v>2063</v>
       </c>
       <c r="B818" s="2" t="s">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>60.28</v>
+        <v>2064</v>
+      </c>
+      <c r="C818" s="2" t="s">
+        <v>2065</v>
       </c>
       <c r="D818" s="2">
-        <v>267.44999999999999</v>
+        <v>336.0</v>
       </c>
       <c r="E818" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="819" spans="1:5">
       <c r="A819" s="2" t="s">
-        <v>2013</v>
+        <v>2066</v>
       </c>
       <c r="B819" s="2" t="s">
-        <v>2014</v>
+        <v>2067</v>
       </c>
       <c r="C819" s="2" t="s">
-        <v>2015</v>
+        <v>2068</v>
       </c>
       <c r="D819" s="2">
-        <v>267.72000000000003</v>
+        <v>336.76999999999998</v>
       </c>
       <c r="E819" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="820" spans="1:5">
       <c r="A820" s="2" t="s">
-        <v>2016</v>
+        <v>2069</v>
       </c>
       <c r="B820" s="2" t="s">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2070</v>
+      </c>
+      <c r="C820" s="2" t="s">
+        <v>2071</v>
       </c>
       <c r="D820" s="2">
-        <v>268.61000000000001</v>
+        <v>336.87</v>
       </c>
       <c r="E820" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="821" spans="1:5">
       <c r="A821" s="2" t="s">
-        <v>2018</v>
+        <v>2072</v>
       </c>
       <c r="B821" s="2" t="s">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>983.46000000000004</v>
+        <v>2073</v>
+      </c>
+      <c r="C821" s="2" t="s">
+        <v>2074</v>
       </c>
       <c r="D821" s="2">
-        <v>268.63</v>
+        <v>337.13999999999999</v>
       </c>
       <c r="E821" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="822" spans="1:5">
       <c r="A822" s="2" t="s">
-        <v>2020</v>
+        <v>2075</v>
       </c>
       <c r="B822" s="2" t="s">
-        <v>2021</v>
+        <v>2076</v>
       </c>
       <c r="C822" s="2">
-        <v>32.5</v>
+        <v>2.85</v>
       </c>
       <c r="D822" s="2">
-        <v>269.62</v>
+        <v>337.25999999999999</v>
       </c>
       <c r="E822" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="823" spans="1:5">
       <c r="A823" s="2" t="s">
-        <v>2022</v>
+        <v>2077</v>
       </c>
       <c r="B823" s="2" t="s">
-        <v>2023</v>
+        <v>2078</v>
       </c>
       <c r="C823" s="2" t="s">
-        <v>2024</v>
+        <v>2079</v>
       </c>
       <c r="D823" s="2">
-        <v>269.85000000000002</v>
+        <v>337.56</v>
       </c>
       <c r="E823" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="824" spans="1:5">
       <c r="A824" s="2" t="s">
-        <v>2025</v>
+        <v>2080</v>
       </c>
       <c r="B824" s="2" t="s">
-        <v>2026</v>
-[...2 lines deleted...]
-        <v>2027</v>
+        <v>2081</v>
+      </c>
+      <c r="C824" s="2">
+        <v>0.0</v>
       </c>
       <c r="D824" s="2">
-        <v>271.25</v>
+        <v>339.14999999999998</v>
       </c>
       <c r="E824" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="825" spans="1:5">
       <c r="A825" s="2" t="s">
-        <v>2028</v>
+        <v>2082</v>
       </c>
       <c r="B825" s="2" t="s">
-        <v>2029</v>
+        <v>2083</v>
       </c>
       <c r="C825" s="2">
-        <v>0.0</v>
+        <v>65.93000000000001</v>
       </c>
       <c r="D825" s="2">
-        <v>272.55000000000001</v>
+        <v>341.18000000000001</v>
       </c>
       <c r="E825" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="826" spans="1:5">
       <c r="A826" s="2" t="s">
-        <v>2030</v>
+        <v>2084</v>
       </c>
       <c r="B826" s="2" t="s">
-        <v>2031</v>
+        <v>2085</v>
       </c>
       <c r="C826" s="2" t="s">
-        <v>2032</v>
+        <v>2086</v>
       </c>
       <c r="D826" s="2">
-        <v>273.51999999999998</v>
+        <v>341.24000000000001</v>
       </c>
       <c r="E826" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="827" spans="1:5">
       <c r="A827" s="2" t="s">
-        <v>2033</v>
+        <v>2087</v>
       </c>
       <c r="B827" s="2" t="s">
-        <v>2034</v>
-[...2 lines deleted...]
-        <v>9.26</v>
+        <v>2088</v>
+      </c>
+      <c r="C827" s="2" t="s">
+        <v>2089</v>
       </c>
       <c r="D827" s="2">
-        <v>273.79000000000002</v>
+        <v>342.62</v>
       </c>
       <c r="E827" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="828" spans="1:5">
       <c r="A828" s="2" t="s">
-        <v>2035</v>
+        <v>2090</v>
       </c>
       <c r="B828" s="2" t="s">
-        <v>2036</v>
-[...2 lines deleted...]
-        <v>489.19999999999999</v>
+        <v>2091</v>
+      </c>
+      <c r="C828" s="2" t="s">
+        <v>2092</v>
       </c>
       <c r="D828" s="2">
-        <v>274.52999999999997</v>
+        <v>344.79000000000002</v>
       </c>
       <c r="E828" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="829" spans="1:5">
       <c r="A829" s="2" t="s">
-        <v>2037</v>
+        <v>2093</v>
       </c>
       <c r="B829" s="2" t="s">
-        <v>2038</v>
-[...2 lines deleted...]
-        <v>440.25</v>
+        <v>2094</v>
+      </c>
+      <c r="C829" s="2" t="s">
+        <v>2095</v>
       </c>
       <c r="D829" s="2">
-        <v>274.58999999999997</v>
+        <v>344.95999999999998</v>
       </c>
       <c r="E829" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="830" spans="1:5">
       <c r="A830" s="2" t="s">
-        <v>2039</v>
+        <v>2096</v>
       </c>
       <c r="B830" s="2" t="s">
-        <v>2040</v>
+        <v>2097</v>
       </c>
       <c r="C830" s="2" t="s">
-        <v>2041</v>
+        <v>2098</v>
       </c>
       <c r="D830" s="2">
-        <v>275.04000000000002</v>
+        <v>348.94</v>
       </c>
       <c r="E830" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="831" spans="1:5">
       <c r="A831" s="2" t="s">
-        <v>2042</v>
+        <v>2099</v>
       </c>
       <c r="B831" s="2" t="s">
-        <v>2043</v>
+        <v>2100</v>
       </c>
       <c r="C831" s="2">
-        <v>446.0099999999999909</v>
+        <v>0.88</v>
       </c>
       <c r="D831" s="2">
-        <v>275.32999999999998</v>
+        <v>349.019999999999982</v>
       </c>
       <c r="E831" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="832" spans="1:5">
       <c r="A832" s="2" t="s">
-        <v>2044</v>
+        <v>2101</v>
       </c>
       <c r="B832" s="2" t="s">
-        <v>2045</v>
-[...2 lines deleted...]
-        <v>2046</v>
+        <v>2102</v>
+      </c>
+      <c r="C832" s="2">
+        <v>5.56</v>
       </c>
       <c r="D832" s="2">
-        <v>275.60000000000002</v>
+        <v>352.31999999999999</v>
       </c>
       <c r="E832" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="833" spans="1:5">
       <c r="A833" s="2" t="s">
-        <v>2047</v>
+        <v>2103</v>
       </c>
       <c r="B833" s="2" t="s">
-        <v>2048</v>
+        <v>2104</v>
       </c>
       <c r="C833" s="2" t="s">
-        <v>2049</v>
+        <v>2105</v>
       </c>
       <c r="D833" s="2">
-        <v>276.24000000000001</v>
+        <v>352.80000000000001</v>
       </c>
       <c r="E833" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="834" spans="1:5">
       <c r="A834" s="2" t="s">
-        <v>2050</v>
+        <v>2106</v>
       </c>
       <c r="B834" s="2" t="s">
-        <v>2051</v>
-[...2 lines deleted...]
-        <v>51.76</v>
+        <v>2107</v>
+      </c>
+      <c r="C834" s="2" t="s">
+        <v>2108</v>
       </c>
       <c r="D834" s="2">
-        <v>276.54000000000002</v>
+        <v>353.43000000000001</v>
       </c>
       <c r="E834" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="835" spans="1:5">
       <c r="A835" s="2" t="s">
-        <v>2052</v>
+        <v>2109</v>
       </c>
       <c r="B835" s="2" t="s">
-        <v>2053</v>
+        <v>2110</v>
       </c>
       <c r="C835" s="2" t="s">
-        <v>2054</v>
+        <v>2111</v>
       </c>
       <c r="D835" s="2">
-        <v>277.26999999999998</v>
+        <v>354.42000000000002</v>
       </c>
       <c r="E835" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="836" spans="1:5">
       <c r="A836" s="2" t="s">
-        <v>2055</v>
+        <v>2112</v>
       </c>
       <c r="B836" s="2" t="s">
-        <v>2056</v>
+        <v>2113</v>
       </c>
       <c r="C836" s="2">
-        <v>4.53</v>
+        <v>62.060000000000002</v>
       </c>
       <c r="D836" s="2">
-        <v>277.69</v>
+        <v>354.45999999999998</v>
       </c>
       <c r="E836" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="837" spans="1:5">
       <c r="A837" s="2" t="s">
-        <v>2057</v>
+        <v>2114</v>
       </c>
       <c r="B837" s="2" t="s">
-        <v>2058</v>
+        <v>2115</v>
       </c>
       <c r="C837" s="2" t="s">
-        <v>2059</v>
+        <v>2116</v>
       </c>
       <c r="D837" s="2">
-        <v>278.079999999999984</v>
+        <v>355.41000000000003</v>
       </c>
       <c r="E837" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="838" spans="1:5">
       <c r="A838" s="2" t="s">
-        <v>2060</v>
+        <v>2117</v>
       </c>
       <c r="B838" s="2" t="s">
-        <v>2061</v>
-[...2 lines deleted...]
-        <v>79.22</v>
+        <v>2118</v>
+      </c>
+      <c r="C838" s="2" t="s">
+        <v>2119</v>
       </c>
       <c r="D838" s="2">
-        <v>278.23000000000002</v>
+        <v>355.73000000000002</v>
       </c>
       <c r="E838" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="839" spans="1:5">
       <c r="A839" s="2" t="s">
-        <v>2062</v>
+        <v>2120</v>
       </c>
       <c r="B839" s="2" t="s">
-        <v>2063</v>
+        <v>2121</v>
       </c>
       <c r="C839" s="2">
-        <v>27.98</v>
+        <v>721.42999999999995</v>
       </c>
       <c r="D839" s="2">
-        <v>278.83999999999997</v>
+        <v>356.04000000000002</v>
       </c>
       <c r="E839" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="840" spans="1:5">
       <c r="A840" s="2" t="s">
-        <v>2064</v>
+        <v>2122</v>
       </c>
       <c r="B840" s="2" t="s">
-        <v>2065</v>
+        <v>2123</v>
       </c>
       <c r="C840" s="2">
-        <v>579.50999999999999</v>
+        <v>2.54</v>
       </c>
       <c r="D840" s="2">
-        <v>278.94</v>
+        <v>359.49000000000001</v>
       </c>
       <c r="E840" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="841" spans="1:5">
       <c r="A841" s="2" t="s">
-        <v>2066</v>
+        <v>2124</v>
       </c>
       <c r="B841" s="2" t="s">
-        <v>2067</v>
+        <v>2125</v>
       </c>
       <c r="C841" s="2" t="s">
-        <v>2068</v>
+        <v>2126</v>
       </c>
       <c r="D841" s="2">
-        <v>279.19</v>
+        <v>359.89999999999998</v>
       </c>
       <c r="E841" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="842" spans="1:5">
       <c r="A842" s="2" t="s">
-        <v>2069</v>
+        <v>2127</v>
       </c>
       <c r="B842" s="2" t="s">
-        <v>2070</v>
+        <v>2128</v>
       </c>
       <c r="C842" s="2">
-        <v>4.81</v>
+        <v>0.71</v>
       </c>
       <c r="D842" s="2">
-        <v>279.98000000000002</v>
+        <v>361.35000000000002</v>
       </c>
       <c r="E842" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="843" spans="1:5">
       <c r="A843" s="2" t="s">
-        <v>2071</v>
+        <v>2129</v>
       </c>
       <c r="B843" s="2" t="s">
-        <v>2072</v>
-[...2 lines deleted...]
-        <v>200.0</v>
+        <v>2130</v>
+      </c>
+      <c r="C843" s="2" t="s">
+        <v>2131</v>
       </c>
       <c r="D843" s="2">
-        <v>280.0</v>
+        <v>364.079999999999984</v>
       </c>
       <c r="E843" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="844" spans="1:5">
       <c r="A844" s="2" t="s">
-        <v>2073</v>
+        <v>2132</v>
       </c>
       <c r="B844" s="2" t="s">
-        <v>2074</v>
+        <v>2133</v>
       </c>
       <c r="C844" s="2" t="s">
-        <v>2075</v>
+        <v>2134</v>
       </c>
       <c r="D844" s="2">
-        <v>280.27999999999997</v>
+        <v>368.36000000000001</v>
       </c>
       <c r="E844" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="845" spans="1:5">
       <c r="A845" s="2" t="s">
-        <v>2076</v>
+        <v>2135</v>
       </c>
       <c r="B845" s="2" t="s">
-        <v>2077</v>
+        <v>2136</v>
       </c>
       <c r="C845" s="2" t="s">
-        <v>2078</v>
+        <v>2137</v>
       </c>
       <c r="D845" s="2">
-        <v>280.58999999999997</v>
+        <v>368.47000000000003</v>
       </c>
       <c r="E845" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="846" spans="1:5">
       <c r="A846" s="2" t="s">
-        <v>2079</v>
+        <v>2138</v>
       </c>
       <c r="B846" s="2" t="s">
-        <v>2080</v>
-[...2 lines deleted...]
-        <v>206.84</v>
+        <v>2139</v>
+      </c>
+      <c r="C846" s="2" t="s">
+        <v>2140</v>
       </c>
       <c r="D846" s="2">
-        <v>280.81999999999999</v>
+        <v>369.50999999999999</v>
       </c>
       <c r="E846" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="847" spans="1:5">
       <c r="A847" s="2" t="s">
-        <v>2081</v>
+        <v>2141</v>
       </c>
       <c r="B847" s="2" t="s">
-        <v>2082</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2142</v>
+      </c>
+      <c r="C847" s="2" t="s">
+        <v>2143</v>
       </c>
       <c r="D847" s="2">
-        <v>280.86000000000001</v>
+        <v>369.97000000000003</v>
       </c>
       <c r="E847" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="848" spans="1:5">
       <c r="A848" s="2" t="s">
-        <v>2083</v>
+        <v>2144</v>
       </c>
       <c r="B848" s="2" t="s">
-        <v>2084</v>
+        <v>2145</v>
       </c>
       <c r="C848" s="2" t="s">
-        <v>2085</v>
+        <v>2146</v>
       </c>
       <c r="D848" s="2">
-        <v>280.93000000000001</v>
+        <v>372.11000000000001</v>
       </c>
       <c r="E848" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="849" spans="1:5">
       <c r="A849" s="2" t="s">
-        <v>2086</v>
+        <v>2147</v>
       </c>
       <c r="B849" s="2" t="s">
-        <v>2087</v>
-[...2 lines deleted...]
-        <v>364.20999999999998</v>
+        <v>2148</v>
+      </c>
+      <c r="C849" s="2" t="s">
+        <v>2149</v>
       </c>
       <c r="D849" s="2">
-        <v>280.95999999999998</v>
+        <v>372.14999999999998</v>
       </c>
       <c r="E849" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="850" spans="1:5">
       <c r="A850" s="2" t="s">
-        <v>2088</v>
+        <v>2150</v>
       </c>
       <c r="B850" s="2" t="s">
-        <v>2089</v>
+        <v>2151</v>
       </c>
       <c r="C850" s="2" t="s">
-        <v>2090</v>
+        <v>2152</v>
       </c>
       <c r="D850" s="2">
-        <v>281.04000000000002</v>
+        <v>373.70999999999998</v>
       </c>
       <c r="E850" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="851" spans="1:5">
       <c r="A851" s="2" t="s">
-        <v>2091</v>
+        <v>2153</v>
       </c>
       <c r="B851" s="2" t="s">
-        <v>2092</v>
+        <v>2154</v>
       </c>
       <c r="C851" s="2">
-        <v>32.42</v>
+        <v>274.04000000000002</v>
       </c>
       <c r="D851" s="2">
-        <v>281.14999999999998</v>
+        <v>374.18000000000001</v>
       </c>
       <c r="E851" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="852" spans="1:5">
       <c r="A852" s="2" t="s">
-        <v>2093</v>
+        <v>2155</v>
       </c>
       <c r="B852" s="2" t="s">
-        <v>2094</v>
-[...2 lines deleted...]
-        <v>46.49</v>
+        <v>2156</v>
+      </c>
+      <c r="C852" s="2" t="s">
+        <v>2157</v>
       </c>
       <c r="D852" s="2">
-        <v>281.58999999999997</v>
+        <v>374.69999999999999</v>
       </c>
       <c r="E852" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="853" spans="1:5">
       <c r="A853" s="2" t="s">
-        <v>2095</v>
+        <v>2158</v>
       </c>
       <c r="B853" s="2" t="s">
-        <v>2096</v>
-[...2 lines deleted...]
-        <v>114.52</v>
+        <v>2159</v>
+      </c>
+      <c r="C853" s="2" t="s">
+        <v>2160</v>
       </c>
       <c r="D853" s="2">
-        <v>281.75</v>
+        <v>374.95999999999998</v>
       </c>
       <c r="E853" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="854" spans="1:5">
       <c r="A854" s="2" t="s">
-        <v>2097</v>
+        <v>2161</v>
       </c>
       <c r="B854" s="2" t="s">
-        <v>2098</v>
-[...2 lines deleted...]
-        <v>2099</v>
+        <v>2162</v>
+      </c>
+      <c r="C854" s="2">
+        <v>0.41</v>
       </c>
       <c r="D854" s="2">
-        <v>281.79000000000002</v>
+        <v>375.45999999999998</v>
       </c>
       <c r="E854" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="855" spans="1:5">
       <c r="A855" s="2" t="s">
-        <v>2100</v>
+        <v>2163</v>
       </c>
       <c r="B855" s="2" t="s">
-        <v>2101</v>
-[...2 lines deleted...]
-        <v>574.080000000000041</v>
+        <v>2164</v>
+      </c>
+      <c r="C855" s="2" t="s">
+        <v>2165</v>
       </c>
       <c r="D855" s="2">
-        <v>282.060000000000002</v>
+        <v>375.56999999999999</v>
       </c>
       <c r="E855" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="856" spans="1:5">
       <c r="A856" s="2" t="s">
-        <v>2102</v>
+        <v>2166</v>
       </c>
       <c r="B856" s="2" t="s">
-        <v>2103</v>
-[...2 lines deleted...]
-        <v>0.43</v>
+        <v>2167</v>
+      </c>
+      <c r="C856" s="2" t="s">
+        <v>2168</v>
       </c>
       <c r="D856" s="2">
-        <v>282.14999999999998</v>
+        <v>377.0</v>
       </c>
       <c r="E856" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="857" spans="1:5">
       <c r="A857" s="2" t="s">
-        <v>2104</v>
+        <v>2169</v>
       </c>
       <c r="B857" s="2" t="s">
-        <v>2105</v>
+        <v>2170</v>
       </c>
       <c r="C857" s="2">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="D857" s="2">
-        <v>282.23000000000002</v>
+        <v>377.089999999999975</v>
       </c>
       <c r="E857" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="858" spans="1:5">
       <c r="A858" s="2" t="s">
-        <v>2106</v>
+        <v>2171</v>
       </c>
       <c r="B858" s="2" t="s">
-        <v>2107</v>
+        <v>2172</v>
       </c>
       <c r="C858" s="2" t="s">
-        <v>2108</v>
+        <v>2173</v>
       </c>
       <c r="D858" s="2">
-        <v>282.42000000000002</v>
+        <v>379.67000000000002</v>
       </c>
       <c r="E858" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="859" spans="1:5">
       <c r="A859" s="2" t="s">
-        <v>2109</v>
+        <v>2174</v>
       </c>
       <c r="B859" s="2" t="s">
-        <v>2110</v>
+        <v>2175</v>
       </c>
       <c r="C859" s="2">
-        <v>931.52999999999997</v>
+        <v>890.45000000000005</v>
       </c>
       <c r="D859" s="2">
-        <v>282.55000000000001</v>
+        <v>382.37</v>
       </c>
       <c r="E859" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="860" spans="1:5">
       <c r="A860" s="2" t="s">
-        <v>2111</v>
+        <v>2176</v>
       </c>
       <c r="B860" s="2" t="s">
-        <v>2112</v>
+        <v>2177</v>
       </c>
       <c r="C860" s="2" t="s">
-        <v>1932</v>
+        <v>2178</v>
       </c>
       <c r="D860" s="2">
-        <v>282.85000000000002</v>
+        <v>382.5</v>
       </c>
       <c r="E860" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="861" spans="1:5">
       <c r="A861" s="2" t="s">
-        <v>2113</v>
+        <v>2179</v>
       </c>
       <c r="B861" s="2" t="s">
-        <v>2114</v>
+        <v>2180</v>
       </c>
       <c r="C861" s="2">
-        <v>1.54</v>
+        <v>6.87</v>
       </c>
       <c r="D861" s="2">
-        <v>283.38999999999999</v>
+        <v>382.75</v>
       </c>
       <c r="E861" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="862" spans="1:5">
       <c r="A862" s="2" t="s">
-        <v>2115</v>
+        <v>2181</v>
       </c>
       <c r="B862" s="2" t="s">
-        <v>2116</v>
-[...2 lines deleted...]
-        <v>4.62</v>
+        <v>2182</v>
+      </c>
+      <c r="C862" s="2" t="s">
+        <v>2183</v>
       </c>
       <c r="D862" s="2">
-        <v>283.44</v>
+        <v>383.25</v>
       </c>
       <c r="E862" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="863" spans="1:5">
       <c r="A863" s="2" t="s">
-        <v>2117</v>
+        <v>2184</v>
       </c>
       <c r="B863" s="2" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>8.77</v>
+        <v>2185</v>
+      </c>
+      <c r="C863" s="2" t="s">
+        <v>2186</v>
       </c>
       <c r="D863" s="2">
-        <v>283.58999999999997</v>
+        <v>384.050000000000011</v>
       </c>
       <c r="E863" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="864" spans="1:5">
       <c r="A864" s="2" t="s">
-        <v>2119</v>
+        <v>2187</v>
       </c>
       <c r="B864" s="2" t="s">
-        <v>2120</v>
+        <v>2188</v>
       </c>
       <c r="C864" s="2">
-        <v>627.24000000000001</v>
+        <v>10.52</v>
       </c>
       <c r="D864" s="2">
-        <v>283.60000000000002</v>
+        <v>387.38</v>
       </c>
       <c r="E864" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="865" spans="1:5">
       <c r="A865" s="2" t="s">
-        <v>2121</v>
+        <v>2189</v>
       </c>
       <c r="B865" s="2" t="s">
-        <v>2122</v>
-[...2 lines deleted...]
-        <v>2123</v>
+        <v>2190</v>
+      </c>
+      <c r="C865" s="2">
+        <v>60.22</v>
       </c>
       <c r="D865" s="2">
-        <v>283.75</v>
+        <v>388.85000000000002</v>
       </c>
       <c r="E865" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="866" spans="1:5">
       <c r="A866" s="2" t="s">
-        <v>2124</v>
+        <v>2191</v>
       </c>
       <c r="B866" s="2" t="s">
-        <v>2125</v>
+        <v>2192</v>
       </c>
       <c r="C866" s="2" t="s">
-        <v>2126</v>
+        <v>2193</v>
       </c>
       <c r="D866" s="2">
-        <v>283.82999999999998</v>
+        <v>390.31999999999999</v>
       </c>
       <c r="E866" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="867" spans="1:5">
       <c r="A867" s="2" t="s">
-        <v>2127</v>
+        <v>2194</v>
       </c>
       <c r="B867" s="2" t="s">
-        <v>2128</v>
-[...2 lines deleted...]
-        <v>382.12</v>
+        <v>2195</v>
+      </c>
+      <c r="C867" s="2" t="s">
+        <v>2196</v>
       </c>
       <c r="D867" s="2">
-        <v>283.83999999999997</v>
+        <v>391.27999999999997</v>
       </c>
       <c r="E867" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="868" spans="1:5">
       <c r="A868" s="2" t="s">
-        <v>2129</v>
+        <v>2197</v>
       </c>
       <c r="B868" s="2" t="s">
-        <v>2130</v>
+        <v>2198</v>
       </c>
       <c r="C868" s="2" t="s">
-        <v>2131</v>
+        <v>2199</v>
       </c>
       <c r="D868" s="2">
-        <v>284.13</v>
+        <v>392.55000000000001</v>
       </c>
       <c r="E868" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="869" spans="1:5">
       <c r="A869" s="2" t="s">
-        <v>2132</v>
+        <v>2200</v>
       </c>
       <c r="B869" s="2" t="s">
-        <v>2133</v>
+        <v>2201</v>
       </c>
       <c r="C869" s="2">
-        <v>462.0</v>
+        <v>5.24</v>
       </c>
       <c r="D869" s="2">
-        <v>284.44</v>
+        <v>392.94999999999999</v>
       </c>
       <c r="E869" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="870" spans="1:5">
       <c r="A870" s="2" t="s">
-        <v>2134</v>
+        <v>2202</v>
       </c>
       <c r="B870" s="2" t="s">
-        <v>2135</v>
+        <v>2203</v>
       </c>
       <c r="C870" s="2">
-        <v>41.48</v>
+        <v>5.26</v>
       </c>
       <c r="D870" s="2">
-        <v>284.93000000000001</v>
+        <v>393.43000000000001</v>
       </c>
       <c r="E870" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="871" spans="1:5">
       <c r="A871" s="2" t="s">
-        <v>2136</v>
+        <v>2204</v>
       </c>
       <c r="B871" s="2" t="s">
-        <v>2137</v>
+        <v>2205</v>
       </c>
       <c r="C871" s="2">
-        <v>96.20999999999999</v>
+        <v>5.28</v>
       </c>
       <c r="D871" s="2">
-        <v>285.31999999999999</v>
+        <v>394.24000000000001</v>
       </c>
       <c r="E871" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="872" spans="1:5">
       <c r="A872" s="2" t="s">
-        <v>2138</v>
+        <v>2206</v>
       </c>
       <c r="B872" s="2" t="s">
-        <v>2139</v>
-[...2 lines deleted...]
-        <v>10.050000000000001</v>
+        <v>2207</v>
+      </c>
+      <c r="C872" s="2" t="s">
+        <v>2208</v>
       </c>
       <c r="D872" s="2">
-        <v>285.56</v>
+        <v>395.58999999999997</v>
       </c>
       <c r="E872" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="873" spans="1:5">
       <c r="A873" s="2" t="s">
-        <v>2140</v>
+        <v>2209</v>
       </c>
       <c r="B873" s="2" t="s">
-        <v>2141</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2210</v>
+      </c>
+      <c r="C873" s="2" t="s">
+        <v>2211</v>
       </c>
       <c r="D873" s="2">
-        <v>285.91000000000003</v>
+        <v>397.44</v>
       </c>
       <c r="E873" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="874" spans="1:5">
       <c r="A874" s="2" t="s">
-        <v>2142</v>
+        <v>2212</v>
       </c>
       <c r="B874" s="2" t="s">
-        <v>2143</v>
+        <v>2213</v>
       </c>
       <c r="C874" s="2">
-        <v>383.42000000000002</v>
+        <v>5.37</v>
       </c>
       <c r="D874" s="2">
-        <v>286.23000000000002</v>
+        <v>397.47000000000003</v>
       </c>
       <c r="E874" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="875" spans="1:5">
       <c r="A875" s="2" t="s">
-        <v>2144</v>
+        <v>2214</v>
       </c>
       <c r="B875" s="2" t="s">
-        <v>2145</v>
+        <v>2215</v>
       </c>
       <c r="C875" s="2" t="s">
-        <v>2146</v>
+        <v>2216</v>
       </c>
       <c r="D875" s="2">
-        <v>286.80000000000001</v>
+        <v>400.32999999999998</v>
       </c>
       <c r="E875" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="876" spans="1:5">
       <c r="A876" s="2" t="s">
-        <v>2147</v>
+        <v>2217</v>
       </c>
       <c r="B876" s="2" t="s">
-        <v>2148</v>
+        <v>2218</v>
       </c>
       <c r="C876" s="2">
-        <v>374.12</v>
+        <v>11.94</v>
       </c>
       <c r="D876" s="2">
-        <v>287.81999999999999</v>
+        <v>400.57999999999998</v>
       </c>
       <c r="E876" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="877" spans="1:5">
       <c r="A877" s="2" t="s">
-        <v>2149</v>
+        <v>2219</v>
       </c>
       <c r="B877" s="2" t="s">
-        <v>2150</v>
+        <v>2220</v>
       </c>
       <c r="C877" s="2">
-        <v>0.0</v>
+        <v>60.63</v>
       </c>
       <c r="D877" s="2">
-        <v>287.87</v>
+        <v>403.16000000000003</v>
       </c>
       <c r="E877" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="878" spans="1:5">
       <c r="A878" s="2" t="s">
-        <v>2151</v>
+        <v>2221</v>
       </c>
       <c r="B878" s="2" t="s">
-        <v>2152</v>
+        <v>2222</v>
       </c>
       <c r="C878" s="2">
-        <v>5.44</v>
+        <v>5.56</v>
       </c>
       <c r="D878" s="2">
-        <v>288.38</v>
+        <v>403.94</v>
       </c>
       <c r="E878" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="879" spans="1:5">
       <c r="A879" s="2" t="s">
-        <v>2153</v>
+        <v>2223</v>
       </c>
       <c r="B879" s="2" t="s">
-        <v>2154</v>
+        <v>2224</v>
       </c>
       <c r="C879" s="2">
-        <v>87.95999999999999</v>
+        <v>33.24</v>
       </c>
       <c r="D879" s="2">
-        <v>288.69999999999999</v>
+        <v>406.26999999999998</v>
       </c>
       <c r="E879" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="880" spans="1:5">
       <c r="A880" s="2" t="s">
-        <v>2155</v>
+        <v>2225</v>
       </c>
       <c r="B880" s="2" t="s">
-        <v>2156</v>
+        <v>2226</v>
       </c>
       <c r="C880" s="2" t="s">
-        <v>2157</v>
+        <v>2227</v>
       </c>
       <c r="D880" s="2">
-        <v>288.81</v>
+        <v>406.52999999999997</v>
       </c>
       <c r="E880" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="881" spans="1:5">
       <c r="A881" s="2" t="s">
-        <v>2158</v>
+        <v>2228</v>
       </c>
       <c r="B881" s="2" t="s">
-        <v>2159</v>
+        <v>2229</v>
       </c>
       <c r="C881" s="2">
-        <v>458.089999999999975</v>
+        <v>0.59</v>
       </c>
       <c r="D881" s="2">
-        <v>288.92000000000002</v>
+        <v>410.63999999999999</v>
       </c>
       <c r="E881" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="882" spans="1:5">
       <c r="A882" s="2" t="s">
-        <v>2160</v>
+        <v>2230</v>
       </c>
       <c r="B882" s="2" t="s">
-        <v>2161</v>
-[...2 lines deleted...]
-        <v>2162</v>
+        <v>2231</v>
+      </c>
+      <c r="C882" s="2">
+        <v>0.0</v>
       </c>
       <c r="D882" s="2">
-        <v>289.0</v>
+        <v>412.22000000000003</v>
       </c>
       <c r="E882" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="883" spans="1:5">
       <c r="A883" s="2" t="s">
-        <v>2163</v>
+        <v>2232</v>
       </c>
       <c r="B883" s="2" t="s">
-        <v>2164</v>
+        <v>2233</v>
       </c>
       <c r="C883" s="2">
-        <v>24.1</v>
+        <v>590.85000000000002</v>
       </c>
       <c r="D883" s="2">
-        <v>289.38999999999999</v>
+        <v>417.67000000000002</v>
       </c>
       <c r="E883" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="884" spans="1:5">
       <c r="A884" s="2" t="s">
-        <v>2165</v>
+        <v>2234</v>
       </c>
       <c r="B884" s="2" t="s">
-        <v>2166</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2235</v>
+      </c>
+      <c r="C884" s="2" t="s">
+        <v>2236</v>
       </c>
       <c r="D884" s="2">
-        <v>290.69999999999999</v>
+        <v>419.19999999999999</v>
       </c>
       <c r="E884" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="885" spans="1:5">
       <c r="A885" s="2" t="s">
-        <v>2167</v>
+        <v>2237</v>
       </c>
       <c r="B885" s="2" t="s">
-        <v>2168</v>
-[...2 lines deleted...]
-        <v>6.33</v>
+        <v>2238</v>
+      </c>
+      <c r="C885" s="2" t="s">
+        <v>2239</v>
       </c>
       <c r="D885" s="2">
-        <v>290.72000000000003</v>
+        <v>419.25999999999999</v>
       </c>
       <c r="E885" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="886" spans="1:5">
       <c r="A886" s="2" t="s">
-        <v>2169</v>
+        <v>2240</v>
       </c>
       <c r="B886" s="2" t="s">
-        <v>2170</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>2241</v>
+      </c>
+      <c r="C886" s="2">
+        <v>583.019999999999982</v>
       </c>
       <c r="D886" s="2">
-        <v>291.32999999999998</v>
+        <v>419.38</v>
       </c>
       <c r="E886" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="887" spans="1:5">
       <c r="A887" s="2" t="s">
-        <v>2171</v>
+        <v>2242</v>
       </c>
       <c r="B887" s="2" t="s">
-        <v>2172</v>
-[...2 lines deleted...]
-        <v>141.65000000000001</v>
+        <v>2243</v>
+      </c>
+      <c r="C887" s="2" t="s">
+        <v>2244</v>
       </c>
       <c r="D887" s="2">
-        <v>291.41000000000003</v>
+        <v>420.76999999999998</v>
       </c>
       <c r="E887" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="888" spans="1:5">
       <c r="A888" s="2" t="s">
-        <v>2173</v>
+        <v>2245</v>
       </c>
       <c r="B888" s="2" t="s">
-        <v>2174</v>
+        <v>2246</v>
       </c>
       <c r="C888" s="2" t="s">
-        <v>2175</v>
+        <v>2247</v>
       </c>
       <c r="D888" s="2">
-        <v>291.75999999999999</v>
+        <v>421.0099999999999909</v>
       </c>
       <c r="E888" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="889" spans="1:5">
       <c r="A889" s="2" t="s">
-        <v>2176</v>
+        <v>2248</v>
       </c>
       <c r="B889" s="2" t="s">
-        <v>2177</v>
-[...2 lines deleted...]
-        <v>2178</v>
+        <v>2249</v>
+      </c>
+      <c r="C889" s="2">
+        <v>572.89999999999998</v>
       </c>
       <c r="D889" s="2">
-        <v>292.19999999999999</v>
+        <v>421.69</v>
       </c>
       <c r="E889" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="890" spans="1:5">
       <c r="A890" s="2" t="s">
-        <v>2179</v>
+        <v>2250</v>
       </c>
       <c r="B890" s="2" t="s">
-        <v>2180</v>
+        <v>2251</v>
       </c>
       <c r="C890" s="2" t="s">
-        <v>2181</v>
+        <v>2252</v>
       </c>
       <c r="D890" s="2">
-        <v>292.27999999999997</v>
+        <v>425.75</v>
       </c>
       <c r="E890" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="891" spans="1:5">
       <c r="A891" s="2" t="s">
-        <v>2182</v>
+        <v>2253</v>
       </c>
       <c r="B891" s="2" t="s">
-        <v>2183</v>
-[...2 lines deleted...]
-        <v>2184</v>
+        <v>2254</v>
+      </c>
+      <c r="C891" s="2">
+        <v>555.20000000000005</v>
       </c>
       <c r="D891" s="2">
-        <v>292.56999999999999</v>
+        <v>426.14999999999998</v>
       </c>
       <c r="E891" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="892" spans="1:5">
       <c r="A892" s="2" t="s">
-        <v>2185</v>
+        <v>2255</v>
       </c>
       <c r="B892" s="2" t="s">
-        <v>2186</v>
-[...2 lines deleted...]
-        <v>142.16</v>
+        <v>2256</v>
+      </c>
+      <c r="C892" s="2" t="s">
+        <v>2257</v>
       </c>
       <c r="D892" s="2">
-        <v>293.0099999999999909</v>
+        <v>428.33999999999997</v>
       </c>
       <c r="E892" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="893" spans="1:5">
       <c r="A893" s="2" t="s">
-        <v>2187</v>
+        <v>2258</v>
       </c>
       <c r="B893" s="2" t="s">
-        <v>2188</v>
+        <v>2259</v>
       </c>
       <c r="C893" s="2" t="s">
-        <v>2189</v>
+        <v>2260</v>
       </c>
       <c r="D893" s="2">
-        <v>293.13</v>
+        <v>432.55000000000001</v>
       </c>
       <c r="E893" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="894" spans="1:5">
       <c r="A894" s="2" t="s">
-        <v>2190</v>
+        <v>2261</v>
       </c>
       <c r="B894" s="2" t="s">
-        <v>2191</v>
+        <v>2262</v>
       </c>
       <c r="C894" s="2" t="s">
-        <v>867</v>
+        <v>2263</v>
       </c>
       <c r="D894" s="2">
-        <v>293.39999999999998</v>
+        <v>435.10000000000002</v>
       </c>
       <c r="E894" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="895" spans="1:5">
       <c r="A895" s="2" t="s">
-        <v>2192</v>
+        <v>2264</v>
       </c>
       <c r="B895" s="2" t="s">
-        <v>2193</v>
-[...2 lines deleted...]
-        <v>87.2</v>
+        <v>2265</v>
+      </c>
+      <c r="C895" s="2" t="s">
+        <v>2266</v>
       </c>
       <c r="D895" s="2">
-        <v>293.45999999999998</v>
+        <v>435.32999999999998</v>
       </c>
       <c r="E895" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="896" spans="1:5">
       <c r="A896" s="2" t="s">
-        <v>2194</v>
+        <v>2267</v>
       </c>
       <c r="B896" s="2" t="s">
-        <v>2195</v>
+        <v>2268</v>
       </c>
       <c r="C896" s="2" t="s">
-        <v>2196</v>
+        <v>2269</v>
       </c>
       <c r="D896" s="2">
-        <v>293.56999999999999</v>
+        <v>437.060000000000002</v>
       </c>
       <c r="E896" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="897" spans="1:5">
       <c r="A897" s="2" t="s">
-        <v>2197</v>
+        <v>2270</v>
       </c>
       <c r="B897" s="2" t="s">
-        <v>2198</v>
-[...2 lines deleted...]
-        <v>2199</v>
+        <v>2271</v>
+      </c>
+      <c r="C897" s="2">
+        <v>0.0</v>
       </c>
       <c r="D897" s="2">
-        <v>293.62</v>
+        <v>437.49000000000001</v>
       </c>
       <c r="E897" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="898" spans="1:5">
       <c r="A898" s="2" t="s">
-        <v>2200</v>
+        <v>2272</v>
       </c>
       <c r="B898" s="2" t="s">
-        <v>2201</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2273</v>
+      </c>
+      <c r="C898" s="2" t="s">
+        <v>2274</v>
       </c>
       <c r="D898" s="2">
-        <v>294.52999999999997</v>
+        <v>438.76999999999998</v>
       </c>
       <c r="E898" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="899" spans="1:5">
       <c r="A899" s="2" t="s">
-        <v>2202</v>
+        <v>2275</v>
       </c>
       <c r="B899" s="2" t="s">
-        <v>2203</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2276</v>
+      </c>
+      <c r="C899" s="2" t="s">
+        <v>2277</v>
       </c>
       <c r="D899" s="2">
-        <v>294.81</v>
+        <v>441.14999999999998</v>
       </c>
       <c r="E899" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="900" spans="1:5">
       <c r="A900" s="2" t="s">
-        <v>2204</v>
+        <v>2278</v>
       </c>
       <c r="B900" s="2" t="s">
-        <v>2205</v>
+        <v>2279</v>
       </c>
       <c r="C900" s="2">
-        <v>0.17</v>
+        <v>567.25999999999999</v>
       </c>
       <c r="D900" s="2">
-        <v>294.88</v>
+        <v>441.74000000000001</v>
       </c>
       <c r="E900" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="901" spans="1:5">
       <c r="A901" s="2" t="s">
-        <v>2206</v>
+        <v>2280</v>
       </c>
       <c r="B901" s="2" t="s">
-        <v>2207</v>
-[...2 lines deleted...]
-        <v>8.33</v>
+        <v>2281</v>
+      </c>
+      <c r="C901" s="2" t="s">
+        <v>2282</v>
       </c>
       <c r="D901" s="2">
-        <v>295.19999999999999</v>
+        <v>442.94999999999999</v>
       </c>
       <c r="E901" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="902" spans="1:5">
       <c r="A902" s="2" t="s">
-        <v>2208</v>
+        <v>2283</v>
       </c>
       <c r="B902" s="2" t="s">
-        <v>2209</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2284</v>
+      </c>
+      <c r="C902" s="2" t="s">
+        <v>2285</v>
       </c>
       <c r="D902" s="2">
-        <v>295.50999999999999</v>
+        <v>445.49000000000001</v>
       </c>
       <c r="E902" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="903" spans="1:5">
       <c r="A903" s="2" t="s">
-        <v>2210</v>
+        <v>2286</v>
       </c>
       <c r="B903" s="2" t="s">
-        <v>2211</v>
-[...2 lines deleted...]
-        <v>78.23</v>
+        <v>2287</v>
+      </c>
+      <c r="C903" s="2" t="s">
+        <v>2288</v>
       </c>
       <c r="D903" s="2">
-        <v>295.76999999999998</v>
+        <v>447.58999999999997</v>
       </c>
       <c r="E903" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="904" spans="1:5">
       <c r="A904" s="2" t="s">
-        <v>2212</v>
+        <v>2289</v>
       </c>
       <c r="B904" s="2" t="s">
-        <v>2213</v>
+        <v>2290</v>
       </c>
       <c r="C904" s="2" t="s">
-        <v>2214</v>
+        <v>2291</v>
       </c>
       <c r="D904" s="2">
-        <v>295.79000000000002</v>
+        <v>452.70999999999998</v>
       </c>
       <c r="E904" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="905" spans="1:5">
       <c r="A905" s="2" t="s">
-        <v>2215</v>
+        <v>2292</v>
       </c>
       <c r="B905" s="2" t="s">
-        <v>2216</v>
+        <v>2293</v>
       </c>
       <c r="C905" s="2" t="s">
-        <v>2217</v>
+        <v>2294</v>
       </c>
       <c r="D905" s="2">
-        <v>296.44999999999999</v>
+        <v>453.37</v>
       </c>
       <c r="E905" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="906" spans="1:5">
       <c r="A906" s="2" t="s">
-        <v>2218</v>
+        <v>2295</v>
       </c>
       <c r="B906" s="2" t="s">
-        <v>2219</v>
-[...2 lines deleted...]
-        <v>737.86000000000001</v>
+        <v>2296</v>
+      </c>
+      <c r="C906" s="2" t="s">
+        <v>2297</v>
       </c>
       <c r="D906" s="2">
-        <v>296.55000000000001</v>
+        <v>453.76999999999998</v>
       </c>
       <c r="E906" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="907" spans="1:5">
       <c r="A907" s="2" t="s">
-        <v>2220</v>
+        <v>2298</v>
       </c>
       <c r="B907" s="2" t="s">
-        <v>2221</v>
+        <v>2299</v>
       </c>
       <c r="C907" s="2" t="s">
-        <v>2222</v>
+        <v>2300</v>
       </c>
       <c r="D907" s="2">
-        <v>296.82999999999998</v>
+        <v>456.81999999999999</v>
       </c>
       <c r="E907" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="908" spans="1:5">
       <c r="A908" s="2" t="s">
-        <v>2223</v>
+        <v>2301</v>
       </c>
       <c r="B908" s="2" t="s">
-        <v>2224</v>
+        <v>2302</v>
       </c>
       <c r="C908" s="2">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="D908" s="2">
-        <v>296.82999999999998</v>
+        <v>465.94999999999999</v>
       </c>
       <c r="E908" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="909" spans="1:5">
       <c r="A909" s="2" t="s">
-        <v>2225</v>
+        <v>2303</v>
       </c>
       <c r="B909" s="2" t="s">
-        <v>2226</v>
-[...2 lines deleted...]
-        <v>2227</v>
+        <v>2304</v>
+      </c>
+      <c r="C909" s="2">
+        <v>0.04</v>
       </c>
       <c r="D909" s="2">
-        <v>297.73000000000002</v>
+        <v>470.060000000000002</v>
       </c>
       <c r="E909" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="910" spans="1:5">
       <c r="A910" s="2" t="s">
-        <v>2228</v>
+        <v>2305</v>
       </c>
       <c r="B910" s="2" t="s">
-        <v>2229</v>
-[...2 lines deleted...]
-        <v>489.44</v>
+        <v>2306</v>
+      </c>
+      <c r="C910" s="2" t="s">
+        <v>2307</v>
       </c>
       <c r="D910" s="2">
-        <v>297.91000000000003</v>
+        <v>470.93000000000001</v>
       </c>
       <c r="E910" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="911" spans="1:5">
       <c r="A911" s="2" t="s">
-        <v>2230</v>
+        <v>2308</v>
       </c>
       <c r="B911" s="2" t="s">
-        <v>2231</v>
-[...2 lines deleted...]
-        <v>8.08</v>
+        <v>2309</v>
+      </c>
+      <c r="C911" s="2" t="s">
+        <v>2310</v>
       </c>
       <c r="D911" s="2">
-        <v>298.48000000000002</v>
+        <v>471.089999999999975</v>
       </c>
       <c r="E911" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="912" spans="1:5">
       <c r="A912" s="2" t="s">
-        <v>2232</v>
+        <v>2311</v>
       </c>
       <c r="B912" s="2" t="s">
-        <v>2233</v>
+        <v>2312</v>
       </c>
       <c r="C912" s="2" t="s">
-        <v>2234</v>
+        <v>2313</v>
       </c>
       <c r="D912" s="2">
-        <v>298.62</v>
+        <v>472.50999999999999</v>
       </c>
       <c r="E912" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="913" spans="1:5">
       <c r="A913" s="2" t="s">
-        <v>2235</v>
+        <v>2314</v>
       </c>
       <c r="B913" s="2" t="s">
-        <v>2236</v>
-[...2 lines deleted...]
-        <v>34.68</v>
+        <v>2315</v>
+      </c>
+      <c r="C913" s="2" t="s">
+        <v>2316</v>
       </c>
       <c r="D913" s="2">
-        <v>298.75999999999999</v>
+        <v>478.56</v>
       </c>
       <c r="E913" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="914" spans="1:5">
       <c r="A914" s="2" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="B914" s="2" t="s">
-        <v>2238</v>
+        <v>2318</v>
       </c>
       <c r="C914" s="2">
-        <v>94.56</v>
+        <v>11.73</v>
       </c>
       <c r="D914" s="2">
-        <v>299.38999999999999</v>
+        <v>479.95999999999998</v>
       </c>
       <c r="E914" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="915" spans="1:5">
       <c r="A915" s="2" t="s">
-        <v>2239</v>
+        <v>2319</v>
       </c>
       <c r="B915" s="2" t="s">
-        <v>2240</v>
+        <v>2320</v>
       </c>
       <c r="C915" s="2" t="s">
-        <v>2241</v>
+        <v>2321</v>
       </c>
       <c r="D915" s="2">
-        <v>299.56999999999999</v>
+        <v>480.86000000000001</v>
       </c>
       <c r="E915" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="916" spans="1:5">
       <c r="A916" s="2" t="s">
-        <v>2242</v>
+        <v>2322</v>
       </c>
       <c r="B916" s="2" t="s">
-        <v>2243</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2323</v>
+      </c>
+      <c r="C916" s="2" t="s">
+        <v>2324</v>
       </c>
       <c r="D916" s="2">
-        <v>299.87</v>
+        <v>481.079999999999984</v>
       </c>
       <c r="E916" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="917" spans="1:5">
       <c r="A917" s="2" t="s">
-        <v>2244</v>
+        <v>2325</v>
       </c>
       <c r="B917" s="2" t="s">
-        <v>2245</v>
-[...2 lines deleted...]
-        <v>305.29000000000002</v>
+        <v>2326</v>
+      </c>
+      <c r="C917" s="2" t="s">
+        <v>2327</v>
       </c>
       <c r="D917" s="2">
-        <v>300.0</v>
+        <v>482.13</v>
       </c>
       <c r="E917" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="918" spans="1:5">
       <c r="A918" s="2" t="s">
-        <v>2246</v>
+        <v>2328</v>
       </c>
       <c r="B918" s="2" t="s">
-        <v>2247</v>
+        <v>2329</v>
       </c>
       <c r="C918" s="2" t="s">
-        <v>2248</v>
+        <v>2330</v>
       </c>
       <c r="D918" s="2">
-        <v>300.0</v>
+        <v>484.56999999999999</v>
       </c>
       <c r="E918" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="919" spans="1:5">
       <c r="A919" s="2" t="s">
-        <v>2249</v>
+        <v>2331</v>
       </c>
       <c r="B919" s="2" t="s">
-        <v>2250</v>
+        <v>2332</v>
       </c>
       <c r="C919" s="2" t="s">
-        <v>2251</v>
+        <v>2333</v>
       </c>
       <c r="D919" s="2">
-        <v>300.0</v>
+        <v>488.26999999999998</v>
       </c>
       <c r="E919" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="920" spans="1:5">
       <c r="A920" s="2" t="s">
-        <v>2252</v>
+        <v>2334</v>
       </c>
       <c r="B920" s="2" t="s">
-        <v>2253</v>
-[...2 lines deleted...]
-        <v>4.97</v>
+        <v>2335</v>
+      </c>
+      <c r="C920" s="2" t="s">
+        <v>2336</v>
       </c>
       <c r="D920" s="2">
-        <v>300.18000000000001</v>
+        <v>500.029999999999973</v>
       </c>
       <c r="E920" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="921" spans="1:5">
       <c r="A921" s="2" t="s">
-        <v>2254</v>
+        <v>2337</v>
       </c>
       <c r="B921" s="2" t="s">
-        <v>2255</v>
+        <v>2338</v>
       </c>
       <c r="C921" s="2">
-        <v>32.65</v>
+        <v>736.0</v>
       </c>
       <c r="D921" s="2">
-        <v>300.42000000000002</v>
+        <v>510.91000000000003</v>
       </c>
       <c r="E921" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="922" spans="1:5">
       <c r="A922" s="2" t="s">
-        <v>2256</v>
+        <v>2339</v>
       </c>
       <c r="B922" s="2" t="s">
-        <v>2257</v>
+        <v>2340</v>
       </c>
       <c r="C922" s="2">
-        <v>93.18000000000001</v>
+        <v>1.31</v>
       </c>
       <c r="D922" s="2">
-        <v>300.55000000000001</v>
+        <v>519.67999999999995</v>
       </c>
       <c r="E922" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="923" spans="1:5">
       <c r="A923" s="2" t="s">
-        <v>2258</v>
+        <v>2341</v>
       </c>
       <c r="B923" s="2" t="s">
-        <v>2259</v>
-[...2 lines deleted...]
-        <v>62.049999999999997</v>
+        <v>2342</v>
+      </c>
+      <c r="C923" s="2" t="s">
+        <v>2343</v>
       </c>
       <c r="D923" s="2">
-        <v>300.57999999999998</v>
+        <v>525.32000000000005</v>
       </c>
       <c r="E923" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="924" spans="1:5">
       <c r="A924" s="2" t="s">
-        <v>2260</v>
+        <v>2344</v>
       </c>
       <c r="B924" s="2" t="s">
-        <v>2261</v>
+        <v>2345</v>
       </c>
       <c r="C924" s="2">
-        <v>35.51</v>
+        <v>0.0</v>
       </c>
       <c r="D924" s="2">
-        <v>300.66000000000003</v>
+        <v>530.82000000000005</v>
       </c>
       <c r="E924" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="925" spans="1:5">
       <c r="A925" s="2" t="s">
-        <v>2262</v>
+        <v>2346</v>
       </c>
       <c r="B925" s="2" t="s">
-        <v>2263</v>
-[...2 lines deleted...]
-        <v>2264</v>
+        <v>2347</v>
+      </c>
+      <c r="C925" s="2">
+        <v>14.79</v>
       </c>
       <c r="D925" s="2">
-        <v>300.85000000000002</v>
+        <v>546.84000000000003</v>
       </c>
       <c r="E925" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="926" spans="1:5">
       <c r="A926" s="2" t="s">
-        <v>2265</v>
+        <v>2348</v>
       </c>
       <c r="B926" s="2" t="s">
-        <v>2266</v>
+        <v>2349</v>
       </c>
       <c r="C926" s="2" t="s">
-        <v>2267</v>
+        <v>2350</v>
       </c>
       <c r="D926" s="2">
-        <v>301.050000000000011</v>
+        <v>550.98000000000002</v>
       </c>
       <c r="E926" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="927" spans="1:5">
       <c r="A927" s="2" t="s">
-        <v>2268</v>
+        <v>2351</v>
       </c>
       <c r="B927" s="2" t="s">
-        <v>2269</v>
-[...2 lines deleted...]
-        <v>240.38</v>
+        <v>2352</v>
+      </c>
+      <c r="C927" s="2" t="s">
+        <v>2353</v>
       </c>
       <c r="D927" s="2">
-        <v>301.23000000000002</v>
+        <v>553.029999999999973</v>
       </c>
       <c r="E927" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="928" spans="1:5">
       <c r="A928" s="2" t="s">
-        <v>2270</v>
+        <v>2354</v>
       </c>
       <c r="B928" s="2" t="s">
-        <v>2271</v>
+        <v>2355</v>
       </c>
       <c r="C928" s="2" t="s">
-        <v>2272</v>
+        <v>2356</v>
       </c>
       <c r="D928" s="2">
-        <v>302.63</v>
+        <v>561.75999999999999</v>
       </c>
       <c r="E928" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="929" spans="1:5">
       <c r="A929" s="2" t="s">
-        <v>2273</v>
+        <v>2357</v>
       </c>
       <c r="B929" s="2" t="s">
-        <v>2274</v>
+        <v>2358</v>
       </c>
       <c r="C929" s="2">
-        <v>264.37</v>
+        <v>31.54</v>
       </c>
       <c r="D929" s="2">
-        <v>303.41000000000003</v>
+        <v>593.35000000000002</v>
       </c>
       <c r="E929" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="930" spans="1:5">
       <c r="A930" s="2" t="s">
-        <v>2275</v>
+        <v>2359</v>
       </c>
       <c r="B930" s="2" t="s">
-        <v>2276</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2360</v>
+      </c>
+      <c r="C930" s="2" t="s">
+        <v>2361</v>
       </c>
       <c r="D930" s="2">
-        <v>303.49000000000001</v>
+        <v>619.13</v>
       </c>
       <c r="E930" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="931" spans="1:5">
       <c r="A931" s="2" t="s">
-        <v>2277</v>
+        <v>2362</v>
       </c>
       <c r="B931" s="2" t="s">
-        <v>2278</v>
-[...2 lines deleted...]
-        <v>2279</v>
+        <v>2363</v>
+      </c>
+      <c r="C931" s="2">
+        <v>0.0</v>
       </c>
       <c r="D931" s="2">
-        <v>304.33999999999997</v>
+        <v>620.46000000000004</v>
       </c>
       <c r="E931" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="932" spans="1:5">
       <c r="A932" s="2" t="s">
-        <v>2280</v>
+        <v>2364</v>
       </c>
       <c r="B932" s="2" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2282</v>
+        <v>2365</v>
+      </c>
+      <c r="C932" s="2">
+        <v>0.0</v>
       </c>
       <c r="D932" s="2">
-        <v>304.51999999999998</v>
+        <v>625.32000000000005</v>
       </c>
       <c r="E932" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="933" spans="1:5">
       <c r="A933" s="2" t="s">
-        <v>2283</v>
+        <v>2366</v>
       </c>
       <c r="B933" s="2" t="s">
-        <v>2284</v>
+        <v>2367</v>
       </c>
       <c r="C933" s="2" t="s">
-        <v>2285</v>
+        <v>2368</v>
       </c>
       <c r="D933" s="2">
-        <v>304.69999999999999</v>
+        <v>634.12</v>
       </c>
       <c r="E933" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="934" spans="1:5">
       <c r="A934" s="2" t="s">
-        <v>2286</v>
+        <v>2369</v>
       </c>
       <c r="B934" s="2" t="s">
-        <v>2287</v>
+        <v>2370</v>
       </c>
       <c r="C934" s="2">
-        <v>103.72</v>
+        <v>57.96</v>
       </c>
       <c r="D934" s="2">
-        <v>305.13999999999999</v>
+        <v>654.72000000000003</v>
       </c>
       <c r="E934" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="935" spans="1:5">
       <c r="A935" s="2" t="s">
-        <v>2288</v>
+        <v>2371</v>
       </c>
       <c r="B935" s="2" t="s">
-        <v>2289</v>
-[...2 lines deleted...]
-        <v>2290</v>
+        <v>2372</v>
+      </c>
+      <c r="C935" s="2">
+        <v>0.0</v>
       </c>
       <c r="D935" s="2">
-        <v>305.14999999999998</v>
+        <v>664.67999999999995</v>
       </c>
       <c r="E935" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="936" spans="1:5">
       <c r="A936" s="2" t="s">
-        <v>2291</v>
+        <v>2373</v>
       </c>
       <c r="B936" s="2" t="s">
-        <v>2292</v>
+        <v>2374</v>
       </c>
       <c r="C936" s="2">
         <v>0.0</v>
       </c>
       <c r="D936" s="2">
-        <v>305.23000000000002</v>
+        <v>674.45000000000005</v>
       </c>
       <c r="E936" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="937" spans="1:5">
       <c r="A937" s="2" t="s">
-        <v>2293</v>
+        <v>2375</v>
       </c>
       <c r="B937" s="2" t="s">
-        <v>2294</v>
+        <v>2376</v>
       </c>
       <c r="C937" s="2" t="s">
-        <v>2295</v>
+        <v>2377</v>
       </c>
       <c r="D937" s="2">
-        <v>305.88</v>
+        <v>679.70000000000005</v>
       </c>
       <c r="E937" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="938" spans="1:5">
       <c r="A938" s="2" t="s">
-        <v>2296</v>
+        <v>2378</v>
       </c>
       <c r="B938" s="2" t="s">
-        <v>2297</v>
+        <v>2379</v>
       </c>
       <c r="C938" s="2">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="D938" s="2">
-        <v>306.069999999999993</v>
+        <v>682.77999999999997</v>
       </c>
       <c r="E938" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="939" spans="1:5">
       <c r="A939" s="2" t="s">
-        <v>2298</v>
+        <v>2380</v>
       </c>
       <c r="B939" s="2" t="s">
-        <v>2299</v>
-[...2 lines deleted...]
-        <v>0.52</v>
+        <v>2381</v>
+      </c>
+      <c r="C939" s="2" t="s">
+        <v>2382</v>
       </c>
       <c r="D939" s="2">
-        <v>306.11000000000001</v>
+        <v>691.25999999999999</v>
       </c>
       <c r="E939" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="940" spans="1:5">
       <c r="A940" s="2" t="s">
-        <v>2300</v>
+        <v>2383</v>
       </c>
       <c r="B940" s="2" t="s">
-        <v>2301</v>
+        <v>2384</v>
       </c>
       <c r="C940" s="2">
-        <v>110.41</v>
+        <v>22.56</v>
       </c>
       <c r="D940" s="2">
-        <v>306.50999999999999</v>
+        <v>759.76999999999998</v>
       </c>
       <c r="E940" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="941" spans="1:5">
       <c r="A941" s="2" t="s">
-        <v>2302</v>
+        <v>2385</v>
       </c>
       <c r="B941" s="2" t="s">
-        <v>2303</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2386</v>
+      </c>
+      <c r="C941" s="2" t="s">
+        <v>2387</v>
       </c>
       <c r="D941" s="2">
-        <v>307.0099999999999909</v>
+        <v>759.76999999999998</v>
       </c>
       <c r="E941" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="942" spans="1:5">
-      <c r="A942" s="2">
-        <v>999666</v>
+      <c r="A942" s="2" t="s">
+        <v>2388</v>
       </c>
       <c r="B942" s="2" t="s">
-        <v>2304</v>
-[...2 lines deleted...]
-        <v>2305</v>
+        <v>2389</v>
+      </c>
+      <c r="C942" s="2">
+        <v>0.97</v>
       </c>
       <c r="D942" s="2">
-        <v>307.38</v>
+        <v>765.25</v>
       </c>
       <c r="E942" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="943" spans="1:5">
       <c r="A943" s="2" t="s">
-        <v>2306</v>
+        <v>2390</v>
       </c>
       <c r="B943" s="2" t="s">
-        <v>2307</v>
+        <v>2391</v>
       </c>
       <c r="C943" s="2">
-        <v>340.22000000000003</v>
+        <v>0.92</v>
       </c>
       <c r="D943" s="2">
-        <v>308.25</v>
+        <v>817.20000000000005</v>
       </c>
       <c r="E943" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="944" spans="1:5">
       <c r="A944" s="2" t="s">
-        <v>2308</v>
+        <v>2392</v>
       </c>
       <c r="B944" s="2" t="s">
-        <v>2309</v>
-[...2 lines deleted...]
-        <v>2310</v>
+        <v>2393</v>
+      </c>
+      <c r="C944" s="2">
+        <v>76.73</v>
       </c>
       <c r="D944" s="2">
-        <v>308.49000000000001</v>
+        <v>877.71000000000004</v>
       </c>
       <c r="E944" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="945" spans="1:5">
       <c r="A945" s="2" t="s">
-        <v>2311</v>
+        <v>2394</v>
       </c>
       <c r="B945" s="2" t="s">
-        <v>2312</v>
-[...2 lines deleted...]
-        <v>2313</v>
+        <v>2395</v>
+      </c>
+      <c r="C945" s="2">
+        <v>7.0</v>
       </c>
       <c r="D945" s="2">
-        <v>308.50999999999999</v>
+        <v>899.88</v>
       </c>
       <c r="E945" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="946" spans="1:5">
       <c r="A946" s="2" t="s">
-        <v>2314</v>
+        <v>2396</v>
       </c>
       <c r="B946" s="2" t="s">
-        <v>2315</v>
-[...2 lines deleted...]
-        <v>24.25</v>
+        <v>2397</v>
+      </c>
+      <c r="C946" s="2" t="s">
+        <v>2398</v>
       </c>
       <c r="D946" s="2">
-        <v>308.56999999999999</v>
+        <v>904.75999999999999</v>
       </c>
       <c r="E946" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="947" spans="1:5">
       <c r="A947" s="2" t="s">
-        <v>2316</v>
+        <v>2399</v>
       </c>
       <c r="B947" s="2" t="s">
-        <v>2317</v>
-[...2 lines deleted...]
-        <v>6.96</v>
+        <v>2400</v>
+      </c>
+      <c r="C947" s="2" t="s">
+        <v>2401</v>
       </c>
       <c r="D947" s="2">
-        <v>308.98000000000002</v>
+        <v>906.48000000000002</v>
       </c>
       <c r="E947" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="948" spans="1:5">
       <c r="A948" s="2" t="s">
-        <v>2318</v>
+        <v>2402</v>
       </c>
       <c r="B948" s="2" t="s">
-        <v>2319</v>
-[...2 lines deleted...]
-        <v>5.63</v>
+        <v>2403</v>
+      </c>
+      <c r="C948" s="2" t="s">
+        <v>2404</v>
       </c>
       <c r="D948" s="2">
-        <v>309.19999999999999</v>
+        <v>922.38</v>
       </c>
       <c r="E948" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="949" spans="1:5">
       <c r="A949" s="2" t="s">
-        <v>2320</v>
+        <v>2405</v>
       </c>
       <c r="B949" s="2" t="s">
-        <v>2321</v>
+        <v>2406</v>
       </c>
       <c r="C949" s="2" t="s">
-        <v>2322</v>
+        <v>2407</v>
       </c>
       <c r="D949" s="2">
-        <v>309.61000000000001</v>
+        <v>929.66999999999996</v>
       </c>
       <c r="E949" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="950" spans="1:5">
       <c r="A950" s="2" t="s">
-        <v>2323</v>
+        <v>2408</v>
       </c>
       <c r="B950" s="2" t="s">
-        <v>2324</v>
+        <v>2409</v>
       </c>
       <c r="C950" s="2" t="s">
-        <v>2325</v>
+        <v>2410</v>
       </c>
       <c r="D950" s="2">
-        <v>310.33999999999997</v>
+        <v>937.69000000000005</v>
       </c>
       <c r="E950" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="951" spans="1:5">
       <c r="A951" s="2" t="s">
-        <v>2326</v>
+        <v>2411</v>
       </c>
       <c r="B951" s="2" t="s">
-        <v>2327</v>
+        <v>2412</v>
       </c>
       <c r="C951" s="2" t="s">
-        <v>2328</v>
+        <v>2413</v>
       </c>
       <c r="D951" s="2">
-        <v>310.81</v>
+        <v>938.07000000000005</v>
       </c>
       <c r="E951" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="952" spans="1:5">
       <c r="A952" s="2" t="s">
-        <v>2329</v>
+        <v>2414</v>
       </c>
       <c r="B952" s="2" t="s">
-        <v>2330</v>
+        <v>2415</v>
       </c>
       <c r="C952" s="2">
-        <v>127.36</v>
+        <v>16.6</v>
       </c>
       <c r="D952" s="2">
-        <v>312.39999999999998</v>
+        <v>941.0</v>
       </c>
       <c r="E952" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="953" spans="1:5">
       <c r="A953" s="2" t="s">
-        <v>2331</v>
+        <v>2416</v>
       </c>
       <c r="B953" s="2" t="s">
-        <v>2332</v>
-[...2 lines deleted...]
-        <v>1.85</v>
+        <v>2417</v>
+      </c>
+      <c r="C953" s="2" t="s">
+        <v>2418</v>
       </c>
       <c r="D953" s="2">
-        <v>314.25999999999999</v>
+        <v>963.21000000000004</v>
       </c>
       <c r="E953" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="954" spans="1:5">
       <c r="A954" s="2" t="s">
-        <v>2333</v>
+        <v>2419</v>
       </c>
       <c r="B954" s="2" t="s">
-        <v>2334</v>
-[...2 lines deleted...]
-        <v>819.25999999999999</v>
+        <v>2420</v>
+      </c>
+      <c r="C954" s="2" t="s">
+        <v>2421</v>
       </c>
       <c r="D954" s="2">
-        <v>314.79000000000002</v>
+        <v>972.82000000000005</v>
       </c>
       <c r="E954" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="955" spans="1:5">
       <c r="A955" s="2" t="s">
-        <v>2335</v>
+        <v>2422</v>
       </c>
       <c r="B955" s="2" t="s">
-        <v>2336</v>
+        <v>2423</v>
       </c>
       <c r="C955" s="2" t="s">
-        <v>2337</v>
+        <v>2424</v>
       </c>
       <c r="D955" s="2">
-        <v>315.38999999999999</v>
+        <v>974.76999999999998</v>
       </c>
       <c r="E955" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="956" spans="1:5">
       <c r="A956" s="2" t="s">
-        <v>2338</v>
+        <v>2425</v>
       </c>
       <c r="B956" s="2" t="s">
-        <v>2339</v>
+        <v>2426</v>
       </c>
       <c r="C956" s="2" t="s">
-        <v>2340</v>
-[...2 lines deleted...]
-        <v>316.51999999999998</v>
+        <v>2427</v>
+      </c>
+      <c r="D956" s="2" t="s">
+        <v>2428</v>
       </c>
       <c r="E956" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="957" spans="1:5">
       <c r="A957" s="2" t="s">
-        <v>2341</v>
+        <v>2429</v>
       </c>
       <c r="B957" s="2" t="s">
-        <v>2342</v>
+        <v>2430</v>
       </c>
       <c r="C957" s="2">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>316.54000000000002</v>
+        <v>635.94000000000005</v>
+      </c>
+      <c r="D957" s="2" t="s">
+        <v>2431</v>
       </c>
       <c r="E957" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="958" spans="1:5">
       <c r="A958" s="2" t="s">
-        <v>2343</v>
+        <v>2432</v>
       </c>
       <c r="B958" s="2" t="s">
-        <v>2344</v>
-[...5 lines deleted...]
-        <v>316.73000000000002</v>
+        <v>2433</v>
+      </c>
+      <c r="C958" s="2" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D958" s="2" t="s">
+        <v>2435</v>
       </c>
       <c r="E958" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="959" spans="1:5">
       <c r="A959" s="2" t="s">
-        <v>2345</v>
+        <v>2436</v>
       </c>
       <c r="B959" s="2" t="s">
-        <v>2346</v>
+        <v>2437</v>
       </c>
       <c r="C959" s="2">
-        <v>316.95999999999998</v>
-[...2 lines deleted...]
-        <v>316.75999999999999</v>
+        <v>40.0</v>
+      </c>
+      <c r="D959" s="2" t="s">
+        <v>2438</v>
       </c>
       <c r="E959" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="960" spans="1:5">
       <c r="A960" s="2" t="s">
-        <v>2347</v>
+        <v>2439</v>
       </c>
       <c r="B960" s="2" t="s">
-        <v>2348</v>
-[...5 lines deleted...]
-        <v>316.87</v>
+        <v>2440</v>
+      </c>
+      <c r="C960" s="2" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D960" s="2" t="s">
+        <v>2442</v>
       </c>
       <c r="E960" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="961" spans="1:5">
       <c r="A961" s="2" t="s">
-        <v>2349</v>
+        <v>2443</v>
       </c>
       <c r="B961" s="2" t="s">
-        <v>2350</v>
+        <v>2444</v>
       </c>
       <c r="C961" s="2" t="s">
-        <v>2351</v>
-[...2 lines deleted...]
-        <v>316.97000000000003</v>
+        <v>2445</v>
+      </c>
+      <c r="D961" s="2" t="s">
+        <v>2446</v>
       </c>
       <c r="E961" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="962" spans="1:5">
       <c r="A962" s="2" t="s">
-        <v>2352</v>
+        <v>2447</v>
       </c>
       <c r="B962" s="2" t="s">
-        <v>2353</v>
-[...5 lines deleted...]
-        <v>317.27999999999997</v>
+        <v>2448</v>
+      </c>
+      <c r="C962" s="2" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D962" s="2" t="s">
+        <v>2450</v>
       </c>
       <c r="E962" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="963" spans="1:5">
       <c r="A963" s="2" t="s">
-        <v>2354</v>
+        <v>2451</v>
       </c>
       <c r="B963" s="2" t="s">
-        <v>2355</v>
-[...5 lines deleted...]
-        <v>317.67000000000002</v>
+        <v>2452</v>
+      </c>
+      <c r="C963" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D963" s="2" t="s">
+        <v>2450</v>
       </c>
       <c r="E963" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="964" spans="1:5">
       <c r="A964" s="2" t="s">
-        <v>2356</v>
+        <v>2454</v>
       </c>
       <c r="B964" s="2" t="s">
-        <v>2357</v>
-[...5 lines deleted...]
-        <v>317.81999999999999</v>
+        <v>2455</v>
+      </c>
+      <c r="C964" s="2" t="s">
+        <v>2456</v>
+      </c>
+      <c r="D964" s="2" t="s">
+        <v>2450</v>
       </c>
       <c r="E964" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="965" spans="1:5">
       <c r="A965" s="2" t="s">
-        <v>2358</v>
+        <v>2457</v>
       </c>
       <c r="B965" s="2" t="s">
-        <v>2359</v>
+        <v>2458</v>
       </c>
       <c r="C965" s="2" t="s">
-        <v>2360</v>
-[...2 lines deleted...]
-        <v>318.24000000000001</v>
+        <v>2459</v>
+      </c>
+      <c r="D965" s="2" t="s">
+        <v>2450</v>
       </c>
       <c r="E965" s="2" t="s">
-        <v>8</v>
-[...3858 lines deleted...]
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>