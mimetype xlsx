--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -12,76 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1791">
   <si>
     <t>用户名</t>
   </si>
   <si>
     <t>用户标识</t>
   </si>
   <si>
     <t>持有数量</t>
   </si>
   <si>
     <t>流动性数量</t>
   </si>
   <si>
     <t>数据更新时间</t>
   </si>
   <si>
+    <t>ddmm</t>
+  </si>
+  <si>
+    <t>mesqp-t4w3u-da3du-camnq-zywsf-qclrx-7xehn-43rai-zwcrg-zlbck-xae</t>
+  </si>
+  <si>
+    <t>2026-02-28 17:27:25</t>
+  </si>
+  <si>
+    <t>adfgsdfgsdfg</t>
+  </si>
+  <si>
+    <t>m6zyt-vabfi-lzzxn-nihiw-zedqj-p4ito-djvzl-zzfw6-aqkqx-veol2-jqe</t>
+  </si>
+  <si>
     <t>大饼社区～lucky</t>
   </si>
   <si>
     <t>ax7mq-weg5l-hllif-tkalv-uh4jp-nk2ek-cps3w-h7376-bz4pz-taz4t-tqe</t>
   </si>
   <si>
-    <t>2026-01-14 14:50:06</t>
-[...1 lines deleted...]
-  <si>
     <t>成都社区-albin-01</t>
   </si>
   <si>
     <t>x54an-5j6yw-37byc-4ag24-5dd55-nteiy-cqmub-5knv7-qgpkh-y3zqo-3ae</t>
   </si>
   <si>
     <t>飞龙社区洪姐</t>
   </si>
   <si>
     <t>nrq6h-vnegl-uhrbh-p3wod-euemb-6rfhw-kunwi-r63ux-mklus-zdejw-bqe</t>
   </si>
   <si>
     <t>jjggddddg</t>
   </si>
   <si>
     <t>h7cnu-4xr47-qbkou-vszmd-empc3-ncxbo-udmbs-2oxxl-wq42j-vh73p-dae</t>
   </si>
   <si>
     <t>b6c2m...7ae</t>
   </si>
   <si>
     <t>b6c2m-hxsxh-glqud-rimtv-fxlg5-fkgiu-w73qd-gkevg-l6cqx-l33p7-7ae</t>
   </si>
   <si>
     <t>毕方资本～文总</t>
@@ -134,938 +146,359 @@
   <si>
     <t>笑哥社區 Max</t>
   </si>
   <si>
     <t>7duxw-um3pb-bs6gq-nyfjz-eltr2-sydjr-ykc6j-thrvy-uuk5f-pmydd-cqe</t>
   </si>
   <si>
     <t>惠宝社区枫哥</t>
   </si>
   <si>
     <t>h3ijr-vnxhw-7fc72-2n3ue-vihej-e5mwx-fpxaa-wgwb6-gv2e7-xube6-yqe</t>
   </si>
   <si>
     <t>lgixi...zae</t>
   </si>
   <si>
     <t>lgixi-ze4me-n4pz6-6addm-my7ef-lpcuf-f7lhm-g5o4p-rowrn-xnrga-zae</t>
   </si>
   <si>
     <t>薯条屿</t>
   </si>
   <si>
     <t>z6ybr-ja7f4-7l6rm-k233k-uji4r-ky5ow-m2kfi-5ikf6-rpq2l-4knzd-5qe</t>
   </si>
   <si>
-    <t>毕方资本～小颖</t>
-[...7 lines deleted...]
-  <si>
     <t>l32mi-d6dcs</t>
   </si>
   <si>
     <t>l32mi-d6dcs-chjui-bae3a-iio7n-wdqbd-2v6gs-zsqiu-kv7v3-gllbc-cae</t>
   </si>
   <si>
     <t>惠宝社区-沐沐</t>
   </si>
   <si>
     <t>6bjnr-jmjng-rbfvz-zzadj-d2bzc-ld4ot-lr4ag-n5vsp-lquot-iicho-cae</t>
   </si>
   <si>
     <t>爱笑的小仙女</t>
   </si>
   <si>
     <t>ipxnj-plgjw-e242n-vbszc-5ldae-xsk3c-4dejv-cvdkk-tlx3n-cgdta-qqe</t>
   </si>
   <si>
-    <t>茶乐会～安永华</t>
-[...4 lines deleted...]
-  <si>
     <t>ogcws-2vp4g</t>
   </si>
   <si>
     <t>ogcws-2vp4g-zllv2-x2nk3-yturw-3w66n-cpahn-4a5vr-5njqq-qbcsv-uqe</t>
   </si>
   <si>
     <t>尤米社区-涵涵</t>
   </si>
   <si>
     <t>hqddq-djofu-5wbtb-nuwno-jcxm3-ammjs-zgmc7-wvxom-eoqvv-xpdyk-wqe</t>
   </si>
   <si>
     <t>g4sff-et24w</t>
   </si>
   <si>
     <t>g4sff-et24w-wle6r-kbn6y-n5fg5-7s5rj-zvw6d-eiqso-zfdt3-d7uc3-hae</t>
   </si>
   <si>
     <t>bnmhr-bo7rr</t>
   </si>
   <si>
     <t>bnmhr-bo7rr-fdllr-lawpk-wpla6-btmjg-4xcy6-h6xwa-ygst7-sezqu-sae</t>
   </si>
   <si>
     <t>Anson</t>
   </si>
   <si>
     <t>vs3iv-4rb5g-impfr-gojre-2737c-foyri-anoqz-5qc5t-yb72j-qhxfg-mae</t>
   </si>
   <si>
     <t>笑哥社区 Michael</t>
   </si>
   <si>
     <t>a2ygs-lwcak-ilooa-dmnla-n25be-gr65b-dutop-izefu-qllyy-ivvbw-nqe</t>
   </si>
   <si>
     <t>wxepz-433qp</t>
   </si>
   <si>
     <t>wxepz-433qp-ro35k-qivne-yei5l-4klj5-tdiwm-3o453-uemrx-h7psp-3ae</t>
   </si>
   <si>
     <t>xab5d-jyuih</t>
   </si>
   <si>
     <t>xab5d-jyuih-jhnxs-ln3gc-cfpn3-he77j-4ty4y-e5pbu-ne4rs-hnpaz-hae</t>
   </si>
   <si>
-    <t>毕方资本～晨子</t>
-[...161 lines deleted...]
-    <t>毕方资本～慧谷</t>
+    <t>wy7gs-r2rq3</t>
   </si>
   <si>
     <t>wy7gs-r2rq3-njlua-kppnk-sttnt-a4xap-c3wmd-z7cvd-krrbv-kxh32-zae</t>
   </si>
   <si>
-    <t>1,561.13</t>
-[...11 lines deleted...]
-    <t>毕方资本～晨光</t>
+    <t>zbhr2-rwklh</t>
   </si>
   <si>
     <t>zbhr2-rwklh-aa4v5-5n5lo-eyica-grggk-dkfcx-qxmlu-ywmjh-zaqp3-lqe</t>
   </si>
   <si>
-    <t>1,818.17</t>
-[...10 lines deleted...]
-  <si>
     <t>w2csl-72wwz</t>
   </si>
   <si>
     <t>w2csl-72wwz-jgnz3-y32fv-ocuyr-ldxme-lzrxx-uzlvk-pvr55-ud6qw-dae</t>
   </si>
   <si>
-    <t>笑哥社区-太清玄炁</t>
-[...22 lines deleted...]
-  <si>
     <t>濱郎武十</t>
   </si>
   <si>
     <t>q4gpb-guxac-nq46h-zfaoi-5gnyr-2nedq-oy4bq-f7zsh-7tvuk-ojyb4-4ae</t>
   </si>
   <si>
     <t>全赢社区（隆雅）</t>
   </si>
   <si>
     <t>fsttu-ufii3-l66jd-afx5l-c3eqg-47r7w-helc2-3i3u6-vyrgi-2qtc2-6qe</t>
   </si>
   <si>
     <t>a7xa3-a3d3u</t>
   </si>
   <si>
     <t>a7xa3-a3d3u-4wcnw-efhv6-hnnxd-vfmpp-zvaz2-g2gwi-ax5tx-rccnk-2ae</t>
   </si>
   <si>
     <t>I CAN</t>
   </si>
   <si>
     <t>6un2k-toc46-utfna-vp3ky-rexc4-mpdhn-ofeum-oa42n-ses7d-3qfdk-7ae</t>
   </si>
   <si>
     <t>笑哥社区-小鱼姐姐</t>
   </si>
   <si>
     <t>26cd2-lmusq-qmwu3-f6vs6-2blxa-jnofv-xtgaa-b6232-xufhh-ggvgf-mae</t>
   </si>
   <si>
     <t>笑哥社区 _garypineda1688</t>
   </si>
   <si>
     <t>q562p-4wg4i-6ojqk-5gdec-a2t3u-it7pe-ezwao-gx2je-jwei5-v6pj3-pqe</t>
   </si>
   <si>
-    <t>ceyn6-a43s5</t>
-[...4 lines deleted...]
-  <si>
     <t>CoderF</t>
   </si>
   <si>
     <t>xdcc4-xvbcc-cym7g-oe5nh-ooaj7-xwa2i-xdcxv-nn3ac-kcdmb-pby2p-jqe</t>
   </si>
   <si>
     <t>笑哥社区 fengyuzhong</t>
   </si>
   <si>
     <t>6zjl5-6pyvh-s6v4p-eonpf-wcrgr-ewnsa-g6cvp-b6hoh-alplp-fpv7q-lae</t>
   </si>
   <si>
-    <t>毕方资本～二哥</t>
-[...7 lines deleted...]
-  <si>
     <t>笑哥社区zzldd</t>
   </si>
   <si>
     <t>42etn-mck74-eooez-rqpaq-bayou-hznhg-e3dbm-plw6j-il7cw-7zn5d-6ae</t>
   </si>
   <si>
     <t>笑哥社区zzdud-jdrxp</t>
   </si>
   <si>
     <t>zzdud-jdrxp-a7rrd-gsbql-g6cjw-tkzf5-e2cno-wbgfq-5litc-do2jo-oae</t>
   </si>
   <si>
     <t>kksu2-q3cqn</t>
   </si>
   <si>
     <t>kksu2-q3cqn-66wqd-xjkt3-rwe2n-dns3h-l5hsx-5qmws-d7aoj-tywma-hqe</t>
   </si>
   <si>
     <t>北部湾社区李寻欢</t>
   </si>
   <si>
     <t>vysl4-v3ema-q2xuf-jhofq-pgeh2-em5t6-tq4as-jjozn-2haus-2gqgp-sqe</t>
   </si>
   <si>
     <t>北部湾花泽类</t>
   </si>
   <si>
     <t>vanyu-zqoss-f3qzg-gu3ux-jielm-44pny-m3ybw-sifsk-umyc6-4g5kf-dqe</t>
   </si>
   <si>
-    <t>zxcv.zxcv</t>
-[...16 lines deleted...]
-  <si>
     <t>笑哥社区 自由猫</t>
   </si>
   <si>
     <t>2e2i2-qgo3a-zhji5-ugsnv-fxkjj-2ikrj-okdwb-veqm7-4aomq-nb2lk-eqe</t>
   </si>
   <si>
-    <t>奥本资本～城城</t>
-[...241 lines deleted...]
-  <si>
     <t>狼神社区飞鱼</t>
   </si>
   <si>
     <t>te5cy-htrfs-4xjae-ef7el-wvvy3-keouh-g4oix-vmwy5-ht4kl-66n6u-xae</t>
   </si>
   <si>
     <t>ikfkt-pk2n4</t>
   </si>
   <si>
     <t>ikfkt-pk2n4-fsdtk-oc2yv-aoh4q-4kqmy-h5o23-3zz4k-xr2oh-z772l-aqe</t>
   </si>
   <si>
-    <t>三花社区大勇</t>
-[...7 lines deleted...]
-  <si>
     <t>笑哥社区-mumu</t>
   </si>
   <si>
     <t>hmlav-h5urr-fldk5-3oqmh-fmzs2-bsmmm-kcdia-aocws-gjjvq-iwtdf-bae</t>
   </si>
   <si>
     <t>kejian168</t>
   </si>
   <si>
     <t>nsult-ldp5f-caqc7-h4ha6-6yb23-bss2l-mac7i-6jei3-eu626-pghkf-zqe</t>
   </si>
   <si>
-    <t>奥本资本～妞妞</t>
-[...25 lines deleted...]
-  <si>
     <t>littleStrong</t>
   </si>
   <si>
     <t>zkoid-efk3q-2ukpp-f43ms-2etqw-2lm5z-hbl7s-qsrw4-7divz-auecn-nae</t>
   </si>
   <si>
     <t>Dinfunhs</t>
   </si>
   <si>
     <t>nxg5m-bihbw-xcobe-hqvbs-bzw6f-bmurh-qd2cv-kaasm-efymy-isnqk-cqe</t>
   </si>
   <si>
     <t>太阳社区～学</t>
   </si>
   <si>
     <t>houpu-l27xs-g3to6-thgjz-efycn-viuho-lsbf4-xp37f-ufdui-qs2jp-mqe</t>
   </si>
   <si>
     <t>1,942.43</t>
   </si>
   <si>
     <t>fi43h-orvjc</t>
   </si>
   <si>
     <t>fi43h-orvjc-e4a7d-zgxr6-cc3me-kb3oz-kkiaa-hepao-7ubmj-kv6j5-iqe</t>
   </si>
   <si>
     <t>1,037.90</t>
   </si>
   <si>
     <t>teod7-jjfaj</t>
   </si>
   <si>
     <t>teod7-jjfaj-26veu-nccop-o6eps-wsyjz-aciiv-g4poc-fivoo-26ylp-aae</t>
   </si>
   <si>
     <t>3,978.29</t>
   </si>
   <si>
-    <t>奥本资本～文霞</t>
-[...4 lines deleted...]
-  <si>
     <t>尤米社区-袁总</t>
   </si>
   <si>
     <t>6qsst-ivfle-iustk-ypcoj-xurws-coa5j-5xdq5-uqcdp-rmjyq-ahenu-xqe</t>
   </si>
   <si>
     <t>1,486.69</t>
   </si>
   <si>
     <t>chris168</t>
   </si>
   <si>
     <t>vwi4m-ytkoa-rkt45-tr7aw-g7nqm-l4isu-dapbv-sequ6-pzvwn-xmell-7ae</t>
   </si>
   <si>
     <t>成都社区美女团队</t>
   </si>
   <si>
     <t>u2tsb-ngmfq-bmrwn-v2oc2-rvcmw-5hlcm-t6lsf-cbxwa-bivjr-bmdt2-aae</t>
   </si>
   <si>
     <t>n2wjm-kylzc</t>
   </si>
   <si>
     <t>n2wjm-kylzc-jwykz-35khr-2irij-4essk-2xhwj-jourk-3l4tv-kprov-fae</t>
   </si>
   <si>
     <t>262sm-2l3xa</t>
   </si>
   <si>
     <t>262sm-2l3xa-2thv5-4kh6e-wzhou-fyseb-i7s4y-zwgo6-hipof-n3fad-bae</t>
   </si>
   <si>
     <t>PFYS</t>
   </si>
   <si>
     <t>f5u73-gnsb6-vt3yt-jtyeq-3dq6t-az63p-aqojs-wj6uw-irnly-4qhds-qqe</t>
   </si>
   <si>
     <t>nlann-ahp26</t>
   </si>
   <si>
     <t>nlann-ahp26-ivzsv-5pjup-kdy4f-vagkm-ksgll-chzcb-chdzp-4mqyj-sae</t>
   </si>
   <si>
-    <t>奥本资本～银城</t>
-[...13 lines deleted...]
-  <si>
     <t>笑哥社区 Acheng</t>
   </si>
   <si>
     <t>aekt5-iosmo-akvke-4hmpe-vy7o6-tkw2y-zvmzp-ztgkw-vqrre-zrcbm-vqe</t>
   </si>
   <si>
-    <t>奥本资本～米朵</t>
-[...4 lines deleted...]
-  <si>
     <t>qn3p2-xj6gt</t>
   </si>
   <si>
     <t>qn3p2-xj6gt-eep6f-2pd3d-hmous-hojxw-6o5pa-yydl6-yyxa6-hvtd7-6qe</t>
   </si>
   <si>
     <t>杭甬社区~斗斗</t>
   </si>
   <si>
     <t>iqzok-6k5nq-ly2w6-q43y5-gvom7-5np4t-omtwh-2fxct-3r64c-sma2d-pae</t>
   </si>
   <si>
     <t>6,026.60</t>
   </si>
   <si>
     <t>成都社区-悦-01</t>
   </si>
   <si>
     <t>fmvwb-ralmh-6pgol-mr3sc-25q6y-yikmi-aammu-ethsb-kd2uh-p7awz-sae</t>
   </si>
   <si>
     <t>链动cuize1</t>
   </si>
   <si>
     <t>7helq-j4473-gxmnb-4xsa7-66ywo-vmaqo-h52gk-ct3e6-bzk4f-3wxmw-sqe</t>
   </si>
   <si>
-    <t>茶乐会~春雨</t>
-[...13 lines deleted...]
-  <si>
     <t>天马社区</t>
   </si>
   <si>
     <t>22xzc-tjzmc-x53kz-n6qep-d27au-tn2oj-4cq7a-rgm3f-yamv7-ekqwn-rqe</t>
   </si>
   <si>
     <t>211,033.78</t>
   </si>
   <si>
     <t>天马社区~刘刘刘</t>
   </si>
   <si>
     <t>23wq3-qqbxo-fpzpk-g4jyp-npxcp-nzvz4-33ik6-7l42c-b7bc3-llud3-6ae</t>
   </si>
   <si>
     <t>3,459.36</t>
   </si>
   <si>
     <t>27lhg-sv1gsj</t>
   </si>
   <si>
     <t>27lhg-svgsj-fvo3p-gzln5-xbkkl-nwnpj-z3iua-c5exm-5i3pk-knaw5-3qe</t>
   </si>
   <si>
     <t>11,175.32</t>
@@ -1730,53 +1163,50 @@
   <si>
     <t>git3z-lt1bvr</t>
   </si>
   <si>
     <t>git3z-ltbvr-szmeu-imldd-u37pc-x4go6-hlpgd-mgkvd-ykl3k-wzfck-hqe</t>
   </si>
   <si>
     <t>16,749.84</t>
   </si>
   <si>
     <t>glbse-yay1os</t>
   </si>
   <si>
     <t>glbse-yayos-kzngg-ronq7-ludky-p4qly-m6ubd-j4wrb-fvkxz-kslh7-yqe</t>
   </si>
   <si>
     <t>26,949.16</t>
   </si>
   <si>
     <t>gqd3h-w1lr7f</t>
   </si>
   <si>
     <t>gqd3h-wlr7f-dwpsy-oz2c5-pkcud-mul7g-nnddn-shi7s-tfkvr-dr7ma-aae</t>
   </si>
   <si>
-    <t>50,748.53</t>
-[...1 lines deleted...]
-  <si>
     <t>gyqkn-m6s1sw</t>
   </si>
   <si>
     <t>gyqkn-m6ssw-kjknp-r3mvs-yya5g-5bgre-5ixtv-vhtcn-bwj6o-mkgn4-zae</t>
   </si>
   <si>
     <t>10,977.53</t>
   </si>
   <si>
     <t>h5urs-w1toac</t>
   </si>
   <si>
     <t>h5urs-wtoac-gimua-opcyt-s5qjs-5magn-zfdhs-xql43-sy2sz-bezgd-2ae</t>
   </si>
   <si>
     <t>84,206.49</t>
   </si>
   <si>
     <t>天马社区~小小</t>
   </si>
   <si>
     <t>iancq-f3wfh-msw6l-i5mrg-n34fb-rvljd-jfjmd-ezvq6-m47jw-t5esy-oqe</t>
   </si>
   <si>
     <t>3,441.53</t>
@@ -2624,188 +2054,65 @@
   <si>
     <t>zvs4l-m2aen-jz5bn-g25rc-2ahth-sxfy2-rjqel-5nbr6-6nszc-xhkpc-xae</t>
   </si>
   <si>
     <t>10,950.77</t>
   </si>
   <si>
     <t>zxssi-l1g527</t>
   </si>
   <si>
     <t>zxssi-lg527-oinkn-7swjf-gisda-g267r-rluy7-qd3vr-spenp-6fv73-sae</t>
   </si>
   <si>
     <t>16,654.07</t>
   </si>
   <si>
     <t>北部湾社区</t>
   </si>
   <si>
     <t>zy6p4-g7fui-4n26u-6yy5o-jf4j5-6gchd-mch5t-267rm-cpvqw-walqb-lqe</t>
   </si>
   <si>
     <t>210,421.99</t>
   </si>
   <si>
-    <t>奥本资本～袋鼠</t>
-[...28 lines deleted...]
-  <si>
     <t>赚赚社区</t>
   </si>
   <si>
     <t>o2p6n-zfzpb-v7wv3-vzwze-d7c2o-zfaqh-lrlz6-575cy-lghjr-6rjvh-zae</t>
   </si>
   <si>
-    <t>奥本资本～海景</t>
-[...4 lines deleted...]
-  <si>
     <t>飞龙社区-罗芳</t>
   </si>
   <si>
     <t>girud-umrif-daekf-dwpmz-sgzfo-liaro-eqy3w-otlny-di65v-sv5j7-gqe</t>
   </si>
   <si>
     <t>1,000.65</t>
   </si>
   <si>
-    <t>奥本资本～春城</t>
-[...85 lines deleted...]
-  <si>
     <t>a5s2o-d723g</t>
   </si>
   <si>
     <t>a5s2o-d723g-umh67-qp42g-sad4q-7ys7q-evnl5-ejpg7-h4lgg-obmi3-oqe</t>
   </si>
   <si>
     <t>WAWA社区·画押</t>
   </si>
   <si>
     <t>glb4k-74p7i-kpozo-jzjj6-3tjkk-wesqx-zs5lm-47oq7-sxwrz-uslmr-mqe</t>
   </si>
   <si>
     <t>4,000.08</t>
   </si>
   <si>
     <t>链动cuize2</t>
   </si>
   <si>
     <t>u5li5-ktgn3-eaw3q-zbj5f-tuo34-mx2br-qsu6q-6n2fx-awy52-e77yu-uae</t>
   </si>
   <si>
     <t>1,002.00</t>
   </si>
   <si>
     <t>wawa社区～kui1</t>
@@ -2840,329 +2147,245 @@
   <si>
     <t>北部湾社区-老师</t>
   </si>
   <si>
     <t>5bw26-ijd3h-aqu4q-pknqw-gww6t-srevz-owmeu-skxkz-qlpha-gjsan-6ae</t>
   </si>
   <si>
     <t>北部湾社区-雷神</t>
   </si>
   <si>
     <t>pvr3o-nycxm-kfdpa-ztgvx-lleit-lu7av-qve3g-t3c7a-ll6sj-xmayh-mqe</t>
   </si>
   <si>
     <t>北部湾社区-宋小鸭</t>
   </si>
   <si>
     <t>zf3ir-remfh-cbkwo-u6n2f-id3g5-hsc3e-oyvpd-r7dwk-qe4cz-2na4o-7ae</t>
   </si>
   <si>
     <t>笑哥社区 老大哥</t>
   </si>
   <si>
     <t>eyckb-jdek6-xja5s-mjzzq-opkgf-nqor3-iap4m-yyk6j-myxgf-avuxg-xae</t>
   </si>
   <si>
-    <t>奥本资本～小格</t>
-[...4 lines deleted...]
-  <si>
     <t>飞龙社区神舟</t>
   </si>
   <si>
     <t>5jbzi-da7hn-7iykq-pjxxt-btruy-v2skp-mxuho-dff35-y5feb-jxkmj-aqe</t>
   </si>
   <si>
-    <t>奥本资本～小星星</t>
-[...7 lines deleted...]
-  <si>
     <t>wawa社区～小文</t>
   </si>
   <si>
     <t>kruoz-phgxi-jm2wa-kmz75-sryxe-kg5v7-okblk-7y3l7-s4taq-24gii-eae</t>
   </si>
   <si>
-    <t>奥本资本～小万万</t>
-[...4 lines deleted...]
-  <si>
     <t>北部湾社区一吉祥</t>
   </si>
   <si>
     <t>fhbcv-bljqx-5m7um-5f6wa-uctdr-2zy36-ixtha-la7sg-wxfg6-lp6o5-6qe</t>
   </si>
   <si>
     <t>杭甬社区-费费</t>
   </si>
   <si>
     <t>lzl3p-732wo-j6vvf-hngfv-dqtcm-7ceww-7vi54-pe4xo-5hcyw-ciz65-mqe</t>
   </si>
   <si>
     <t>2,048.03</t>
   </si>
   <si>
     <t>杭甬社区-小颜</t>
   </si>
   <si>
     <t>6k77t-t5yn5-t7hlf-txbsz-acw76-6xr6d-5jdgv-v5lxd-gcf46-ggenr-vqe</t>
   </si>
   <si>
     <t>2,052.22</t>
   </si>
   <si>
     <t>杭甬社区-宝贝</t>
   </si>
   <si>
     <t>fpklo-24dkw-vkiyj-zriry-yufe2-pewjh-3m3h7-i3u43-tfc3s-a3hwj-yae</t>
   </si>
   <si>
     <t>2,179.76</t>
   </si>
   <si>
     <t>徽煌社区~藕御</t>
   </si>
   <si>
     <t>fs6jk-5bifg-3vlqt-i2hk3-4okbr-5blep-lo5ad-tjvbt-764mm-d2peh-eae</t>
   </si>
   <si>
     <t>1,907.03</t>
   </si>
   <si>
-    <t>奥本资本～小凤</t>
-[...4 lines deleted...]
-  <si>
     <t>玩赚社区～DAVID</t>
   </si>
   <si>
     <t>hzxgv-y6g2p-ck33x-a7bm5-zxg3t-kgj2a-vniwo-wozbl-npmur-umgz7-2ae</t>
   </si>
   <si>
     <t>ci4q5-x5dwx</t>
   </si>
   <si>
     <t>ci4q5-x5dwx-5alhg-4vvhp-rqiv7-lg73l-c7aby-ljcbw-ntbwi-zifpb-lae</t>
   </si>
   <si>
-    <t>奥本资本～梅子</t>
-[...4 lines deleted...]
-  <si>
     <t>杭甬社区-傅总</t>
   </si>
   <si>
     <t>gytm2-acdzf-jlnr6-xovgv-gcelc-rugcw-hlzpi-ywln2-3v5o6-yg3lh-wae</t>
   </si>
   <si>
     <t>6,312.85</t>
   </si>
   <si>
     <t>hgddfg</t>
   </si>
   <si>
     <t>ngvd2-r4rb3-t3hdx-hubrg-7jq4a-i2hi3-3e7ej-m633a-e7l5k-puzoh-bae</t>
   </si>
   <si>
-    <t>奥本资本～小明</t>
-[...4 lines deleted...]
-  <si>
     <t>玩赚社区~八宝鸭</t>
   </si>
   <si>
     <t>57ntr-7undl-ibgv3-azxax-wkc47-mxjl6-fi6tw-6ptcn-wepcq-y3heb-aqe</t>
   </si>
   <si>
     <t>杭甬社区—郑</t>
   </si>
   <si>
     <t>eorjl-kzmj4-b3dxk-may43-wloq4-gude5-vizqs-5vbxg-km4yy-bi5rq-xae</t>
   </si>
   <si>
     <t>1,189.84</t>
   </si>
   <si>
     <t>笑哥社区 F</t>
   </si>
   <si>
     <t>62vvn-ygrl2-5bw6j-o6z5k-wte6v-hy7ro-7wchc-vns37-via4t-o3row-wqe</t>
   </si>
   <si>
     <t>YOYO社区~山柔</t>
   </si>
   <si>
     <t>ekmaw-wkiyy-qasie-2bopu-ouatd-zsydi-3bkfr-ibyau-3s55w-md5s2-iae</t>
   </si>
   <si>
     <t>杭甬社区～满满</t>
   </si>
   <si>
     <t>nycyq-lzlxq-4yrwy-wwmsi-ogz43-aks54-cweeu-n7az6-scmzx-eeqbi-rae</t>
   </si>
   <si>
     <t>6,766.09</t>
   </si>
   <si>
-    <t>奥本资本～家兴</t>
-[...4 lines deleted...]
-  <si>
     <t>qioe6-qv5nl</t>
   </si>
   <si>
     <t>qioe6-qv5nl-gjmm3-uhuwj-g4yi2-ueq6r-37qpf-alif4-rnsdb-kdjtq-iae</t>
   </si>
   <si>
     <t>笑哥社区 Meta</t>
   </si>
   <si>
     <t>mne7s-m4aov-tgxez-c4fyr-al4h4-z75bc-whp2l-g7f3y-rwfgm-gmry2-jae</t>
   </si>
   <si>
-    <t>奥本资本～一康</t>
-[...4 lines deleted...]
-  <si>
     <t>杭甬社区-肖本生意</t>
   </si>
   <si>
     <t>kmy3t-vtdoq-dxhp2-e6y22-vd7wa-jh3gt-qvjtz-5dil3-frhpx-2rump-bae</t>
   </si>
   <si>
     <t>4,568.26</t>
   </si>
   <si>
     <t>金木社区-林</t>
   </si>
   <si>
     <t>zudgl-ovoii-sr6bc-ievxx-qxaue-hoedm-3qr7q-4gmon-v3wuh-cbwde-nae</t>
   </si>
   <si>
     <t>笑哥社区 Whyyyynot</t>
   </si>
   <si>
     <t>4qyzs-hy4h3-yhree-bfu4t-3cznl-33dpr-tuqiw-c6dz4-gvb3x-tefgo-uae</t>
   </si>
   <si>
     <t>木木社区-吉祥</t>
   </si>
   <si>
     <t>pomxt-cwc26-3gz5e-lzs24-ylb52-mnlfc-txl6k-xzltu-ddraa-pjoop-rqe</t>
   </si>
   <si>
     <t>4,286.39</t>
   </si>
   <si>
-    <t>茶乐会+子鹏</t>
-[...4 lines deleted...]
-  <si>
     <t>QWERTYUIOP</t>
   </si>
   <si>
     <t>5is7c-dvqmd-p5xq6-2mjvm-hmrxa-cugde-saeek-vbg46-nsudo-lgyy6-hqe</t>
   </si>
   <si>
     <t>1,754.23</t>
   </si>
   <si>
-    <t>wawa社区小勇</t>
-[...16 lines deleted...]
-  <si>
     <t>太阳社区～超越</t>
   </si>
   <si>
     <t>2uxbx-sb7on-fgzb3-mbysp-v7eaq-7uffv-p6e2p-3u3l5-enj7y-qmdzn-fqe</t>
   </si>
   <si>
     <t>YOYO社区荷尔蒙</t>
   </si>
   <si>
     <t>ayk3a-crjij-kjodk-lk6vc-zunfy-6l4i3-cqof6-ik54r-iaryp-3rj75-3ae</t>
   </si>
   <si>
     <t>3ekxi-73mux</t>
   </si>
   <si>
     <t>3ekxi-73mux-agivc-dlx2w-br6jl-keumt-gqius-3wdkn-uxozq-5mvk2-gae</t>
   </si>
   <si>
     <t>杭甬社区-雪锋</t>
   </si>
   <si>
     <t>fuxxc-m4piu-4lvpr-fb4ul-d7gk4-c74ye-m5frj-zp2te-hlhlp-3vky4-3qe</t>
   </si>
   <si>
     <t>1,955.94</t>
   </si>
   <si>
-    <t>奥本资本～玲子</t>
-[...7 lines deleted...]
-  <si>
     <t>杭甬社区～柠檬</t>
   </si>
   <si>
     <t>mohe5-obmsw-u4g5o-w7wdd-ripwq-e7wrd-jwknr-twg7p-qqxxm-jaq3a-4qe</t>
   </si>
   <si>
     <t>2,013.55</t>
   </si>
   <si>
     <t>杭甬社区～龙哥</t>
   </si>
   <si>
     <t>eie5k-hb6ft-23urz-x5ihh-omzp2-3yrsr-k32nc-pnzs7-x2ufk-l3khi-kae</t>
   </si>
   <si>
     <t>2,016.29</t>
   </si>
   <si>
     <t>杭甬社区～金金</t>
   </si>
   <si>
     <t>bsb7m-kxj3n-a7zap-kl52n-b3qjv-ssyzy-666cu-o7agp-ffoha-ldgup-tae</t>
   </si>
   <si>
     <t>5,524.28</t>
@@ -3203,53 +2426,50 @@
   <si>
     <t>d7iui-xvxso-zyogk-7k6km-evois-6vok5-cfzaj-ao7l7-mni33-gtwzn-cae</t>
   </si>
   <si>
     <t>杭甬社区小陆</t>
   </si>
   <si>
     <t>cvag6-febqx-ysfgi-f2gyc-25rba-tp373-6ba5l-4zh4c-6d6em-3hfms-eqe</t>
   </si>
   <si>
     <t>1,560.36</t>
   </si>
   <si>
     <t>笑哥社区LOKI</t>
   </si>
   <si>
     <t>c2oug-6elg5-z76f3-vruzc-xgw3b-66u6p-vzkdm-746vy-yzicb-6axxb-2ae</t>
   </si>
   <si>
     <t>海天徽煌社区一陈明</t>
   </si>
   <si>
     <t>skt7a-ejrog-qh3kq-3225y-gm527-z7v7i-fkxri-r2d37-zdr3i-v7ao6-lqe</t>
   </si>
   <si>
-    <t>4,693.47</t>
-[...1 lines deleted...]
-  <si>
     <t>笑哥社会joyce</t>
   </si>
   <si>
     <t>qaqmd-plx2a-fxz4b-hhuo7-jdfod-zpxt4-ojga2-2idvf-c3233-wxbnv-sae</t>
   </si>
   <si>
     <t>玩赚社区~小顾</t>
   </si>
   <si>
     <t>ceutv-jmnq2-u3lyo-nfd3m-33k5j-sh2tz-f7apf-5ks4w-6o3ff-tbkly-cae</t>
   </si>
   <si>
     <t>杭甬社区～果果</t>
   </si>
   <si>
     <t>o7wco-f53u2-43adt-wchox-qbibp-6g24c-iymbo-hh36b-gqwnl-6pkv6-kqe</t>
   </si>
   <si>
     <t>2,397.74</t>
   </si>
   <si>
     <t>笑哥社区 Mobius</t>
   </si>
   <si>
     <t>zdcyb-t5em7-uqsmz-atnvo-4na2f-ukxzn-cak7e-pehbx-dtkrf-3tj6w-vae</t>
@@ -3332,56 +2552,50 @@
   <si>
     <t>3skyu-b3tv2-mzetr-dgxff-o5mmp-wng5y-id33b-7stcp-pd36q-kefyu-nqe</t>
   </si>
   <si>
     <t>4,818.48</t>
   </si>
   <si>
     <t>笑哥社区-Eric</t>
   </si>
   <si>
     <t>4x7jk-oohxs-nznf5-jgdwm-64krb-ryeoy-22ztj-vkzao-akczs-g4uzl-xqe</t>
   </si>
   <si>
     <t>狼神社区~蒋顺玉</t>
   </si>
   <si>
     <t>frijx-disue-3s7vt-wyurm-pmjpf-g7fzv-32njy-ppckr-tirri-ge6pr-gqe</t>
   </si>
   <si>
     <t>狼神社区～王红艳</t>
   </si>
   <si>
     <t>fub73-ajjpm-g3kje-m33y6-lt4jp-bksgl-ddehb-7jg5j-hd6kx-b7bfh-eae</t>
   </si>
   <si>
-    <t>毕方资本～英英</t>
-[...4 lines deleted...]
-  <si>
     <t>杭甬社区～进进</t>
   </si>
   <si>
     <t>yw3kx-l75hr-wrr4z-an3gh-3atnt-5eml3-3n2j2-6dnyk-chet2-hp6ld-6ae</t>
   </si>
   <si>
     <t>5,294.73</t>
   </si>
   <si>
     <t>狼神社区～燕姐姐</t>
   </si>
   <si>
     <t>6di3o-lcesu-tzxin-z5l43-ws3qr-vrje7-oow4z-ynnbt-5fm4y-onj4v-pqe</t>
   </si>
   <si>
     <t>wawa喜乐</t>
   </si>
   <si>
     <t>fs2wn-ej3kl-a2wph-6sxsu-72ht3-e6bel-lz3os-ojwxo-72j64-6jxvw-tae</t>
   </si>
   <si>
     <t>徽煌社区～小兰姐</t>
   </si>
   <si>
     <t>ngrf6-bctc6-jxzps-ig2fw-fusw5-u4ewb-dpxvm-wdnmt-7h42a-lpkyl-4ae</t>
@@ -3395,56 +2609,50 @@
   <si>
     <t>vk6rh-ecjv6-767ov-cgmhi-nn5il-uyc7l-b7guy-raxd2-tejqh-g5pjs-3qe</t>
   </si>
   <si>
     <t>1,358.34</t>
   </si>
   <si>
     <t>金马社区～燕3</t>
   </si>
   <si>
     <t>o4xu4-dneva-5wzf4-5q7aq-77bqn-qrwll-xuiox-j7cr3-n552v-xxn4i-qae</t>
   </si>
   <si>
     <t>玩赚社区～乐乐</t>
   </si>
   <si>
     <t>ez27g-nybv6-bxrb7-pnvi6-7oak7-nc4cr-sxxvs-g64xs-uhw7u-mwynu-mae</t>
   </si>
   <si>
     <t>太阳社区~夏睿微</t>
   </si>
   <si>
     <t>pdpii-huovs-wuu4k-f3wno-dh3v4-iwiur-6qd5a-6lfk2-pduav-ckcnb-nae</t>
   </si>
   <si>
-    <t>玩赚社区~酱香饼</t>
-[...4 lines deleted...]
-  <si>
     <t>狼神社区～敏1</t>
   </si>
   <si>
     <t>fhl4g-kouyj-gdlja-vnqwm-ivqyy-7zt4b-kf2b4-ndkpq-itqob-wl6cg-4ae</t>
   </si>
   <si>
     <t>太阳社区~龚后珍</t>
   </si>
   <si>
     <t>ylrah-3ooxc-4wfuz-lf6q7-jwkj7-6pluv-tf2r6-zci7p-k3l6j-3myqh-jae</t>
   </si>
   <si>
     <t>YOYO社区～穆总</t>
   </si>
   <si>
     <t>bcgtl-l7ezh-xwcvc-mxfyi-2ifsi-tt5x2-uouoh-er6s2-4pvh2-mscdg-4ae</t>
   </si>
   <si>
     <t>太阳社区~夏友百</t>
   </si>
   <si>
     <t>te4wb-yf6v3-b7pwl-aupne-p3lzf-eqgfw-yzf7o-ewrf6-bke36-sf44a-eqe</t>
   </si>
   <si>
     <t>金马社区～辉哥</t>
@@ -3479,188 +2687,143 @@
   <si>
     <t>金马社区～燕2</t>
   </si>
   <si>
     <t>lxyvv-q6van-bebet-5gcda-iqsq4-622xt-wkjw7-wncry-r7qct-l4qfn-sqe</t>
   </si>
   <si>
     <t>金马社区～琴4</t>
   </si>
   <si>
     <t>5ojng-yqb2y-knvip-lcorg-gfjje-mzanc-majdm-yefd5-imegk-uqz6x-tqe</t>
   </si>
   <si>
     <t>2,122.81</t>
   </si>
   <si>
     <t>狼神社区～燕子</t>
   </si>
   <si>
     <t>72enh-tgjyn-6kzat-cdwxl-yfb5s-577xq-aexb2-xfs3t-pg4g3-u7d3g-sqe</t>
   </si>
   <si>
     <t>1,735.24</t>
   </si>
   <si>
-    <t>龙腾九爷社区~胡姐</t>
-[...4 lines deleted...]
-  <si>
     <t>飞龙社区～彭怡萱</t>
   </si>
   <si>
     <t>2p2j4-dzxwo-lk4mo-l56jd-vejm5-6csvz-g5nwu-balui-q6mtr-tvcem-iqe</t>
   </si>
   <si>
     <t>1,393.79</t>
   </si>
   <si>
     <t>q3i6d-obpmd</t>
   </si>
   <si>
     <t>q3i6d-obpmd-myuzh-xah6p-klqzi-6ha2m-dx3e7-jduqw-filjk-pzyq4-nae</t>
   </si>
   <si>
     <t>wawa社区菜场</t>
   </si>
   <si>
     <t>vpaoj-iikos-zdrb4-wt33e-7mmjy-oqvrb-atad6-pezj6-is2cs-jm4po-cae</t>
   </si>
   <si>
-    <t>管姐姐</t>
-[...7 lines deleted...]
-  <si>
     <t>笑哥社区-Yob</t>
   </si>
   <si>
     <t>bktvf-namla-dgwhz-vha2e-swsf4-wwfn2-ezmo4-4miyq-zians-jr6s3-wae</t>
   </si>
   <si>
     <t>金马社区–钱多多</t>
   </si>
   <si>
     <t>icikr-sznjz-vdgo3-xoyfy-4uibl-r4b63-ycilo-ngqkm-n7ptc-etzvr-nqe</t>
   </si>
   <si>
     <t>太阳社区～梁一</t>
   </si>
   <si>
     <t>qn7ly-aac3u-utxsh-fad7w-jdmrl-5arfr-yug2v-yvmyo-jklq3-tsdpm-yae</t>
   </si>
   <si>
     <t>太阳社区~希希</t>
   </si>
   <si>
     <t>hmoy4-isqx7-wazi7-ynpyc-uajl5-npezi-u5foe-jrmyx-llihb-fwc5o-jae</t>
   </si>
   <si>
     <t>天都Club-文明</t>
   </si>
   <si>
     <t>4z3qn-zdbth-3ibf5-4n6mq-muuwg-oy3th-c2b5m-xl5di-dbfyi-y2wdi-7qe</t>
   </si>
   <si>
-    <t>3,029.32</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区~杰仔</t>
   </si>
   <si>
     <t>6es6n-zcpnp-3k4fi-civy6-hifi5-j4sna-k2jot-gwspq-ioyzl-lyeec-gae</t>
   </si>
   <si>
     <t>太阳社区～美少女</t>
   </si>
   <si>
     <t>fskrl-bgce2-gpkkn-omo42-35gow-l4l7r-lukaq-c64vu-37iuh-lhk2o-hae</t>
   </si>
   <si>
     <t>gshtr-w1kwp3</t>
   </si>
   <si>
     <t>gshtr-wkwp3-6xdcp-ucsaz-wg35r-momnu-y6wm7-5hqwm-w6veg-5pes2-sae</t>
   </si>
   <si>
     <t>10,734.66</t>
   </si>
   <si>
     <t>wekqo-eka1b6</t>
   </si>
   <si>
     <t>wekqo-ekab6-lc6i2-4wou7-6bbdo-e4emp-ubmpy-vvrsl-zl3n4-6ji6z-eae</t>
   </si>
   <si>
     <t>10,736.27</t>
   </si>
   <si>
     <t>徽煌社区～彦名</t>
   </si>
   <si>
     <t>tu2wf-rqkst-h5fjo-6lsof-7c4a2-kt5yj-cp5zs-glueo-3dopn-na7dk-vae</t>
   </si>
   <si>
     <t>太阳社区～阳光</t>
   </si>
   <si>
     <t>3t3m4-zwh6b-yvkfx-joc6r-dmapj-gadue-holrj-wm7ze-ojcn4-wlw2e-6qe</t>
   </si>
   <si>
-    <t>尤米社区-刘哥2</t>
-[...25 lines deleted...]
-  <si>
     <t>狼神社区～娟1</t>
   </si>
   <si>
     <t>emruv-pihhk-4fbx6-vcnp6-s2z6v-arole-vsblv-gamll-5zt4a-amq55-sqe</t>
   </si>
   <si>
     <t>狼神社区～娟2</t>
   </si>
   <si>
     <t>nwpaz-jeqtd-cnr5h-q2ol6-kcvfz-zjlv4-fdbfe-whkia-yiilr-ensfn-kqe</t>
   </si>
   <si>
     <t>成都社区-依依</t>
   </si>
   <si>
     <t>2sdf3-wgscf-tj46o-riyia-ymxpf-i3u2t-3xtb6-s5r5t-flwkx-l7lvx-oae</t>
   </si>
   <si>
     <t>成都社区-梦云</t>
   </si>
   <si>
     <t>gnaea-de62a-r5k7c-2f37v-cggaq-ht5j3-dpzw4-rmqv3-fdnob-xx2gd-yqe</t>
   </si>
   <si>
     <t>成都社区-晓健</t>
@@ -3737,137 +2900,113 @@
   <si>
     <t>wawa社区～福宝</t>
   </si>
   <si>
     <t>lebep-movjk-j2oqs-7ncr5-3plvu-5dscq-qendd-lz4ta-4rvfl-cnnsl-gqe</t>
   </si>
   <si>
     <t>飞龙社区-罗羽捷</t>
   </si>
   <si>
     <t>2oajk-sug35-ltr4h-2gb6z-22qm2-3isfa-zkshr-7s7d5-dz7s3-6hws2-dae</t>
   </si>
   <si>
     <t>成都社区-太原</t>
   </si>
   <si>
     <t>erm57-ru6sl-kmeiv-bxapn-nrdw6-fznoi-44ar3-hwj5b-rdn6r-5f5za-nae</t>
   </si>
   <si>
     <t>亿姐社区～红花姐</t>
   </si>
   <si>
     <t>zrihg-a46xm-cs3w3-ahypu-fi6vo-eon5j-f2x5u-fes3j-byz5t-sfvx4-hqe</t>
   </si>
   <si>
-    <t>毕方资本～阿英</t>
-[...4 lines deleted...]
-  <si>
     <t>徽煌社区～康康</t>
   </si>
   <si>
     <t>fh6xo-gdzkp-eqp2g-k3fqq-l7nxq-i6zbg-t4fji-6mmnr-b723t-lz62w-cae</t>
   </si>
   <si>
     <t>徽煌社区～张来群</t>
   </si>
   <si>
     <t>pwvix-bn45i-fvftu-rkjea-yeu2h-3wv7q-gceuc-l4azt-f22oq-ytp7k-lqe</t>
   </si>
   <si>
-    <t>毕方资本～九知</t>
-[...4 lines deleted...]
-  <si>
     <t>笑哥社区 KevinLee</t>
   </si>
   <si>
     <t>dzxm6-q6sws-vtyxm-sb455-olwke-vh7fi-zzodm-ouynn-codqu-uan5t-cqe</t>
   </si>
   <si>
     <t>飞龙社区王</t>
   </si>
   <si>
     <t>vciox-52og6-a27mz-rkpn7-3ax2w-bk67f-5sda2-63zbg-bu6pn-hmafb-xae</t>
   </si>
   <si>
     <t>飞龙社区小国</t>
   </si>
   <si>
     <t>vs7tn-vlck2-asaph-tcvaz-ek72a-nqxq4-sufbz-fichx-dnjyi-fhsin-cae</t>
   </si>
   <si>
     <t>Wawa社区老妈</t>
   </si>
   <si>
     <t>lu2bw-todhl-b4xrh-2y7es-pdxit-534hi-knqaf-xuvl4-3rgah-d5agq-uae</t>
   </si>
   <si>
     <t>1,196.48</t>
   </si>
   <si>
     <t>CSSQ-云儿</t>
   </si>
   <si>
     <t>imqf7-u5ip6-dy5wo-y263w-xrmhb-l3ygd-hjxhg-s3cwy-mggch-q22iz-wae</t>
   </si>
   <si>
     <t>成都社区-星星</t>
   </si>
   <si>
     <t>qo6jm-qumh4-sbkto-zj3zj-avmjl-5ytgl-vqwly-tb6se-bpna3-54nyr-4qe</t>
   </si>
   <si>
-    <t>毕方资本～丽丽</t>
-[...4 lines deleted...]
-  <si>
     <t>成都社区-爱你一生</t>
   </si>
   <si>
     <t>dyjvl-bc6ak-lqfkz-5ce33-vdxp7-v273v-lm4n2-we5qc-cy6hk-lnh2v-xae</t>
   </si>
   <si>
     <t>富贵荣华</t>
   </si>
   <si>
     <t>3ktqb-63zzy-to62r-itgcw-olp37-itp3e-funej-qav4r-p4gpn-wdv6v-sae</t>
   </si>
   <si>
-    <t>尤米社区-刘哥4</t>
-[...4 lines deleted...]
-  <si>
     <t>e7hh6-sx4ep</t>
   </si>
   <si>
     <t>e7hh6-sx4ep-yux4x-xwwuj-5tyv6-petqw-hmhpa-ouq2g-ats7d-p25bb-zqe</t>
   </si>
   <si>
     <t>成都社区良</t>
   </si>
   <si>
     <t>5qzis-lpxnv-nu4xd-pa4fw-eqeow-kctez-3bw2f-drfxz-nniif-7vnli-xqe</t>
   </si>
   <si>
     <t>成都社区张</t>
   </si>
   <si>
     <t>3cfyh-b7cnr-itmhv-zbibb-7db7e-qfj3v-wiuno-6oxo5-wyexr-zuzzd-tqe</t>
   </si>
   <si>
     <t>狼神社区~金2</t>
   </si>
   <si>
     <t>a6hc4-k5gd6-vyili-gurll-dpc6j-tw3x5-eijau-kvclr-azq3u-a64cs-dae</t>
   </si>
   <si>
     <t>微煌社区+叶丽</t>
@@ -3890,548 +3029,224 @@
   <si>
     <t>狼神社区~金1</t>
   </si>
   <si>
     <t>lsz2x-trfon-3xjgj-jbpl6-zutji-tc5p7-clere-ss4rk-7gpex-xidwa-mqe</t>
   </si>
   <si>
     <t>成都社区kk</t>
   </si>
   <si>
     <t>x3l3p-pn6lt-7wpxj-ujgjz-665ns-ivjxc-6ipyf-eml7k-te7jc-xuabo-sae</t>
   </si>
   <si>
     <t>狼神社区~金3</t>
   </si>
   <si>
     <t>6cphf-h4taw-a3qes-sunjv-kpp4a-3whgp-j63ae-dejkq-ufdng-3bcpu-6qe</t>
   </si>
   <si>
     <t>飞龙社区-梅姐</t>
   </si>
   <si>
     <t>3llmo-adcpl-ilyte-qqwui-s6u25-j3hl4-unsjg-n6suo-zmuhr-duo35-6ae</t>
   </si>
   <si>
-    <t>毕方资本～小健</t>
-[...4 lines deleted...]
-  <si>
     <t>尤米社区—朱总</t>
   </si>
   <si>
     <t>ldmv7-q6nv5-7cadr-qf4mv-r45x7-xwamy-r5xo5-jjlmm-ulr6t-5isey-mae</t>
   </si>
   <si>
     <t>大饼社区-piz</t>
   </si>
   <si>
     <t>qy5n7-k7q5l-zlk5e-dzdas-id7jv-4wrbd-fhsp2-s53ah-le4jx-e7b2t-jqe</t>
   </si>
   <si>
-    <t>毕方资本～预言家</t>
-[...28 lines deleted...]
-  <si>
     <t>Wawa社区红牛</t>
   </si>
   <si>
     <t>nw3mw-emmxo-lpdi6-rjvyz-afuc2-w7qdh-i77hh-kwmwa-3goyj-lrc76-fqe</t>
   </si>
   <si>
-    <t>飞龙社区~李宗</t>
-[...4 lines deleted...]
-  <si>
     <t>Wawa社区小草</t>
   </si>
   <si>
     <t>cd7ri-7j3z4-6kan3-tch2d-ptjl5-ptz3p-vasuo-aijtx-k3p3x-sonct-7ae</t>
   </si>
   <si>
-    <t>毕方资本～张庄</t>
-[...10 lines deleted...]
-  <si>
     <t>飞龙社区～俞姐</t>
   </si>
   <si>
     <t>twseg-dxufi-2houz-6en4a-vzeey-iiehy-kfbve-t6pie-r3hhp-r4azz-5qe</t>
   </si>
   <si>
     <t>2,183.11</t>
   </si>
   <si>
-    <t>毕方资本～光明</t>
-[...4 lines deleted...]
-  <si>
     <t>玩赚社区～阳阳</t>
   </si>
   <si>
     <t>dzut7-44ea2-6vrto-2wnsi-vbchx-6nl5d-oijky-dy7eg-uhu4i-ia7q5-sae</t>
   </si>
   <si>
-    <t>毕方资本～保福寺</t>
-[...4 lines deleted...]
-  <si>
     <t>wawa社区～小鱼</t>
   </si>
   <si>
     <t>f43ji-5u3kk-lbxzk-zw6r6-jizub-w2abq-kvkc7-4t6kp-e2rqg-zz2yi-eqe</t>
   </si>
   <si>
-    <t>飞龙社区~李哥</t>
-[...19 lines deleted...]
-  <si>
     <t>徽煌社区~火炎</t>
   </si>
   <si>
     <t>3v47l-6boxd-aoqxt-llp3k-rspnp-xmpqi-jpikf-5sdx3-li2fk-3zvuw-eqe</t>
   </si>
   <si>
     <t>徽煌社区～吴</t>
   </si>
   <si>
     <t>jvsqd-duudu-nbxrq-wtyyx-gaykm-qv6b7-3vhdy-snf5g-qijgn-r6fnd-2ae</t>
   </si>
   <si>
-    <t>毕方资本～小马</t>
-[...4 lines deleted...]
-  <si>
     <t>徽煌社区～春天</t>
   </si>
   <si>
     <t>7y4sa-uxa6h-iepfj-5qi2c-72r7u-6qroy-6qm5i-6r3sy-7rn5m-flgqh-xqe</t>
   </si>
   <si>
     <t>徽煌社区～大强</t>
   </si>
   <si>
     <t>aytu3-s7wwh-aemde-ruqsi-43cl6-e74wb-csaqp-zcp4p-cher3-akpvl-7qe</t>
   </si>
   <si>
     <t>Wawa社区花花</t>
   </si>
   <si>
     <t>zfaeb-6dhwr-oozyx-dfntz-5ykro-gppsn-2q4oi-ndecb-qvonp-rtupg-iqe</t>
   </si>
   <si>
-    <t>小薇军团～琪琪</t>
-[...49 lines deleted...]
-  <si>
     <t>徽煌社区_丁总</t>
   </si>
   <si>
     <t>mm4ir-yuuod-ohl5c-dop6y-duybs-pngjk-pwyzd-7tvac-4kcdp-dgkaz-xae</t>
   </si>
   <si>
     <t>WAWA社区-平平安安</t>
   </si>
   <si>
     <t>siecq-ftjha-2cn5f-iaesj-pak5c-4von7-rwumv-sahie-w5fqo-ltldd-uqe</t>
   </si>
   <si>
-    <t>徽煌社区～小红豆</t>
-[...31 lines deleted...]
-  <si>
     <t>wawa社区～小高</t>
   </si>
   <si>
     <t>d6jri-izgty-6qsl6-qifzy-5vxsv-oea3p-p3xxo-pvq2a-b2243-jjoyb-jqe</t>
   </si>
   <si>
-    <t>徽煌社区～豆豆</t>
-[...7 lines deleted...]
-  <si>
     <t>北部湾社区~涂</t>
   </si>
   <si>
     <t>bpbms-jwlmr-w22fa-yrjzr-z2wp3-rrqht-r7xbr-2rfnr-pdhow-a5fuo-lae</t>
   </si>
   <si>
     <t>4,000.00</t>
   </si>
   <si>
-    <t>徽煌社区～叶姐</t>
-[...25 lines deleted...]
-  <si>
     <t>徽煌社区～小强</t>
   </si>
   <si>
     <t>w25j2-cwaxw-2t55d-nadid-ca32c-sx7jj-xhuwk-vff76-bl73m-yq2y3-vae</t>
   </si>
   <si>
     <t>全赢上海社区路交关</t>
   </si>
   <si>
     <t>tun56-4s23p-krq3e-hldt3-c5h27-cctvu-wet63-fm7fs-hlqig-sx3u4-7qe</t>
   </si>
   <si>
-    <t>毕方资本～福哥</t>
-[...19 lines deleted...]
-  <si>
     <t>太阳社区～梁生</t>
   </si>
   <si>
     <t>suuyj-szxjb-4r56g-5hkct-itfh5-ytcia-vj5o4-r3q4n-cirxt-njxyd-yqe</t>
   </si>
   <si>
-    <t>茶乐会～书眠</t>
-[...43 lines deleted...]
-  <si>
     <t>尤米社区~燕子3</t>
   </si>
   <si>
     <t>7gvrc-m3gx2-hbaw2-fuvb5-uy2ly-id6qx-njx7b-vkhgc-c5q6k-ykcjh-6qe</t>
   </si>
   <si>
     <t>3,925.66</t>
   </si>
   <si>
-    <t>毕方资本～李总</t>
-[...10 lines deleted...]
-  <si>
     <t>尤米社区~燕子1</t>
   </si>
   <si>
     <t>qaarc-hykzl-okyml-okgc7-7ca7o-kpbvs-kqik3-le7ur-fh3q3-eam6u-xae</t>
   </si>
   <si>
     <t>优米社区~燕子2</t>
   </si>
   <si>
     <t>w7u5e-6o5s6-hcx45-hclnf-t6jlt-jlzr4-mwwlx-gpdns-o4foo-beg3w-kae</t>
   </si>
   <si>
-    <t>茶乐会～晴川</t>
-[...10 lines deleted...]
-  <si>
     <t>杭甬社区-钱多多</t>
   </si>
   <si>
     <t>auzez-m4ndj-gn4gz-6xrle-p6z3n-p2d7k-as7s2-42by7-ccowa-ngxxk-pqe</t>
   </si>
   <si>
     <t>2,720.42</t>
   </si>
   <si>
     <t>杭甬社区-姜总</t>
   </si>
   <si>
     <t>qgn6k-o23t2-e5tc3-mami4-f2tec-b7sim-3uz57-cfsrf-62py7-2c5nw-5qe</t>
   </si>
   <si>
     <t>杭甬社区-幸福女人</t>
   </si>
   <si>
     <t>jytru-cbx7x-fy3jh-2sx7q-cb6jw-p23ee-yocsn-fdx6b-l4yna-7mj3w-cqe</t>
   </si>
   <si>
-    <t>毕方资本～安在旭</t>
-[...16 lines deleted...]
-  <si>
     <t>杭甬社区-幸福已上演</t>
   </si>
   <si>
     <t>sgzde-tobas-5lmw7-cippo-nphmf-ddtnc-d6jtq-f3lgh-65wgm-vsmjr-tae</t>
   </si>
   <si>
     <t>太阳社区～财富</t>
   </si>
   <si>
     <t>zx6dk-cudop-wsjc4-icem5-3rx2u-7mz2y-pkswe-cik7g-hmk35-dji77-wae</t>
   </si>
   <si>
-    <t>20,294.18</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区～健康</t>
   </si>
   <si>
     <t>sbyhl-awyc5-mhyc6-gqxpn-zr5qv-y4fvq-sb6sj-nqleh-ao4b6-5wtgl-oae</t>
   </si>
   <si>
     <t>太阳社区～钧</t>
   </si>
   <si>
     <t>g67gk-rklol-eh4vg-xqt3m-lehia-yfq46-rkrz7-l65xg-52nzj-55u27-mqe</t>
   </si>
   <si>
     <t>太阳社区～锐</t>
   </si>
   <si>
     <t>ih7ug-v6hj4-qvgjb-hotej-e34hu-mbijs-odtei-ke6fc-kqp7o-5unln-oae</t>
   </si>
   <si>
     <t>太阳社区～漂亮</t>
   </si>
   <si>
     <t>uwatz-dkynr-mgfnk-4ajyc-yarrs-e4fap-wrxzu-bxmxo-nqtle-qtrov-3qe</t>
   </si>
   <si>
     <t>杭甬社区-杰哥</t>
@@ -4466,347 +3281,251 @@
   <si>
     <t>笑哥社区 mumu</t>
   </si>
   <si>
     <t>2b5eg-4qrf5-gu7so-x7wxi-2o6jr-pysfv-deeyf-uzozp-mtrn3-oaovv-zae</t>
   </si>
   <si>
     <t>k5ktc-qc6rq</t>
   </si>
   <si>
     <t>k5ktc-qc6rq-wyegt-go7zl-c7rp6-ly7x2-ps6ys-i4fmn-y6app-celtc-vae</t>
   </si>
   <si>
     <t>optrl-ywyz7</t>
   </si>
   <si>
     <t>optrl-ywyz7-bbgvz-qbhi3-snmej-2phmd-3xomk-tapdz-avvfg-7ksnf-vae</t>
   </si>
   <si>
     <t>太阳社区～春暖花开</t>
   </si>
   <si>
     <t>sq777-i4euo-qccgs-pxtso-rdcre-bh3sn-m67d4-gnchl-uzvbr-yb3kd-yqe</t>
   </si>
   <si>
-    <t>15,430.16</t>
-[...23 lines deleted...]
-    <t>1,953.24</t>
+    <t>6,944.57</t>
   </si>
   <si>
     <t>杭甬社区-毛老师</t>
   </si>
   <si>
     <t>6gsha-66owc-xcknb-neou5-yqkps-cxz3e-iplrp-3ihji-fz6xs-x2e6p-gqe</t>
   </si>
   <si>
     <t>杭甬社区-泽哥</t>
   </si>
   <si>
     <t>iih54-va7n3-j2ls5-serf7-6kqqc-4pic7-3pujw-nohuu-visqu-lq4th-tqe</t>
   </si>
   <si>
     <t>1,583.70</t>
   </si>
   <si>
-    <t>毕方资本～矿大</t>
-[...4 lines deleted...]
-  <si>
     <t>wawa社区~琉璃</t>
   </si>
   <si>
     <t>nkyjf-chfg4-fpwei-ufwvk-bxc7q-lheyl-zcufi-zfklc-ec5me-hzhn4-5ae</t>
   </si>
   <si>
-    <t>茶乐会~米米</t>
-[...4 lines deleted...]
-  <si>
     <t>赣南社区美美</t>
   </si>
   <si>
     <t>zwqrb-kto7w-3ovab-wy4lt-sklh4-7gvpa-uiff2-3nluy-xt7fl-ucts4-gqe</t>
   </si>
   <si>
     <t>2,443.55</t>
   </si>
   <si>
-    <t>毕方资本～朝阳哥</t>
-[...7 lines deleted...]
-  <si>
     <t>飞龙社区周总</t>
   </si>
   <si>
     <t>ekb2l-hmcbz-wpi6c-3bi2b-ti4tf-6jaqr-x7guc-gsbzs-m7wbm-ovsrm-5ae</t>
   </si>
   <si>
     <t>6,049.15</t>
   </si>
   <si>
     <t>南康社区-张老师</t>
   </si>
   <si>
     <t>cgkx7-odsmi-ubg2w-6kfwi-ygenm-h3ply-fja5r-vdhww-y7nn7-c6j7r-lae</t>
   </si>
   <si>
     <t>2,955.10</t>
   </si>
   <si>
     <t>太阳社区～遇见</t>
   </si>
   <si>
     <t>igwll-cjp5s-e46t2-bwz6b-iflni-i4rpq-ogtkp-jz73u-v2oq7-oi72c-fae</t>
   </si>
   <si>
     <t>wawa社区~玲珑</t>
   </si>
   <si>
     <t>aj2uc-ju6ji-nqydo-slcgu-2gwh7-arici-ojert-rkajp-a2w4v-r6sa6-kae</t>
   </si>
   <si>
-    <t>毕方资本～潘多拉</t>
-[...7 lines deleted...]
-  <si>
     <t>太阳社区～常宁</t>
   </si>
   <si>
     <t>ofdcw-xrced-2lr4k-2hcyu-5jelj-lhlkm-rjp5l-boleb-65soi-u4zii-qqe</t>
   </si>
   <si>
     <t>太阳社区～江行舟2</t>
   </si>
   <si>
     <t>fwihl-c3o7w-376ah-2c2k2-tlycj-dncmd-2x4oz-355vd-vqkep-kg5oo-zqe</t>
   </si>
   <si>
-    <t>2,383.15</t>
-[...1 lines deleted...]
-  <si>
     <t>wawa社区~锦绣</t>
   </si>
   <si>
     <t>tepab-sm7le-mh3x6-xw66w-k4sbh-mknlm-rr6qx-lk6rp-p6geh-lhr34-eqe</t>
   </si>
   <si>
     <t>wawa社区~和平鸽</t>
   </si>
   <si>
     <t>w5524-kpg7q-v3c7g-6zaur-mai4f-ffu5h-wdspm-4jvzw-3z4q7-yngsl-fqe</t>
   </si>
   <si>
     <t>狼神社区~狼神</t>
   </si>
   <si>
     <t>3yfsr-lw74p-zlf2w-fa4x7-5i3s5-b7z7k-45t26-od33r-jeiur-a3tkv-fqe</t>
   </si>
   <si>
     <t>金木社区-江</t>
   </si>
   <si>
     <t>j37ye-v72sd-aasca-4i4gv-5loyq-2paxd-drqgw-tei3y-oukgl-6fb7u-wae</t>
   </si>
   <si>
     <t>2,053.02</t>
   </si>
   <si>
     <t>狼神社区～汉</t>
   </si>
   <si>
     <t>jfl2j-oxitd-krrtn-63gbv-kgdkp-szsyn-bvtlx-pm3wq-twg6v-2w5de-yqe</t>
   </si>
   <si>
     <t>太阳社区～江行舟1</t>
   </si>
   <si>
     <t>3heph-uyzgd-3tvv2-obvkn-jjpr6-32ycn-c3ehr-mzhqx-vw2os-khfjp-wae</t>
   </si>
   <si>
-    <t>2,392.64</t>
-[...10 lines deleted...]
-  <si>
     <t>小薇军团苏:陳姐</t>
   </si>
   <si>
     <t>7uijc-54lpb-7woak-73xbv-xe55l-ijo4h-z3jpk-5x2wt-442tu-wlfnm-fae</t>
   </si>
   <si>
     <t>2,361.58</t>
   </si>
   <si>
     <t>太阳社区～建华3</t>
   </si>
   <si>
     <t>coalg-nrdqr-kc5ms-xcsjd-ozaaa-wkf6m-wmrpr-i5thw-joexr-zadqz-cae</t>
   </si>
   <si>
-    <t>2,360.04</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区～建华2</t>
   </si>
   <si>
     <t>olywl-np224-spssl-xtxxa-w5mc5-ryl63-roxrr-q63on-hnhpd-oba3l-aqe</t>
   </si>
   <si>
-    <t>2,368.06</t>
-[...7 lines deleted...]
-  <si>
     <t>惠宝社区周大哥</t>
   </si>
   <si>
     <t>j64ez-fxqwm-eiapu-xz7en-ratsa-mhstj-23s2g-ikgsy-gr5m4-75dza-pqe</t>
   </si>
   <si>
     <t>2,405.58</t>
   </si>
   <si>
     <t>太阳社区～建华1</t>
   </si>
   <si>
     <t>3mdyd-ltcns-yhhq7-a5kxx-fdhky-sjvok-vmgro-ffpjr-44xjo-2g5oy-bqe</t>
   </si>
   <si>
-    <t>2,025.23</t>
-[...1 lines deleted...]
-  <si>
     <t>勤正社区~容嘉</t>
   </si>
   <si>
     <t>4aoca-ox5xm-72yxv-37hcc-6qbgh-4v52m-lsjsu-nhpgm-figu7-dzydd-pae</t>
   </si>
   <si>
     <t>wawa社区~红苹果</t>
   </si>
   <si>
     <t>yuko3-dv47q-sscir-b6fcy-7wm7c-maru3-b5kv4-xa2mo-az7m7-kv3nh-sqe</t>
   </si>
   <si>
     <t>尤米社区E</t>
   </si>
   <si>
     <t>ltncb-xmbuv-o6z6d-klaet-hyxdl-6z2pj-o4jum-qbonf-vs2kl-egjnx-2qe</t>
   </si>
   <si>
     <t>尤米社区D</t>
   </si>
   <si>
     <t>nsgb3-ggozl-jmmo4-sjxpi-c4wzp-ivmq2-urw5f-pga4a-54t2z-2zx6k-pae</t>
   </si>
   <si>
     <t>金马社区~小华</t>
   </si>
   <si>
     <t>6exln-fv3gv-uz3sg-m6w2g-g4uoz-blv3g-7ronb-faws6-5fl6c-ino5u-vae</t>
   </si>
   <si>
     <t>尤米社区F</t>
   </si>
   <si>
     <t>bjjjz-ol7pq-tl6pb-gkusv-lc4xy-o25lg-yumpp-p7nlc-aj6jp-kgif5-bae</t>
   </si>
   <si>
     <t>尤米社区-B</t>
   </si>
   <si>
     <t>ociss-cfbgw-4ftyg-kcby5-rawh6-pryag-zqyk3-mnzya-6bfjk-4evir-qqe</t>
   </si>
   <si>
-    <t>47,199.60</t>
-[...8 lines deleted...]
-    <t>4,739.22</t>
+    <t>3,641.66</t>
   </si>
   <si>
     <t>太阳社区～摇钱树</t>
   </si>
   <si>
     <t>fh6kk-stov4-k2jud-h3yml-hpn72-3g2cp-axgsl-xjg7f-4dygv-e3zex-dae</t>
   </si>
   <si>
-    <t>17,634.67</t>
-[...1 lines deleted...]
-  <si>
     <t>wawa社区～红酒</t>
   </si>
   <si>
     <t>6yhuk-ng4tt-pm6tx-agysh-3q44i-u2j2r-pkxn2-s6am4-ryocw-cg3en-7qe</t>
   </si>
   <si>
     <t>YOYO社区-辉哥1</t>
   </si>
   <si>
     <t>n46xc-wc4fo-4ssa2-3qfla-tr2kz-jbpvl-uanhn-laii5-mjubl-plk7i-gqe</t>
   </si>
   <si>
     <t>1,761.28</t>
   </si>
   <si>
     <t>太阳社区～超哥</t>
   </si>
   <si>
     <t>fodrr-gzfga-7fbu7-mouc3-2lhng-p263s-232b3-gnezt-ygmiw-klx7z-7qe</t>
   </si>
   <si>
     <t>Wawa社区～向日葵</t>
   </si>
   <si>
     <t>qtlta-buvlv-fqgmz-pcq67-svf7x-tiufh-o533t-ftvcq-l5ibx-c33ou-jqe</t>
@@ -4823,125 +3542,104 @@
   <si>
     <t>杭甬社区-何总</t>
   </si>
   <si>
     <t>dyjjj-6g42n-gjinm-6c2xh-go43a-qmdou-7u7p2-cfioh-5rhx3-ln32a-5ae</t>
   </si>
   <si>
     <t>1,551.82</t>
   </si>
   <si>
     <t>太阳社区～李珊</t>
   </si>
   <si>
     <t>pz2g7-e2ggi-ya6hf-jdyzv-jtes4-7rnie-7ks6v-4ht3g-5s25w-nlpps-iae</t>
   </si>
   <si>
     <t>杭甬社区-天天总</t>
   </si>
   <si>
     <t>3prvd-eero6-tljzl-frlo7-pd6u4-ntim3-5cdoo-qiufz-56f23-seghg-sae</t>
   </si>
   <si>
     <t>1,216.58</t>
   </si>
   <si>
-    <t>毕方资本～天哥迷弟</t>
-[...7 lines deleted...]
-  <si>
     <t>杭甬社区-五爷</t>
   </si>
   <si>
     <t>djodq-2vbyt-grmcd-azwxo-y2yr3-ksn3n-bh3qp-4mb4v-66ydr-symna-mqe</t>
   </si>
   <si>
     <t>hrzry-q4jrd</t>
   </si>
   <si>
     <t>hrzry-q4jrd-4jsoo-bp732-r6p4w-jfo6y-unxyd-viwnl-knpsa-i6z72-qqe</t>
   </si>
   <si>
     <t>成都社区晓晓</t>
   </si>
   <si>
     <t>gcd2k-2i5jh-7363n-3tr22-cm3ec-s2cjj-kkpau-igl6b-p35wk-gat5z-iqe</t>
   </si>
   <si>
     <t>成都社区曾曾</t>
   </si>
   <si>
     <t>vymld-3aeyr-r23nl-6xs2b-cn22i-lgyqm-s2ylu-64gsg-s44e4-eohsa-wae</t>
   </si>
   <si>
-    <t>赣南社区-阿豪</t>
-[...7 lines deleted...]
-  <si>
     <t>成都社区柴</t>
   </si>
   <si>
     <t>edccf-nkl5v-6rexj-c4ypd-l2zdc-js7z3-st5cc-cuilg-nzlej-vcrfb-aae</t>
   </si>
   <si>
     <t>金木社区-罗贤乔</t>
   </si>
   <si>
     <t>konz5-ruvlw-kqu4p-52vou-ekozm-2j2ki-hmme6-t4exj-rd4ti-fpdyf-kae</t>
   </si>
   <si>
     <t>6,795.92</t>
   </si>
   <si>
     <t>wawa社区周生</t>
   </si>
   <si>
     <t>docts-wmjrn-eo5gx-tr64e-t65gl-5bkmg-lvhja-mknv2-2eesk-u63l4-mqe</t>
   </si>
   <si>
     <t>1,641.17</t>
   </si>
   <si>
     <t>太阳社区~开强</t>
   </si>
   <si>
     <t>ysjm7-aczjm-txiu4-qtq7k-puesl-wgcvx-gqmy2-e6i4o-w6skd-jxrgc-dqe</t>
   </si>
   <si>
-    <t>1,962.69</t>
-[...1 lines deleted...]
-  <si>
     <t>wawa社区成功</t>
   </si>
   <si>
     <t>w6esv-4avlf-fegd5-orivq-r7ghb-orc3l-2b5d4-of2hs-pm55y-qppzo-eae</t>
   </si>
   <si>
     <t>1,646.55</t>
   </si>
   <si>
     <t>wawa社区风景</t>
   </si>
   <si>
     <t>rkyk5-v4wr7-wvk7o-zgnkk-3y6ih-b622x-ooqlx-7uawa-trl4l-7nqpc-nqe</t>
   </si>
   <si>
     <t>1,650.36</t>
   </si>
   <si>
     <t>wawa社区周总</t>
   </si>
   <si>
     <t>7a7mq-w6f5q-dvoom-4i5j6-24onn-djduk-vkhbq-thwrg-vkcan-usaot-xae</t>
   </si>
   <si>
     <t>1,653.40</t>
@@ -4952,89 +3650,77 @@
   <si>
     <t>t5gmy-47str-pv67a-7iqke-64w5d-ci2lj-o42p5-aawip-7rs6a-6uvyf-iqe</t>
   </si>
   <si>
     <t>1,422.30</t>
   </si>
   <si>
     <t>金木社区一罗总</t>
   </si>
   <si>
     <t>xqux7-rq7ld-o3nui-hclq6-q562r-ssmci-resy6-4blfq-ospt3-r2ddv-vqe</t>
   </si>
   <si>
     <t>3,911.51</t>
   </si>
   <si>
     <t>金木社区一罗总2</t>
   </si>
   <si>
     <t>lvwhk-zr2jn-rnjl5-uswyf-n4ttw-tbl46-x3haa-ab2pv-6d52k-7hjxx-iae</t>
   </si>
   <si>
     <t>1,269.79</t>
   </si>
   <si>
-    <t>飞龙社区~宗兴</t>
-[...4 lines deleted...]
-  <si>
     <t>成都社区汪汪</t>
   </si>
   <si>
     <t>uihbg-of5nv-onvh4-3pdf2-ucklg-epi5a-lr2nd-r3qgl-mv47l-wxb7k-4qe</t>
   </si>
   <si>
     <t>全赢社区路交关</t>
   </si>
   <si>
     <t>cag5y-2zmbf-ggdls-gx56m-f3w4x-afog6-zyzj3-gi6tz-sz4tk-ptdvc-yqe</t>
   </si>
   <si>
     <t>尤米社区-小仙女</t>
   </si>
   <si>
     <t>oyihi-lynwj-st4eh-sqrnd-egx6m-2hkdk-jv2gc-rqjjq-zyupd-6jxil-cae</t>
   </si>
   <si>
-    <t>8,508.76</t>
+    <t>18,818.82</t>
   </si>
   <si>
     <t>杭甬社区~徐</t>
   </si>
   <si>
     <t>42xs4-uody6-622b7-sni6c-f3xgj-io4jl-2p3ws-rcl44-lwalc-mftn5-lae</t>
   </si>
   <si>
-    <t>金马社区～钱哆哆4</t>
-[...4 lines deleted...]
-  <si>
     <t>wawa社区～小白龙</t>
   </si>
   <si>
     <t>ss5us-dcxic-hueow-dsa6w-whlw7-kglry-53vb7-z4egu-absxg-zutnk-oae</t>
   </si>
   <si>
     <t>太阳社区～花开</t>
   </si>
   <si>
     <t>7cb6h-6quz7-g56bj-sitmd-istoc-hvzqx-fclmh-mznt3-bo4cn-l34fn-bae</t>
   </si>
   <si>
     <t>狼神社区～娟02</t>
   </si>
   <si>
     <t>vxt27-oohvx-w4lna-osl3w-hwpwu-lztp3-zrekb-tfntj-duaje-brkqt-4qe</t>
   </si>
   <si>
     <t>qmcc-xpos</t>
   </si>
   <si>
     <t>45g7o-sitlh-6zoag-7g35p-xsly4-fg6zv-rr4lm-5ky4l-jgr7p-7dnzl-tqe</t>
   </si>
   <si>
     <t>狼神社区～哈妮</t>
@@ -5105,341 +3791,275 @@
   <si>
     <t>tsyve-brbvk-llasw-wddhw-3is6p-itpfu-ybo2d-dbidx-ajma5-6gvrq-4ae</t>
   </si>
   <si>
     <t>1,669.51</t>
   </si>
   <si>
     <t>飞龙社区~玲、玲</t>
   </si>
   <si>
     <t>mpc7v-dqbzn-fg27a-dk6iu-75znu-yyul2-fekiz-hhib3-u7v34-pykmu-6ae</t>
   </si>
   <si>
     <t>太阳社区～花花</t>
   </si>
   <si>
     <t>34qbk-reulp-6of7a-ar2sn-7sl7c-kwmkp-agtwk-maalc-nstrp-oriwt-jae</t>
   </si>
   <si>
     <t>太阳社区～爱菊4</t>
   </si>
   <si>
     <t>gezt4-p5lq5-shguy-pghgv-7tzen-47d4c-z2aau-dmv2j-trv6g-g4l45-6qe</t>
   </si>
   <si>
-    <t>2,808.36</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区～桂花</t>
   </si>
   <si>
     <t>7naco-vtrgu-tf27i-copbq-hoq6b-daxmw-7yixm-4u7af-s3qkq-vu4lj-bae</t>
   </si>
   <si>
-    <t>2,405.31</t>
-[...1 lines deleted...]
-  <si>
     <t>小薇军团～谢红</t>
   </si>
   <si>
     <t>2zumb-ylxg5-5nz3v-5e6mv-wst2k-4pyq3-3ss44-yw5zx-xunvb-wxcka-zqe</t>
   </si>
   <si>
     <t>太阳社区～爱菊3</t>
   </si>
   <si>
     <t>7ici2-6bvot-5ek6a-f3a62-ittpb-h3bbg-f7lck-fl75p-64zxk-qn4ra-pae</t>
   </si>
   <si>
-    <t>2,779.22</t>
-[...1 lines deleted...]
-  <si>
     <t>徽煌-张瑜</t>
   </si>
   <si>
     <t>xwqef-ivvib-uomot-66z6m-2fua4-gu6q4-gkirf-oea2s-h2pl2-fqqzf-pqe</t>
   </si>
   <si>
     <t>4,988.55</t>
   </si>
   <si>
     <t>徽煌社区-张文光</t>
   </si>
   <si>
     <t>s32og-ugbub-nhsbi-yt5xk-fvyib-6kzdt-2hns3-i5g2z-w4jlk-vygy4-aqe</t>
   </si>
   <si>
     <t>5,304.16</t>
   </si>
   <si>
-    <t>毕方资本～vank</t>
-[...4 lines deleted...]
-  <si>
     <t>太阳社区～璐璐</t>
   </si>
   <si>
     <t>hzj44-ptgdt-7lxmo-frqpt-fiypl-zea7m-q5uj4-lsddn-n6l5c-mgz52-bqe</t>
   </si>
   <si>
-    <t>1,751.63</t>
-[...1 lines deleted...]
-  <si>
     <t>徽煌社区～米多</t>
   </si>
   <si>
     <t>uc4f6-o6xun-zdsl2-4qr3n-gd4ok-kibaa-7adml-5bauo-4cd6k-kwgcd-tae</t>
   </si>
   <si>
     <t>徽煌社区～飞哥</t>
   </si>
   <si>
     <t>w2fde-we4g3-zy5zw-fgd72-akhx5-rbaxi-esvb2-btqgq-x6vjq-lk3de-2ae</t>
   </si>
   <si>
     <t>星辉昆山社区春兰</t>
   </si>
   <si>
     <t>fmhks-2cp5x-qml56-4anub-bimcl-4wire-wq5rk-yz4a7-kztie-kt7op-cae</t>
   </si>
   <si>
     <t>2,995.29</t>
   </si>
   <si>
     <t>徽煌社区～胡萝卜</t>
   </si>
   <si>
     <t>icpeo-2w6lr-rnrif-t5p6c-xkotf-dext2-q7gok-yptbs-e6kmj-hm6ix-3ae</t>
   </si>
   <si>
     <t>4,000.72</t>
   </si>
   <si>
     <t>徽煌社区～黄总</t>
   </si>
   <si>
     <t>sfsef-3nieg-3u7tk-kbrvr-vw5iv-qjbev-kptrm-d3sap-psvxr-ko4vv-cae</t>
   </si>
   <si>
-    <t>4,112.98</t>
-[...1 lines deleted...]
-  <si>
     <t>徽煌社区～真心</t>
   </si>
   <si>
     <t>csfyc-sfssq-irygh-2xump-aegsd-5s5h2-ikojv-4thh7-cglyv-axadm-uae</t>
   </si>
   <si>
-    <t>4,129.38</t>
-[...1 lines deleted...]
-  <si>
     <t>勤正社区一山4</t>
   </si>
   <si>
     <t>axym4-qamqu-5wjzr-wlgew-pf4ox-yvnnf-l6s4e-2n7zv-vkpgf-atqmv-6qe</t>
   </si>
   <si>
     <t>金马社区～静静</t>
   </si>
   <si>
     <t>cyfuv-hoqlj-iikva-6j2c5-iczjs-lf2gy-4kajs-mirzu-24wdb-ojlky-nqe</t>
   </si>
   <si>
     <t>8,452.90</t>
   </si>
   <si>
     <t>飞龙社区~张明录</t>
   </si>
   <si>
     <t>tjjvn-4kbjx-2owj4-edkhh-jsqrn-mhfv4-tj6mf-2jryl-lny2r-u2gjq-uae</t>
   </si>
   <si>
-    <t>飞龙社区~小李子</t>
-[...4 lines deleted...]
-  <si>
     <t>金木社区波</t>
   </si>
   <si>
     <t>chutn-evtrx-jge2u-pgmh7-y7i7b-pzhbj-dbvt7-i66ne-fxr3f-qdiu5-iqe</t>
   </si>
   <si>
     <t>1,422.08</t>
   </si>
   <si>
     <t>太阳社区～菊2</t>
   </si>
   <si>
     <t>rqhvu-byh75-nman6-5t7k5-p37gx-3ez2a-bek43-c3czn-265vx-c4t3m-zqe</t>
   </si>
   <si>
-    <t>3,302.72</t>
-[...1 lines deleted...]
-  <si>
     <t>徽煌社区一九真二</t>
   </si>
   <si>
     <t>edksb-mdnhd-lnqmd-5udjh-ndkb5-2yigz-jtteh-simmq-beo72-zbcep-bae</t>
   </si>
   <si>
     <t>太阳社区～菊</t>
   </si>
   <si>
     <t>z7l3e-gn65y-ifo4d-eojff-ei3sy-6oufs-3puau-fqkh5-ggewk-2qh26-aqe</t>
   </si>
   <si>
-    <t>2,739.05</t>
-[...7 lines deleted...]
-  <si>
     <t>金马社区~文</t>
   </si>
   <si>
     <t>6fl2h-xjoxp-ejfmm-k3n64-feeyx-2jwyv-pwrdy-ggtwq-ge35f-wsiip-pqe</t>
   </si>
   <si>
     <t>2,741.51</t>
   </si>
   <si>
     <t>wawa社区～晓晓</t>
   </si>
   <si>
     <t>qrj55-uptoq-r6534-urosp-kkzt2-ug6fr-qe2wo-fqd2t-ik2wq-3neym-lae</t>
   </si>
   <si>
     <t>北部湾社区—琰琰</t>
   </si>
   <si>
     <t>52o4k-avyko-g4e46-lyjeu-lw453-hqqyr-qbpfk-5nogi-p3v4j-xvz47-iae</t>
   </si>
   <si>
     <t>勤正社区一青青</t>
   </si>
   <si>
     <t>urgj7-3377r-usjd2-jus5k-dlbop-55vgb-lcv7x-vxcqv-5geqf-wgntu-iae</t>
   </si>
   <si>
-    <t>玩赚社区～金钱蛋</t>
-[...4 lines deleted...]
-  <si>
     <t>狼神社区小博</t>
   </si>
   <si>
     <t>wlv4k-4437t-w4xl3-g2kol-g4pw3-2tvyk-g4zal-atbwy-ltgho-mym3a-vqe</t>
   </si>
   <si>
     <t>太阳社区～旭日东升</t>
   </si>
   <si>
     <t>3y7gs-yrkqn-vhey2-dvqcu-ktlsu-dpgke-7bje7-yxb5e-cofpa-hgk7f-xqe</t>
   </si>
   <si>
     <t>2,583.96</t>
   </si>
   <si>
-    <t>飞龙社区周林</t>
-[...4 lines deleted...]
-  <si>
     <t>太阳社区～菊3</t>
   </si>
   <si>
     <t>kxnjt-saoaq-zrtsz-776zm-qftrk-av4dn-wyiwk-oanjz-z3pyz-ec7al-vae</t>
   </si>
   <si>
-    <t>3,106.71</t>
-[...1 lines deleted...]
-  <si>
     <t>狼神社区～小酒窝</t>
   </si>
   <si>
     <t>v6enj-rlkdi-2dfst-kn3ob-v5ua6-xnrqq-ululs-ox2vr-wk2wl-bpbvv-jae</t>
   </si>
   <si>
     <t>金马社区～权</t>
   </si>
   <si>
     <t>qergo-acuaj-d4yxa-lpkn3-6zkru-k5ayy-s76vf-qju3e-qjekj-jqcn7-uqe</t>
   </si>
   <si>
     <t>2,904.71</t>
   </si>
   <si>
     <t>勤正社区一秀英2</t>
   </si>
   <si>
     <t>vzgpx-u5qyg-svzdi-levtn-hkk7w-4b3eu-ikqma-uxncz-hp3bi-lez4n-nae</t>
   </si>
   <si>
     <t>万丈资本～馨怡</t>
   </si>
   <si>
     <t>o6qsb-lj6kq-ivia2-obwyj-mhoow-mzosy-uksob-c635a-edjzg-zbout-xae</t>
   </si>
   <si>
     <t>太阳社区～志宇</t>
   </si>
   <si>
     <t>vus3p-xs7yj-nyyoj-qtwbf-nud4o-g2nfr-tyneq-lnbas-hz4eo-hb2mq-dae</t>
   </si>
   <si>
     <t>金马社区～琴3</t>
   </si>
   <si>
     <t>eknlt-5lnem-2l5xs-rpnes-nyasy-zlwjt-rpqvn-2udcz-ndq7p-3jlwc-vae</t>
   </si>
   <si>
     <t>太阳社区~好运</t>
   </si>
   <si>
     <t>t6hj3-5mcyu-yqhq6-3sb3h-mqhuu-7lz2w-lorsd-dbdeh-x6zcs-ddppn-6qe</t>
   </si>
   <si>
-    <t>金木社区-舒</t>
-[...7 lines deleted...]
-  <si>
     <t>金马社区-琴1</t>
   </si>
   <si>
     <t>4muby-aoryz-d4hz7-ajge6-b2lvi-utpkz-ltedr-c2vnc-zpndd-uxtyg-tqe</t>
   </si>
   <si>
     <t>5,818.00</t>
   </si>
   <si>
     <t>金木社区-杨</t>
   </si>
   <si>
     <t>kfv5y-7ndtn-gn6sa-mnffv-lyvgj-b7z4e-yuod3-6sdi7-hwk45-naukc-wae</t>
   </si>
   <si>
     <t>1,385.53</t>
   </si>
   <si>
     <t>金木社区-永</t>
   </si>
   <si>
     <t>pmvur-xknl4-oj7ti-c4ukc-ynm2d-yr7hk-ippbq-6z4fy-d3jxz-lq5ce-2ae</t>
   </si>
   <si>
     <t>1,378.48</t>
@@ -5474,1232 +4094,812 @@
   <si>
     <t>HAO</t>
   </si>
   <si>
     <t>oweqr-dehqw-zgoer-dmyur-27tsi-spqbe-u5hjw-wolkr-q6tuy-jclsz-kae</t>
   </si>
   <si>
     <t>4takj-nlby3</t>
   </si>
   <si>
     <t>4takj-nlby3-oe3j4-sxhrp-rbuv4-pwgcd-4gilh-bhepe-77bii-rvvzi-yqe</t>
   </si>
   <si>
     <t>zoxi6-avioh</t>
   </si>
   <si>
     <t>zoxi6-avioh-u4y2p-ppjgt-i33y6-eodso-6ejna-a2lgm-jxwsa-q6enx-xae</t>
   </si>
   <si>
     <t>太阳社区～孙爱菊</t>
   </si>
   <si>
     <t>qz6at-ir3ly-ep2q7-o4ktf-x2lfo-6ahnv-onipq-vzqrj-bxnkg-c4wyt-7qe</t>
   </si>
   <si>
-    <t>3,557.75</t>
+    <t>3,836.15</t>
   </si>
   <si>
     <t>太阳社区～孙爱菊2</t>
   </si>
   <si>
     <t>vdd2h-epz3b-khxvq-mduzk-yxcpt-vopu4-k5sd5-6eu57-rxyyv-p2fco-jqe</t>
   </si>
   <si>
-    <t>3,009.72</t>
-[...1 lines deleted...]
-  <si>
     <t>茶乐会～老默</t>
   </si>
   <si>
     <t>clny6-tqgjv-wuncs-xe6pz-7xtmw-fwlm6-ns6j3-qm52e-ev5cl-jedqf-lqe</t>
   </si>
   <si>
-    <t>4,047.36</t>
-[...1 lines deleted...]
-  <si>
     <t>WAWA-喜</t>
   </si>
   <si>
     <t>z2xcy-gd7kb-27s5d-mlnoc-h3uom-p6qiz-lsuzl-f5nwd-r73y3-urrvz-yae</t>
   </si>
   <si>
     <t>辉煌社区~ 鸡头</t>
   </si>
   <si>
     <t>x3gjc-erl5g-oc2fb-qw5q2-e7hqk-mrv6n-b6z4u-nx7cy-hojqx-gk6rj-oae</t>
   </si>
   <si>
     <t>4,118.25</t>
   </si>
   <si>
     <t>勤正社区一山5</t>
   </si>
   <si>
     <t>lgsd4-aegsj-l7egi-jfde2-ataen-3cl67-ehee7-scnrm-xwump-yr6i4-bqe</t>
   </si>
   <si>
     <t>飞龙社区~朱伍</t>
   </si>
   <si>
     <t>6s74e-qs52y-qpslz-qpwg6-gndkj-33dhq-csvy6-dwwg4-suryg-lb6jk-gae</t>
   </si>
   <si>
     <t>722j2-2y1rou</t>
   </si>
   <si>
     <t>722j2-2yrou-avxuz-idrmk-6tjxo-jt73k-5wx6o-22s6x-lb4lm-a6uh2-6qe</t>
   </si>
   <si>
     <t>197,072.39</t>
   </si>
   <si>
     <t>太阳社区∽琼</t>
   </si>
   <si>
     <t>qsnfd-olbz6-2pnwb-lamln-gwatp-z6bcj-cm2eo-l3hjo-bzdv3-diole-7ae</t>
   </si>
   <si>
     <t>太阳社区～丽群</t>
   </si>
   <si>
     <t>y4srn-u6jvw-qll2q-xvgue-g3xak-n34ww-lg66y-prbkz-iwr2n-wtuza-fae</t>
   </si>
   <si>
-    <t>奥丁战马~山咔咔</t>
-[...16 lines deleted...]
-  <si>
     <t>fgijkkghhf</t>
   </si>
   <si>
     <t>55bfu-kbrij-ktn56-2umia-vjypf-55ba5-6bsef-jtq4y-wjowh-5scjr-eae</t>
   </si>
   <si>
-    <t>徽煌社区～鲍莉莉</t>
-[...25 lines deleted...]
-  <si>
     <t>hfsajj</t>
   </si>
   <si>
     <t>yhrj5-dbtks-swi2b-a4hes-stbib-ztemd-4jcdc-citms-s363j-xo253-yqe</t>
   </si>
   <si>
     <t>徽煌社区～九真</t>
   </si>
   <si>
     <t>pztu5-fgtyj-hkmpt-m4iwh-w65wp-56l6i-x6yoo-wanhp-2vmjj-spx6f-tqe</t>
   </si>
   <si>
     <t>1,065.31</t>
   </si>
   <si>
     <t>狼神社区～军</t>
   </si>
   <si>
     <t>qzp4q-j2aum-pk5vn-wpv5o-nj7ra-542sn-dc2d5-xnwxq-w5qij-rmsru-fqe</t>
   </si>
   <si>
     <t>玩赚社区～杨锦</t>
   </si>
   <si>
     <t>oehg7-llmd2-rw4bh-oxi72-daiuf-3f6zg-3vklo-iuznu-or3pn-njhry-kqe</t>
   </si>
   <si>
     <t>玩赚社区～COCO</t>
   </si>
   <si>
     <t>amsp3-wftrq-5a46h-ljrz6-tfe6o-cayq2-n5lve-3yzsh-3d7vi-i7oiz-jae</t>
   </si>
   <si>
     <t>ttjgffjk</t>
   </si>
   <si>
     <t>r3qov-ajylz-gurzq-ctwuh-j5ftg-lbxcw-tgkwk-qbptu-htxpd-rpksk-tae</t>
   </si>
   <si>
     <t>太阳社区～王先红</t>
   </si>
   <si>
     <t>7ky7k-glxod-lea54-t746y-7ilzn-xb4gz-rzeuk-qbcnc-xu5e6-mlwdj-fae</t>
   </si>
   <si>
-    <t>2,611.16</t>
-[...4 lines deleted...]
-  <si>
     <t>徽煌社区～小谢</t>
   </si>
   <si>
     <t>yvlel-ftpem-c76ai-mjslm-3npas-zhky3-ju5wi-f2xlz-r2sh4-whtbv-hqe</t>
   </si>
   <si>
-    <t>茶乐会~1024</t>
-[...25 lines deleted...]
-  <si>
     <t>金马社区 吕春红</t>
   </si>
   <si>
     <t>5y7v4-ervys-n4bx3-ngf5z-ssxex-qemxo-wbq3d-4scb7-a234q-xoh23-fqe</t>
   </si>
   <si>
     <t>太阳社区～菊5</t>
   </si>
   <si>
     <t>w37h3-jrx62-igogb-dnxfz-c6nsk-6i6ta-2h2lm-2ak4z-nip66-6nf3r-lqe</t>
   </si>
   <si>
-    <t>4,403.65</t>
-[...1 lines deleted...]
-  <si>
     <t>狼神社区～半夏一度</t>
   </si>
   <si>
     <t>xxe3o-3pp7x-mfkj7-2cvis-uryj6-ptmnv-a5pow-m5yyf-kipo7-54pf7-mqe</t>
   </si>
   <si>
     <t>8,000.00</t>
   </si>
   <si>
     <t>太阳社区～菊4</t>
   </si>
   <si>
     <t>em46m-wudam-my3js-gyrw4-wlq5k-rl7wg-zgorl-45hqp-sa4ar-ceiju-hae</t>
   </si>
   <si>
-    <t>2,929.25</t>
-[...1 lines deleted...]
-  <si>
     <t>狼神社区+威威</t>
   </si>
   <si>
     <t>ucjaz-gfxcn-wdwpc-4lkqg-h2ylt-5uvn3-2ksex-eyhyo-ohr2n-vtpkl-3ae</t>
   </si>
   <si>
     <t>5,818.66</t>
   </si>
   <si>
     <t>太阳社区～心意</t>
   </si>
   <si>
     <t>hro7c-virnr-mkk6o-ozb2n-prnpt-cuczo-7o4e3-rhpwk-o4gi7-r5p2v-nqe</t>
   </si>
   <si>
-    <t>3,321.77</t>
-[...1 lines deleted...]
-  <si>
     <t>辉煌社区～腾飞</t>
   </si>
   <si>
     <t>3lpsf-imune-nueyw-jzrvv-ut3st-dwluk-zeww5-my6wc-5kvbg-vfp34-5qe</t>
   </si>
   <si>
     <t>2,245.67</t>
   </si>
   <si>
-    <t>毕方资本～杨总</t>
-[...16 lines deleted...]
-  <si>
     <t>太阳社区～康乃馨4</t>
   </si>
   <si>
     <t>5hti6-owk6q-wjv3w-4geve-t4yyd-7drxk-rot5w-2cpc2-xobr3-d52c5-iqe</t>
   </si>
   <si>
-    <t>3,016.31</t>
-[...10 lines deleted...]
-  <si>
     <t>太阳社区～康乃馨3</t>
   </si>
   <si>
     <t>edrek-spjbs-7vsu7-h5ubu-pf775-ksgib-dfdkq-azhcl-plxdx-o3iab-gqe</t>
   </si>
   <si>
-    <t>3,029.96</t>
-[...10 lines deleted...]
-  <si>
     <t>金马社区～萍菏泽</t>
   </si>
   <si>
     <t>drs2k-q4zzy-vomcw-3zntb-hgovl-ooswu-w2ctb-kgifu-vlm73-ioode-fqe</t>
   </si>
   <si>
-    <t>ami5m-nnmte</t>
-[...13 lines deleted...]
-  <si>
     <t>太阳社区～康乃馨2</t>
   </si>
   <si>
     <t>wzztq-tqbyi-wtxvf-2c5cm-dmf7i-fylkw-f3wm3-wwpgt-cpxbe-fzrfq-xqe</t>
   </si>
   <si>
-    <t>3,049.86</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区～康乃馨</t>
   </si>
   <si>
     <t>5rjwm-nnqdx-a7i4v-b3wqz-mqrym-aptfo-xb2fv-xsste-cq62c-ig33y-pae</t>
   </si>
   <si>
-    <t>3,926.17</t>
-[...1 lines deleted...]
-  <si>
     <t>wawa社区舅舅</t>
   </si>
   <si>
     <t>lnsxg-q24yw-fjpeb-ua53r-5s6se-5blwl-yb7hw-sfdny-vlp3g-mjbag-gqe</t>
   </si>
   <si>
-    <t>小薇军团苏：冬夏</t>
-[...13 lines deleted...]
-  <si>
     <t>毕方资本～美丽</t>
   </si>
   <si>
     <t>rbrsm-7zyun-7xxuw-mc666-rgmd6-iadec-6ihqe-iueea-qbzxm-ozvg4-rae</t>
   </si>
   <si>
     <t>3,219.94</t>
   </si>
   <si>
     <t>金木社区-海</t>
   </si>
   <si>
     <t>cbj3n-a4ipu-cplgk-2cpue-sdmx6-zsnt4-o7tjt-evkpp-uybtj-w7nos-xae</t>
   </si>
   <si>
     <t>2,118.58</t>
   </si>
   <si>
     <t>狼神社区 金华</t>
   </si>
   <si>
     <t>cdetm-lziym-fefk5-63hvr-t7tno-fgmo7-zrwrj-w6qp5-ckqjd-oabnv-kae</t>
   </si>
   <si>
     <t>徽煌社区～紫薇</t>
   </si>
   <si>
     <t>hbwqt-abjjw-w6zat-mx4wi-m3rca-yms4e-qqfg3-3p2e2-q3buc-ripqc-hqe</t>
   </si>
   <si>
     <t>徽煌社区～大红</t>
   </si>
   <si>
     <t>t3gux-obymt-nbk5r-pxe42-7vrvy-xe2de-vmg73-yqjpn-exyb5-26djn-eae</t>
   </si>
   <si>
-    <t>金木社区-琳</t>
-[...7 lines deleted...]
-  <si>
     <t>勤正社区-黄娟</t>
   </si>
   <si>
     <t>cbaj2-xu5yc-5olua-sgfop-cpbsq-szmdp-glnbr-i4oca-t3dbj-yl3no-nae</t>
   </si>
   <si>
     <t>金马社区～胡菏泽</t>
   </si>
   <si>
     <t>crswa-wy4vn-wsw4r-parxa-aeb5l-mozoj-r37qj-u7tah-ssvnz-i3eeh-2qe</t>
   </si>
   <si>
     <t>狼神社区/币神</t>
   </si>
   <si>
     <t>s44i5-piezt-k6rwo-6safv-qwniq-ghpwj-v4u3i-5mpuf-vegb3-bfzu7-cqe</t>
   </si>
   <si>
     <t>wawa社区～向日葵3</t>
   </si>
   <si>
     <t>iovhr-b7obr-ls43y-ldcts-i466h-na6i6-66wiw-c5irp-jpppm-mma2s-7ae</t>
   </si>
   <si>
     <t>3,966.29</t>
   </si>
   <si>
     <t>上海全赢社区吕雄伟</t>
   </si>
   <si>
     <t>rzdqm-xl2bq-ceqsw-avdhr-aoe2q-arczh-hrw4b-wucro-zc3pr-4okda-iae</t>
   </si>
   <si>
     <t>毕方资本～jun</t>
   </si>
   <si>
     <t>xnzkb-ajpt7-n55ih-ppqv6-khy2t-6fgkb-6lc52-yuzwn-xo64s-llxnh-6ae</t>
   </si>
   <si>
     <t>3,361.76</t>
   </si>
   <si>
-    <t>奥本资本～瑾茹</t>
-[...4 lines deleted...]
-  <si>
     <t>狼神社区-琴cpq</t>
   </si>
   <si>
     <t>lciks-onnuv-ixwsr-zgpge-svknw-b6q3n-ybsfc-5e7cw-2ylxf-filyn-uae</t>
   </si>
   <si>
     <t>辉煌社区～务林</t>
   </si>
   <si>
     <t>bkw2n-4eb5h-evuux-k5epm-huxlj-foo2m-u4ph7-mayni-6bcig-tbmyo-tqe</t>
   </si>
   <si>
     <t>4,066.37</t>
   </si>
   <si>
     <t>wawa社区老娘舅</t>
   </si>
   <si>
     <t>un26x-bevzq-vidpb-omklv-lur4s-dm2al-ur4ct-5b5vt-osdal-ysglg-oae</t>
   </si>
   <si>
-    <t>徽煌社区～吴春萍</t>
-[...7 lines deleted...]
-  <si>
     <t>笑哥社区 SeanJ</t>
   </si>
   <si>
     <t>3t4wq-4nja2-ron4w-day24-aci6y-q72yn-7gj2g-rajpt-oge6g-uhkv4-6ae</t>
   </si>
   <si>
     <t>徽煌社区~玉女心经</t>
   </si>
   <si>
     <t>hlkuy-g2jgs-pjufs-2me7s-wsw6l-jpnh7-twrcc-optsw-uyoc2-rtr7n-oqe</t>
   </si>
   <si>
     <t>1,180.02</t>
   </si>
   <si>
     <t>狼神社区~恩仔</t>
   </si>
   <si>
     <t>mjzyp-itl2g-ghplw-tqjio-j2hlx-i2mcn-opzgm-hnsxv-la2kw-pkydy-7qe</t>
   </si>
   <si>
     <t>2,124.92</t>
   </si>
   <si>
-    <t>毕方资本～六六</t>
-[...7 lines deleted...]
-  <si>
     <t>杭甬社区～张荣胜</t>
   </si>
   <si>
     <t>luo6c-h7ab4-fdy6d-umq3e-5oadb-blmxb-626vy-vhltu-wnyc4-ss5tq-nae</t>
   </si>
   <si>
     <t>4,357.12</t>
   </si>
   <si>
     <t>狼神社区～狼</t>
   </si>
   <si>
     <t>6gmaj-57lr5-dasor-oyde5-rkdna-yxr4d-56p66-4z43v-ou4dx-6m4ma-wae</t>
   </si>
   <si>
     <t>上海全赢社区吕雄伟2</t>
   </si>
   <si>
     <t>k3ege-qhlxm-uethd-bealn-zengb-et2rs-boo5h-yrz6f-gsjkn-tsd2o-fqe</t>
   </si>
   <si>
     <t>徽煌社区～毕玉华</t>
   </si>
   <si>
     <t>o7okm-zhg42-tp73h-snu7d-k3nqe-h5zbk-m52nr-ts32n-twbms-5cpaj-4qe</t>
   </si>
   <si>
     <t>4,154.62</t>
   </si>
   <si>
-    <t>毕方资本～风清扬</t>
-[...7 lines deleted...]
-  <si>
     <t>金马社区~英</t>
   </si>
   <si>
     <t>5mlls-x5yii-pmnxt-gjpjb-7cvh3-3a2nv-wvijz-gitd4-qturd-3ba2o-nqe</t>
   </si>
   <si>
     <t>3,341.91</t>
   </si>
   <si>
-    <t>毕方资本～老舅</t>
-[...25 lines deleted...]
-  <si>
     <t>杭甬社区-棋</t>
   </si>
   <si>
     <t>uqjfb-zr7bv-b6l4h-p5nrr-l7n3k-fdbzs-qyzcu-yvur7-pxuwl-3y6ym-7ae</t>
   </si>
   <si>
     <t>11,275.78</t>
   </si>
   <si>
     <t>qzt7n-hsfe7</t>
   </si>
   <si>
     <t>qzt7n-hsfe7-7ipli-cg3j3-dkg3i-e4skt-hc7pg-ai54m-52mdh-3abxk-cae</t>
   </si>
   <si>
     <t>金马社区-红</t>
   </si>
   <si>
     <t>l5y22-ufh7v-67ie3-imvop-3mvla-iojfs-6kww5-bve5i-txod3-gktg2-oae</t>
   </si>
   <si>
-    <t>小薇军团苏一丽红</t>
-[...7 lines deleted...]
-  <si>
     <t>勤正社区__徐（1）</t>
   </si>
   <si>
     <t>kcp2l-ltkfi-mtuzm-mippz-fifa2-e2j4f-ziw3p-yd6if-n27vo-4ghsy-dae</t>
   </si>
   <si>
-    <t>毕方资本～继军</t>
-[...7 lines deleted...]
-  <si>
     <t>狼神社区～女神</t>
   </si>
   <si>
     <t>ytv7x-7lelc-y5dvf-qsyaf-hhcfn-g4tct-qexdx-4thv7-3ahgz-6yl23-qqe</t>
   </si>
   <si>
     <t>杭甬社区-远方的家</t>
   </si>
   <si>
     <t>gcgbh-i5yha-fg5tt-mdo5u-pa5sq-zu2lj-52hjm-uj2yp-gbh7q-iuyco-4ae</t>
   </si>
   <si>
     <t>2,092.84</t>
   </si>
   <si>
-    <t>毕方资本～东风</t>
-[...7 lines deleted...]
-  <si>
     <t>北部湾社区~汪</t>
   </si>
   <si>
     <t>x4fda-o4lyy-jkrxc-nowoy-t5qp4-3vb3n-3d6k5-veudl-mek3l-zsnlr-7qe</t>
   </si>
   <si>
     <t>5,550.08</t>
   </si>
   <si>
     <t>小薇军团苏：石墨烯</t>
   </si>
   <si>
     <t>hhcmc-ynka7-uvsap-7a65k-5uz3q-excba-lfpug-pnfh5-zjz5a-3rmkz-wqe</t>
   </si>
   <si>
     <t>4,133.99</t>
   </si>
   <si>
     <t>小薇军团苏：光波毯</t>
   </si>
   <si>
     <t>gavbj-oi6yo-yjslw-puh4k-snmoq-73a5o-jsv6x-3ocwy-cg5c7-blnce-sqe</t>
   </si>
   <si>
     <t>4,108.13</t>
   </si>
   <si>
-    <t>毕方资本～尧哥</t>
-[...7 lines deleted...]
-  <si>
     <t>太阳社区～嫦娥</t>
   </si>
   <si>
     <t>v2ynj-oek3u-swdtc-qg56i-hzuj3-6qd5x-flg64-5ij67-i35xf-4y3yz-5qe</t>
   </si>
   <si>
-    <t>毕方资本～LIU</t>
-[...34 lines deleted...]
-  <si>
     <t>q2w6g-2v67b</t>
   </si>
   <si>
     <t>q2w6g-2v67b-3rikz-mfwk2-uyish-ecpc6-l2tad-tlp7c-qmxxe-ugt2m-7ae</t>
   </si>
   <si>
     <t>1,622.72</t>
   </si>
   <si>
     <t>万丈资本～二姐1</t>
   </si>
   <si>
     <t>7ggrl-ugkcc-6xy7f-gnkj7-6senn-s5iee-qsixk-ucbhi-6ixqm-mhqvv-vae</t>
   </si>
   <si>
     <t>小薇军团苏：王总</t>
   </si>
   <si>
     <t>fjp3r-dbbvj-h6u4c-ya6v7-5zkng-al564-5nw3i-pqa22-s4oc6-jtmqr-eae</t>
   </si>
   <si>
     <t>4,209.41</t>
   </si>
   <si>
-    <t>北部湾社区～旺旺</t>
-[...4 lines deleted...]
-  <si>
     <t>飞龙社区-象山陈姐</t>
   </si>
   <si>
     <t>rwwpl-qgjr3-y762m-ev4t4-dmerc-5wc4o-jwj3h-2updw-na5tq-xg6l5-uae</t>
   </si>
   <si>
-    <t>毕方资本～大熊</t>
-[...7 lines deleted...]
-  <si>
     <t>徽煌社区～雪晴</t>
   </si>
   <si>
     <t>743ff-kbsyz-zlprm-bv4ku-5ntci-z6kl5-qeilm-kurtl-avgi4-h6yvx-xqe</t>
   </si>
   <si>
-    <t>1,718.88</t>
-[...1 lines deleted...]
-  <si>
     <t>清健一如</t>
   </si>
   <si>
     <t>paoj6-7rmyz-t3jcw-zxi4f-bshji-o6r4e-vxdbx-aqfz6-bxgfq-c4vos-lae</t>
   </si>
   <si>
     <t>1,242.54</t>
   </si>
   <si>
     <t>辉煌社区～芳仪</t>
   </si>
   <si>
     <t>l3yq3-xi654-ibxcq-xyt3w-7loxj-eqesq-amvv3-d66qs-fu5yt-k5lry-3qe</t>
   </si>
   <si>
-    <t>8,923.95</t>
-[...1 lines deleted...]
-  <si>
     <t>徽煌社区~官寒风</t>
   </si>
   <si>
     <t>aipno-5nxro-kovqc-bjl5k-hvrof-22ytt-tnjft-rixs6-hfcjc-dhkdj-uae</t>
   </si>
   <si>
     <t>11,077.91</t>
   </si>
   <si>
     <t>oypk7-bd7ey</t>
   </si>
   <si>
     <t>oypk7-bd7ey-e34ud-7xnz7-eht32-ohcdw-a2pwc-vcnht-5hgvm-777up-nae</t>
   </si>
   <si>
     <t>ztcwh-kdhd7</t>
   </si>
   <si>
     <t>ztcwh-kdhd7-snhqc-ikfvd-v2xuh-dktze-vlaan-zztkt-q2xdu-x7foq-wae</t>
   </si>
   <si>
     <t>星辉社区方洁</t>
   </si>
   <si>
     <t>mmbbo-lcv3u-xhbps-rz42n-ivjhh-k2vo7-bjqjy-kgnqu-cqkkp-mzdar-6ae</t>
   </si>
   <si>
     <t>1,862.04</t>
   </si>
   <si>
     <t>金鑫社区卢梓欣</t>
   </si>
   <si>
     <t>lhjxd-6yoop-vbnaq-3d7hr-wlnt4-cni45-hiifo-rtmdo-h7yir-spg5p-5qe</t>
   </si>
   <si>
     <t>1,331.33</t>
   </si>
   <si>
     <t>太阳社区～丽亚5</t>
   </si>
   <si>
     <t>xjsfi-ihhbu-wgzq6-olk3c-o5vfm-idtsr-57ocl-cnrgq-o2rh2-divup-7qe</t>
   </si>
   <si>
-    <t>6,345.88</t>
+    <t>2,034.80</t>
   </si>
   <si>
     <t>金马社区-阿强</t>
   </si>
   <si>
     <t>eilxs-onvyd-gsvy4-xkcss-ghp55-tetzs-ohtxv-rgqb3-2dhfd-gf5tn-uae</t>
   </si>
   <si>
-    <t>徽煌社区∽红豆</t>
-[...7 lines deleted...]
-  <si>
     <t>太阳社区～丽亚4</t>
   </si>
   <si>
     <t>yki2f-ekiec-hfdnt-kau7d-smovt-473eu-a3jaq-2mcpe-7lvcr-ed56x-yae</t>
   </si>
   <si>
-    <t>6,338.93</t>
-[...1 lines deleted...]
-  <si>
     <t>徽煌社区～九玄</t>
   </si>
   <si>
     <t>i4iep-yo3bc-dhfc3-bryxt-ff6fo-23l37-rufri-dilcz-yzrms-r3a4e-bae</t>
   </si>
   <si>
     <t>勤正社区一幸福依依</t>
   </si>
   <si>
     <t>tsqf7-rm6zr-qvcnb-fmxel-g3ndc-nmj5k-qfn2c-sxmuw-5snwt-zgc62-4qe</t>
   </si>
   <si>
     <t>金木社区-永明</t>
   </si>
   <si>
     <t>jq57f-22t25-snavh-dwe6l-ptbbg-dhsk4-5jcdx-7ndfh-t6zfr-wv4oq-iqe</t>
   </si>
   <si>
     <t>3,732.63</t>
   </si>
   <si>
     <t>玩赚社区~风声</t>
   </si>
   <si>
     <t>rjlcc-7v5gb-npdkb-rd5vl-2dmov-od4o2-ec5wb-kwdyv-b5yyv-g35aq-oqe</t>
   </si>
   <si>
-    <t>小薇军团苏~无锡冬姐</t>
-[...7 lines deleted...]
-  <si>
     <t>杭甬社区一倪</t>
   </si>
   <si>
     <t>c4dhg-ab32h-b2uia-xewye-3jsoh-4qdpo-qouck-xu5xp-umifb-ggqrx-nqe</t>
   </si>
   <si>
     <t>5,553.67</t>
   </si>
   <si>
     <t>小薇军团-素11</t>
   </si>
   <si>
     <t>jlh6x-6hnlc-p4dks-kmhgl-ytarb-smqkh-jncev-qcbtv-btqe5-lksv3-rae</t>
   </si>
   <si>
     <t>3,089.73</t>
   </si>
   <si>
     <t>小薇军团-素10</t>
   </si>
   <si>
     <t>3zfyz-7mf66-vyvrp-x5arc-2w7md-xpg5f-uuyvj-7yora-xwu4d-63b5q-aae</t>
   </si>
   <si>
     <t>3,091.56</t>
   </si>
   <si>
     <t>金木社区-超超</t>
   </si>
   <si>
     <t>iuoeq-rxadk-4a4pl-tufc7-qobgj-ksvn5-mze5u-ypnk7-nz2yx-56lyo-yqe</t>
   </si>
   <si>
     <t>4,007.11</t>
   </si>
   <si>
-    <t>小薇军团苏一艺创</t>
-[...7 lines deleted...]
-  <si>
     <t>小薇军团-素9</t>
   </si>
   <si>
     <t>pglby-pujex-4ufhk-aawbz-cfswr-qtg3s-jvwox-vwvo3-bczdz-uzyjr-xqe</t>
   </si>
   <si>
     <t>3,148.50</t>
   </si>
   <si>
     <t>小薇军团-素8</t>
   </si>
   <si>
     <t>6kphu-jgqyf-qtjor-rjw4c-avnpp-dsh5t-evzxi-d3oyw-dhllf-woave-iae</t>
   </si>
   <si>
     <t>3,161.27</t>
   </si>
   <si>
     <t>飞龙社区温总</t>
   </si>
   <si>
     <t>ezct5-5aetr-s7xc2-3ldij-wnbwc-6ta4p-vshms-wg444-yg4of-2jnu6-zae</t>
   </si>
   <si>
     <t>小薇军团-素7</t>
   </si>
   <si>
     <t>yrf6l-p5v5c-btdqz-npfw2-cpfjt-py476-2sd6d-u3az3-l3ddd-2bw2p-6qe</t>
   </si>
   <si>
     <t>3,172.82</t>
   </si>
   <si>
     <t>太阳社区～丽亚3</t>
   </si>
   <si>
     <t>mfweq-tqwfl-7vu3v-35jr4-gwvtp-subxh-kw22w-7bwdf-l724b-eq2eh-bqe</t>
   </si>
   <si>
-    <t>2,318.41</t>
-[...1 lines deleted...]
-  <si>
     <t>狼神社区~飞太狼</t>
   </si>
   <si>
     <t>qw4ul-5zc4g-524rm-wssqf-zbymk-5jgrq-hicrp-27nlp-zqcbx-urhlk-qqe</t>
   </si>
   <si>
     <t>太阳社区～丽亚2</t>
   </si>
   <si>
     <t>j6qch-rtfmu-q5znm-55s7j-2jmi3-bm75f-bxojv-fc7er-56zp2-jrypy-wqe</t>
   </si>
   <si>
-    <t>1,967.51</t>
-[...10 lines deleted...]
-  <si>
     <t>LBM（1）</t>
   </si>
   <si>
     <t>3xxgg-ig7ly-ruuyf-g2xwv-pfjy2-qbj3f-6zlqa-z7gqz-by5jd-vmiu5-vqe</t>
   </si>
   <si>
-    <t>小薇军团苏～百合</t>
-[...7 lines deleted...]
-  <si>
     <t>krcg7-c33o7</t>
   </si>
   <si>
     <t>krcg7-c33o7-5aqg5-fkwcj-hkbsk-ynevc-iffks-iqnv5-eexez-t3gqq-4qe</t>
   </si>
   <si>
     <t>FF发</t>
   </si>
   <si>
     <t>4ihd3-4n2xx-q7p76-ci6dl-wveio-dvkfy-2jb2e-cs7qa-seu47-jitir-iqe</t>
   </si>
   <si>
     <t>17,222.25</t>
   </si>
   <si>
     <t>EricChou Odinfun</t>
   </si>
   <si>
     <t>ykm7p-3slrs-pm2jy-v3cb5-54khx-vkjfd-fpcsc-ghwwy-rs7xz-dpa6j-uqe</t>
   </si>
   <si>
     <t>星辉社区戴琳</t>
   </si>
   <si>
     <t>7j6hu-43ppk-nez5z-vymqk-54rdg-eqy45-g5d36-ft4i2-if5h7-54r7g-eae</t>
   </si>
   <si>
     <t>1,578.11</t>
   </si>
   <si>
-    <t>小薇军团苏:秋月</t>
-[...7 lines deleted...]
-  <si>
     <t>飞龙社区勤正_刘林霞</t>
   </si>
   <si>
     <t>xzvzu-zzpdk-ka324-b4eq2-2rnaf-hvjnd-ndztu-micx6-qqdl7-3flfy-qae</t>
   </si>
   <si>
     <t>太阳社区～丽璇</t>
   </si>
   <si>
     <t>hdoco-aoii6-kaxul-bs7sb-uwbqu-m7spj-sfyro-rmx4w-ar2fh-mnops-fae</t>
   </si>
   <si>
     <t>金木社区-苗苗姐</t>
   </si>
   <si>
     <t>th4j3-uac3x-mhjbo-6jw5f-t3s4j-fieb2-db5jc-pv7ed-a7nzs-zrydd-cqe</t>
   </si>
   <si>
     <t>1,186.10</t>
   </si>
   <si>
     <t>小薇军团苏：车厘子</t>
   </si>
   <si>
     <t>z6k4e-kcltm-pmuhq-qhoft-3aaeq-te3uu-ocdtu-pjsu4-6uxxw-5rzis-vae</t>
   </si>
   <si>
     <t>3,500.65</t>
   </si>
   <si>
-    <t>小薇军团苏～舒瑶</t>
-[...7 lines deleted...]
-  <si>
     <t>2d5fc-ywugq</t>
   </si>
   <si>
     <t>2d5fc-ywugq-oflue-y3fgb-jziuj-7dxtg-nlvou-deqr3-xetia-akqqs-2ae</t>
   </si>
   <si>
     <t>whkxr-sifr4</t>
   </si>
   <si>
     <t>whkxr-sifr4-bt6u7-lmepd-et54q-mqvc6-imqcl-ekase-sf2sc-w7upp-kqe</t>
   </si>
   <si>
     <t>xv3dn-aodvn</t>
   </si>
   <si>
     <t>xv3dn-aodvn-vek4b-6gmtg-3dbug-t23vl-defkr-vwcie-taryy-lp2lh-vae</t>
   </si>
   <si>
-    <t>小薇军团苏～珍珠</t>
-[...7 lines deleted...]
-  <si>
     <t>飞龙昆山社区杨小龙</t>
   </si>
   <si>
     <t>ariu4-7efa2-n47rg-ojgoc-xfhjo-reyo5-cj6ef-zho6c-vw2ey-xlyv4-yqe</t>
   </si>
   <si>
     <t>1,433.40</t>
   </si>
   <si>
-    <t>tmn2q-rlyfh</t>
-[...4 lines deleted...]
-  <si>
     <t>狼神社区～缘份面点</t>
   </si>
   <si>
     <t>6vgr2-2nans-7hyf4-n5lti-tipol-jglya-xr3zt-wsran-ilj42-v2ys3-eqe</t>
   </si>
   <si>
     <t>9,684.24</t>
   </si>
   <si>
     <t>笑哥社区 Tuntun</t>
   </si>
   <si>
     <t>4x63p-t3ncj-qelva-vmh7o-gxixo-cun3u-7p5bk-r3rd5-baxde-3t6up-rae</t>
   </si>
   <si>
     <t>太阳社区~璇姐</t>
   </si>
   <si>
     <t>x7oh7-ne4oa-wp7or-sucv2-kwgca-4wafn-pvgxn-z4pag-c37cg-jeyaz-4qe</t>
   </si>
   <si>
     <t>firmr-ysfnx</t>
   </si>
   <si>
     <t>firmr-ysfnx-2hulv-nwmkn-c53js-o3etk-kyhxy-nw4cw-g7pjh-q7erd-uqe</t>
@@ -6794,80 +4994,50 @@
   <si>
     <t>1,155.27</t>
   </si>
   <si>
     <t>链动-炊烟袅袅</t>
   </si>
   <si>
     <t>lqlmi-v4vn5-fa7pw-63sjn-w5sth-srbba-gppe3-hofjc-mvajd-zxqat-tqe</t>
   </si>
   <si>
     <t>小薇军团苏：云烯</t>
   </si>
   <si>
     <t>wsner-i4k37-ozdsc-feby4-ox2ob-trzw5-7zkjb-4mrnz-mvyji-d5zqq-5ae</t>
   </si>
   <si>
     <t>4,655.41</t>
   </si>
   <si>
     <t>徽煌社区一王来德</t>
   </si>
   <si>
     <t>bd3ut-ltxzw-spgg7-vwiil-mht6q-5wmb5-izphr-e2dlp-korn5-pum6c-2ae</t>
   </si>
   <si>
-    <t>6,765.65</t>
-[...28 lines deleted...]
-  <si>
     <t>YOYO社区-小师妹</t>
   </si>
   <si>
     <t>ua7io-qqrs4-2adyk-xp2hn-2g6n3-bppbb-nzjr2-6xeuh-7lisy-qdzxf-6ae</t>
   </si>
   <si>
     <t>小薇军团～素素2</t>
   </si>
   <si>
     <t>y3ywh-6nzxz-hnetn-lerer-4zpnp-qhezl-iwprv-lvqpq-i533u-iujku-mae</t>
   </si>
   <si>
     <t>5,373.57</t>
   </si>
   <si>
     <t>小薇军团苏：红酒</t>
   </si>
   <si>
     <t>xawmi-7jjqb-4qbnj-27gqw-f646n-wfsp4-jvzcp-xvepj-jtzxr-fbgkz-qqe</t>
   </si>
   <si>
     <t>2,412.13</t>
   </si>
   <si>
     <t>链动-阿雅</t>
@@ -6899,534 +5069,357 @@
   <si>
     <t>427xc-vdh6y-yxc5p-qd2x2-lrrfd-mdl6t-yggvo-du6gj-7v6xb-oksfr-eae</t>
   </si>
   <si>
     <t>6,465.52</t>
   </si>
   <si>
     <t>小薇军团苏：云朵</t>
   </si>
   <si>
     <t>kl4qm-gpv5j-tfbsg-mvnnb-c7zsx-tq5kj-prpff-wzczs-ias33-rr6c3-zae</t>
   </si>
   <si>
     <t>6,208.78</t>
   </si>
   <si>
     <t>小薇军团～素颜</t>
   </si>
   <si>
     <t>admvz-qw7pc-xjml2-q32ks-gccpe-rcsyv-56olg-ktzq2-wwrmu-4aaui-bqe</t>
   </si>
   <si>
     <t>5,258.95</t>
   </si>
   <si>
-    <t>小薇军团苏～惠玥</t>
-[...7 lines deleted...]
-  <si>
     <t>小薇军团苏～无锡青青</t>
   </si>
   <si>
     <t>r4hhd-eo3yf-mspup-xuhv3-ibztd-vv3h3-yfo4e-lyrny-wqudn-6xejn-hae</t>
   </si>
   <si>
     <t>2,608.72</t>
   </si>
   <si>
     <t>北部湾-币姥爷</t>
   </si>
   <si>
     <t>uuql4-a4sym-up4db-5r5u4-xeb4j-ulmpz-rpnf2-nlxtw-wxwm5-vs4tm-xqe</t>
   </si>
   <si>
     <t>亮点好</t>
   </si>
   <si>
     <t>lp7m4-i5cwz-65xxk-pljea-vc4h3-gfm3q-4ywol-kda2q-5u5rl-acamq-gae</t>
   </si>
   <si>
     <t>杭甬社区～阿胜</t>
   </si>
   <si>
     <t>l7ats-ksws6-iocsw-ggut2-yjzzf-lascp-fbjpn-325me-qn5hl-sr6r2-2qe</t>
   </si>
   <si>
     <t>1,215.06</t>
   </si>
   <si>
-    <t>小薇军团一晓燕</t>
-[...16 lines deleted...]
-  <si>
     <t>小薇军团苏：周燕</t>
   </si>
   <si>
     <t>qwr5s-hj2ms-tn636-7scgp-x2lao-p3agu-ntana-7hsqd-hdg5i-jvq22-pae</t>
   </si>
   <si>
     <t>4,146.19</t>
   </si>
   <si>
     <t>太阳社区～红玫瑰</t>
   </si>
   <si>
     <t>nvfun-f3hqw-cfnui-pnz5v-ppqmc-z2sou-3qbnt-gq4k5-ymz52-lkuhn-hqe</t>
   </si>
   <si>
     <t>小薇军团-素</t>
   </si>
   <si>
     <t>t5ufd-3ti4x-p45vq-hte3z-3x5bp-xkkkq-5rqqw-5cjiv-acx66-h5ulo-wae</t>
   </si>
   <si>
     <t>1,946.00</t>
   </si>
   <si>
-    <t>小薇军团苏~天鑫</t>
-[...7 lines deleted...]
-  <si>
     <t>星辉社区戴琳 2</t>
   </si>
   <si>
     <t>3aeb6-xjx5y-2efrk-bltty-yphgr-xhmqi-shvcv-3n23f-nd7jf-h7zhm-nae</t>
   </si>
   <si>
     <t>2,030.31</t>
   </si>
   <si>
-    <t>小薇军团苏～千里马</t>
-[...7 lines deleted...]
-  <si>
     <t>小薇军团～素素姐</t>
   </si>
   <si>
     <t>lvr5n-pmhn6-jehy4-kowcg-iqwpz-vtewg-xluev-4yr5a-2tkw7-atkjg-vqe</t>
   </si>
   <si>
     <t>5,011.91</t>
   </si>
   <si>
-    <t>小薇军团苏～金子</t>
-[...7 lines deleted...]
-  <si>
     <t>WAWA社区-米多</t>
   </si>
   <si>
     <t>mhkxh-j2rcf-ihpvy-yjqg2-ill4n-r7f4w-o2dty-b5gw3-nq5tv-wttb4-yqe</t>
   </si>
   <si>
     <t>玩赚社区～肖哥</t>
   </si>
   <si>
     <t>2gfai-qu2il-jc3r3-ru54p-jxsap-63keb-zigv6-n7yfi-y6btp-44nda-vae</t>
   </si>
   <si>
-    <t>小薇军团～1</t>
-[...7 lines deleted...]
-  <si>
     <t>太阳社区~健康姐</t>
   </si>
   <si>
     <t>cjvow-w3tqd-f3kv3-eykbq-yxmdu-ti44a-57mb5-oebsw-fztwp-dsaxt-aqe</t>
   </si>
   <si>
     <t>飞龙社区~大姐1</t>
   </si>
   <si>
     <t>y7k3c-doqdj-w2ger-k543p-vzuvr-y6jub-m4ndy-kvfc4-v6pfz-7rt47-uae</t>
   </si>
   <si>
-    <t>徽煌社区~秋羽</t>
-[...7 lines deleted...]
-  <si>
     <t>聚宝盆～西西</t>
   </si>
   <si>
     <t>jcs45-e7nm6-wb2qj-5yswj-xfwev-65olp-dyefh-z2vch-vvgsm-drcoz-7qe</t>
   </si>
   <si>
     <t>1,350.44</t>
   </si>
   <si>
     <t>kl8513</t>
   </si>
   <si>
     <t>276bo-v4abb-ggugp-eva24-tcvyf-yb6s5-sxv35-siopq-pl56l-6vpry-nae</t>
   </si>
   <si>
     <t>6,003.77</t>
   </si>
   <si>
-    <t>茶乐会～薇薇</t>
-[...13 lines deleted...]
-  <si>
     <t>ygdhjhc</t>
   </si>
   <si>
     <t>vlgr5-uviod-lneph-oqfli-n7suq-abhvz-7wikv-xzfyd-vgpxe-d46eu-qqe</t>
   </si>
   <si>
     <t>YOYO社区-小妹</t>
   </si>
   <si>
     <t>5sfrh-nn2s2-fxepc-267dy-5vrny-pq63m-kqnqq-a3vri-liwww-vjikm-wqe</t>
   </si>
   <si>
     <t>狼神社区~雲香</t>
   </si>
   <si>
     <t>texjb-xq4jr-zujqi-vvmiq-s5xvk-tueis-qibp3-mj7sl-c3u4l-g3yu2-sqe</t>
   </si>
   <si>
     <t>10,639.38</t>
   </si>
   <si>
-    <t>徽煌社区HJC</t>
-[...10 lines deleted...]
-  <si>
     <t>nn3ko-p5o45</t>
   </si>
   <si>
     <t>nn3ko-p5o45-52yw7-zykt2-62xxf-d5oqz-yuta4-jsq33-besfd-ivkri-vae</t>
   </si>
   <si>
     <t>小薇军团～素素</t>
   </si>
   <si>
     <t>upsuj-cjdjn-nez4p-4skum-qdkk3-4uaxs-m5thr-3v2q7-ijbn4-qokbx-6qe</t>
   </si>
   <si>
     <t>3,430.54</t>
   </si>
   <si>
-    <t>茶乐会~大木</t>
-[...4 lines deleted...]
-  <si>
     <t>徽煌社区～杨哥</t>
   </si>
   <si>
     <t>4bh5l-2bh6r-mzqs4-p6o4j-mwc6c-ect2p-ldghx-4zkvl-5y5at-7m3y3-iae</t>
   </si>
   <si>
     <t>3,876.96</t>
   </si>
   <si>
-    <t>茶乐会～C</t>
-[...19 lines deleted...]
-  <si>
     <t>茶乐会～袁天师</t>
   </si>
   <si>
     <t>rfz7s-tudtl-al7oy-3nxqf-bovdg-xx5mu-ixokj-43qad-ppjse-rsced-yqe</t>
   </si>
   <si>
     <t>太阳社区～开心姐</t>
   </si>
   <si>
     <t>dmqnk-eu764-dq43n-hzjqm-xmjkl-zkhgn-4jluh-ffo6y-doeae-d3mia-nae</t>
   </si>
   <si>
     <t>太阳社区～阳阳</t>
   </si>
   <si>
     <t>7qx7u-zbvya-chlvu-grju4-qeopq-6kphv-a444j-rsayn-qmgjx-ql7jc-bae</t>
   </si>
   <si>
-    <t>茶乐会~小平</t>
-[...7 lines deleted...]
-  <si>
     <t>玩赚社区~斐吉</t>
   </si>
   <si>
     <t>tv5c4-zyhv6-wlwf3-sziuz-muviu-g2jv6-ynpax-ibgjx-gotfi-en5rl-3ae</t>
   </si>
   <si>
-    <t>2,120.15</t>
+    <t>5,614.17</t>
   </si>
   <si>
     <t>太阳社区～小太阳</t>
   </si>
   <si>
     <t>vkpgn-okwdo-xboiq-b5yun-5hwxc-33bsu-agwsm-ydcpb-h5xs6-ihdkt-dae</t>
   </si>
   <si>
-    <t>2,735.94</t>
-[...1 lines deleted...]
-  <si>
     <t>太阳社区～solo</t>
   </si>
   <si>
     <t>3ruc2-j2umx-ueeq3-bseug-jfzzp-5puzh-cv4e5-2vyyr-cwqht-yloue-bqe</t>
   </si>
   <si>
-    <t>42,531.77</t>
+    <t>6,645.63</t>
   </si>
   <si>
     <t>太阳社区～翩翩起舞</t>
   </si>
   <si>
     <t>v6zct-kao5r-jttyl-6qizt-24xsb-botuq-cslsv-xl4pf-3262r-bucgw-fqe</t>
   </si>
   <si>
-    <t>2,182.00</t>
+    <t>3,557.36</t>
   </si>
   <si>
     <t>太阳社区～美丽姐姐</t>
   </si>
   <si>
     <t>cipil-uqxiy-a4vqi-qmtjd-uhheb-5yyns-chbpz-gm3tu-iparn-eiy47-iae</t>
   </si>
   <si>
-    <t>2,189.31</t>
-[...1 lines deleted...]
-  <si>
     <t>茶乐会～高度</t>
   </si>
   <si>
     <t>svmul-qqd5u-yazxt-fezeg-tfbb5-ijdyk-3yizz-irk3x-kzxgw-nwqnx-rqe</t>
   </si>
   <si>
     <t>太阳社区～大富大贵</t>
   </si>
   <si>
     <t>fncd7-3u6tk-g4nub-5dq3j-uy4ez-owzpl-f4zfy-tjqqb-ove73-zlixd-rqe</t>
   </si>
   <si>
-    <t>3,879.70</t>
-[...1 lines deleted...]
-  <si>
     <t>金木社区小陶</t>
   </si>
   <si>
     <t>2n2mp-iaa2u-sl422-cg533-wgjm7-prrcc-yy47b-kvqry-rxuhj-gvirb-4ae</t>
   </si>
   <si>
     <t>3,508.55</t>
   </si>
   <si>
     <t>太阳社区~夏民主</t>
   </si>
   <si>
     <t>tiqsp-rm56x-gmtkq-g365u-6if5u-5ynnq-zmpig-63s6l-znzhc-7v2xr-xae</t>
   </si>
   <si>
     <t>4,159.86</t>
   </si>
   <si>
-    <t>小微军团7~周梅</t>
-[...19 lines deleted...]
-  <si>
     <t>太阳社区～周丽亚1</t>
   </si>
   <si>
     <t>oaqct-xokzy-zc53h-e3clr-illn7-5tlud-zjcd3-ufoqd-yafiy-mnxis-pqe</t>
   </si>
   <si>
-    <t>10,121.40</t>
+    <t>2,789.78</t>
   </si>
   <si>
     <t>1,235.74</t>
   </si>
   <si>
     <t>太阳社区～芷毓</t>
   </si>
   <si>
     <t>fphdx-zn4rp-r7j2m-y7lhz-biy54-h3ytq-4yr3q-skkmo-uwhnv-wcx3l-pae</t>
   </si>
   <si>
     <t>1,636.06</t>
   </si>
   <si>
-    <t>徽煌社区～新民</t>
-[...11 lines deleted...]
-    <t>太阳社区～C</t>
+    <t>太阳社区～春天</t>
   </si>
   <si>
     <t>zhc3s-s5d7z-2nlgr-xhok5-5krua-jlnln-5d57x-oy2ey-kfc5t-lh2tb-xae</t>
   </si>
   <si>
-    <t>22,127.84</t>
+    <t>19,339.03</t>
   </si>
   <si>
     <t>2,969.73</t>
   </si>
   <si>
     <t>QQ群:90905858</t>
   </si>
   <si>
     <t>6natr-a7vpo-x32s7-wicew-fllsi-2bpvk-m2ttz-ylipm-ljll6-2li2b-7qe</t>
   </si>
   <si>
-    <t>807,397.10</t>
+    <t>711,478.88</t>
   </si>
   <si>
     <t>3,000.00</t>
   </si>
   <si>
     <t>QQ群:861010</t>
   </si>
   <si>
     <t>bty3c-3et6g-aff7i-wrf5t-5kya2-lihld-eedja-qp4ok-5omv5-wp3zg-6qe</t>
   </si>
   <si>
     <t>612,279.07</t>
   </si>
   <si>
     <t>TG:@odinfundao20250714</t>
   </si>
   <si>
     <t>pjzdr-tv2s6-ajx73-uqcnm-bxeq6-mgm3e-cfjxg-pvcwx-ii2hi-nnjfi-oae</t>
   </si>
   <si>
-    <t>285,180.76</t>
+    <t>146,224.80</t>
   </si>
   <si>
     <t>Global_DAO_Alliance</t>
   </si>
   <si>
     <t>uijv6-koxgh-jnrvq-ucqja-mplgs-5j5nr-wbnzk-axuhn-ja4ve-kb5cj-xae</t>
   </si>
   <si>
     <t>549,821.78</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -7767,179 +5760,179 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E965"/>
+  <dimension ref="A1:E721"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E965"/>
+      <selection activeCell="A1" sqref="A1:E721"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2">
         <v>0.0</v>
       </c>
       <c r="D2" s="2">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
         <v>0.0</v>
       </c>
       <c r="D3" s="2">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="2">
         <v>0.0</v>
       </c>
       <c r="D4" s="2">
-        <v>0.64</v>
+        <v>0.05</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2">
         <v>0.0</v>
       </c>
       <c r="D5" s="2">
-        <v>0.67</v>
+        <v>0.14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="2">
         <v>0.0</v>
       </c>
       <c r="D6" s="2">
-        <v>1.0</v>
+        <v>0.64</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="2">
         <v>0.0</v>
       </c>
       <c r="D7" s="2">
-        <v>1.0</v>
+        <v>0.67</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="2">
         <v>0.0</v>
       </c>
       <c r="D8" s="2">
         <v>1.0</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="2" t="s">
         <v>20</v>
@@ -7960,16274 +5953,12126 @@
     <row r="10" spans="1:5">
       <c r="A10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="2">
         <v>0.0</v>
       </c>
       <c r="D10" s="2">
         <v>1.0</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="2">
-        <v>40.3</v>
+        <v>0.0</v>
       </c>
       <c r="D11" s="2">
-        <v>2.8</v>
+        <v>1.0</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="2">
-        <v>15.12</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="2">
-        <v>4.09</v>
+        <v>1.0</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="2">
-        <v>19.039999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="2">
-        <v>6.16</v>
+        <v>2.8</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="2">
-        <v>752.67999999999995</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="2">
-        <v>6.57</v>
+        <v>4.09</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="2">
-        <v>5.6</v>
+        <v>0.0</v>
       </c>
       <c r="D15" s="2">
-        <v>6.89</v>
+        <v>6.16</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="2">
-        <v>481.81</v>
+        <v>752.67999999999995</v>
       </c>
       <c r="D16" s="2">
-        <v>9.44</v>
+        <v>6.57</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="2">
         <v>0.0</v>
       </c>
       <c r="D17" s="2">
-        <v>9.78</v>
+        <v>6.89</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="2">
-        <v>57.77</v>
+        <v>481.81</v>
       </c>
       <c r="D18" s="2">
-        <v>9.85</v>
+        <v>9.44</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C19" s="2" t="s">
-        <v>42</v>
+      <c r="C19" s="2">
+        <v>0.0</v>
       </c>
       <c r="D19" s="2">
-        <v>10.0</v>
+        <v>9.78</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="2">
         <v>0.0</v>
       </c>
       <c r="D20" s="2">
-        <v>10.25</v>
+        <v>9.85</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="2">
-        <v>592.48000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="2">
-        <v>10.47</v>
+        <v>10.25</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="2">
-        <v>33.049999999999997</v>
+        <v>592.48000000000002</v>
       </c>
       <c r="D22" s="2">
-        <v>11.86</v>
+        <v>10.47</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="2">
-        <v>800.25999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D23" s="2">
-        <v>14.029999999999999</v>
+        <v>11.86</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="2">
-        <v>6.12</v>
+        <v>0.0</v>
       </c>
       <c r="D24" s="2">
         <v>15.09</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="2">
-        <v>126.18000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="2">
         <v>15.61</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="2">
-        <v>61.39</v>
+        <v>0.0</v>
       </c>
       <c r="D26" s="2">
         <v>17.050000000000001</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C27" s="2">
         <v>0.0</v>
       </c>
       <c r="D27" s="2">
         <v>18.57</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="2">
-        <v>2.49</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="2">
         <v>18.58</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="2">
-        <v>42.85</v>
+        <v>0.0</v>
       </c>
       <c r="D29" s="2">
         <v>18.61</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="2">
-        <v>117.86</v>
+        <v>0.0</v>
       </c>
       <c r="D30" s="2">
         <v>18.89</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D31" s="2">
         <v>19.98</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="2" t="s">
-[...3 lines deleted...]
-        <v>69</v>
+      <c r="C32" s="2">
+        <v>0.0</v>
       </c>
       <c r="D32" s="2">
         <v>20.0</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>69</v>
+      </c>
+      <c r="C33" s="2">
+        <v>0.0</v>
       </c>
       <c r="D33" s="2">
         <v>20.0</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>71</v>
+      </c>
+      <c r="C34" s="2">
+        <v>0.0</v>
       </c>
       <c r="D34" s="2">
-        <v>20.0</v>
+        <v>20.7</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>73</v>
+      </c>
+      <c r="C35" s="2">
+        <v>0.0</v>
       </c>
       <c r="D35" s="2">
-        <v>20.0</v>
+        <v>26.5</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>75</v>
+      </c>
+      <c r="C36" s="2">
+        <v>0.0</v>
       </c>
       <c r="D36" s="2">
-        <v>20.0</v>
+        <v>27.76</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>77</v>
+      </c>
+      <c r="C37" s="2">
+        <v>0.0</v>
       </c>
       <c r="D37" s="2">
-        <v>20.0</v>
+        <v>30.42</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="2" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>79</v>
+      </c>
+      <c r="C38" s="2">
+        <v>0.0</v>
       </c>
       <c r="D38" s="2">
-        <v>20.0</v>
+        <v>33.78</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>81</v>
+      </c>
+      <c r="C39" s="2">
+        <v>543.19000000000005</v>
       </c>
       <c r="D39" s="2">
-        <v>20.0</v>
+        <v>35.43</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="2" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>83</v>
+      </c>
+      <c r="C40" s="2">
+        <v>0.0</v>
       </c>
       <c r="D40" s="2">
-        <v>20.0</v>
+        <v>35.77</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="2" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>85</v>
+      </c>
+      <c r="C41" s="2">
+        <v>0.0</v>
       </c>
       <c r="D41" s="2">
-        <v>20.0</v>
+        <v>38.56</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="2" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>87</v>
+      </c>
+      <c r="C42" s="2">
+        <v>0.0</v>
       </c>
       <c r="D42" s="2">
-        <v>20.0</v>
+        <v>39.19</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="2" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>89</v>
+      </c>
+      <c r="C43" s="2">
+        <v>0.0</v>
       </c>
       <c r="D43" s="2">
-        <v>20.0</v>
+        <v>41.22</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="2" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>91</v>
+      </c>
+      <c r="C44" s="2">
+        <v>0.0</v>
       </c>
       <c r="D44" s="2">
-        <v>20.0</v>
+        <v>42.62</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="2" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>93</v>
+      </c>
+      <c r="C45" s="2">
+        <v>0.0</v>
       </c>
       <c r="D45" s="2">
-        <v>20.0</v>
+        <v>43.18</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="2" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>95</v>
+      </c>
+      <c r="C46" s="2">
+        <v>484.19</v>
       </c>
       <c r="D46" s="2">
-        <v>20.0</v>
+        <v>43.64</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>97</v>
+      </c>
+      <c r="C47" s="2">
+        <v>484.29000000000002</v>
       </c>
       <c r="D47" s="2">
-        <v>20.0</v>
+        <v>43.65</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="2" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>99</v>
+      </c>
+      <c r="C48" s="2">
+        <v>0.0</v>
       </c>
       <c r="D48" s="2">
-        <v>20.0</v>
+        <v>46.21</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="2" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>101</v>
+      </c>
+      <c r="C49" s="2">
+        <v>0.0</v>
       </c>
       <c r="D49" s="2">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="2" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>103</v>
+      </c>
+      <c r="C50" s="2">
+        <v>0.0</v>
       </c>
       <c r="D50" s="2">
-        <v>20.0</v>
+        <v>52.4</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="2" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>105</v>
+      </c>
+      <c r="C51" s="2">
+        <v>0.0</v>
       </c>
       <c r="D51" s="2">
-        <v>20.0</v>
+        <v>57.99</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="2" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>107</v>
+      </c>
+      <c r="C52" s="2">
+        <v>0.0</v>
       </c>
       <c r="D52" s="2">
-        <v>20.0</v>
+        <v>61.86</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="2" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>109</v>
+      </c>
+      <c r="C53" s="2">
+        <v>0.0</v>
       </c>
       <c r="D53" s="2">
-        <v>20.0</v>
+        <v>70.42</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="2" t="s">
-        <v>133</v>
+        <v>110</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>134</v>
+        <v>111</v>
       </c>
       <c r="C54" s="2">
-        <v>64.40000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D54" s="2">
-        <v>20.7</v>
+        <v>71.97</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="2" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>161.75999999999999</v>
+        <v>113</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>114</v>
       </c>
       <c r="D55" s="2">
-        <v>21.31</v>
+        <v>72.48999999999999</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="2" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="D56" s="2">
-        <v>22.0</v>
+        <v>73.77</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="2" t="s">
-        <v>140</v>
+        <v>118</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="D57" s="2">
-        <v>26.0</v>
+        <v>75.15000000000001</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="2" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>122</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>123</v>
       </c>
       <c r="D58" s="2">
-        <v>26.5</v>
+        <v>77.81999999999999</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="2" t="s">
-        <v>145</v>
+        <v>124</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="C59" s="2">
         <v>0.0</v>
       </c>
       <c r="D59" s="2">
-        <v>27.76</v>
+        <v>78.14</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="2" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="C60" s="2">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
       <c r="D60" s="2">
-        <v>30.42</v>
+        <v>80.34999999999999</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="2" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="C61" s="2">
-        <v>355.44999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D61" s="2">
-        <v>33.78</v>
+        <v>81.89</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="2" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="C62" s="2">
-        <v>543.19000000000005</v>
+        <v>713.73000000000002</v>
       </c>
       <c r="D62" s="2">
-        <v>35.43</v>
+        <v>82.91</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="2" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>154</v>
+        <v>133</v>
       </c>
       <c r="C63" s="2">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
       <c r="D63" s="2">
-        <v>35.77</v>
+        <v>83.29000000000001</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="2" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="C64" s="2">
         <v>0.0</v>
       </c>
       <c r="D64" s="2">
-        <v>35.95</v>
+        <v>83.56</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="2" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="C65" s="2">
-        <v>120.34</v>
+        <v>553.61000000000001</v>
       </c>
       <c r="D65" s="2">
-        <v>38.56</v>
+        <v>89.64</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="2" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="C66" s="2">
-        <v>44.69</v>
+        <v>0.0</v>
       </c>
       <c r="D66" s="2">
-        <v>39.19</v>
+        <v>92.5</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="2" t="s">
-        <v>161</v>
+        <v>140</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>162</v>
+        <v>141</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="D67" s="2">
-        <v>41.0</v>
+        <v>93.37</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="2" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="C68" s="2">
         <v>0.0</v>
       </c>
       <c r="D68" s="2">
-        <v>41.22</v>
+        <v>95.47</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="2" t="s">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="C69" s="2">
-        <v>1.17</v>
+        <v>500.19</v>
       </c>
       <c r="D69" s="2">
-        <v>42.62</v>
+        <v>97.31</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="2" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>272.87</v>
+        <v>148</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>149</v>
       </c>
       <c r="D70" s="2">
-        <v>43.18</v>
+        <v>100.0</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="2" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>484.19</v>
+        <v>151</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>152</v>
       </c>
       <c r="D71" s="2">
-        <v>43.64</v>
+        <v>100.0</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="2" t="s">
-        <v>172</v>
+        <v>153</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>484.29000000000002</v>
+        <v>154</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>155</v>
       </c>
       <c r="D72" s="2">
-        <v>43.65</v>
+        <v>100.0</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="2" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>175</v>
+        <v>157</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="D73" s="2">
-        <v>44.9</v>
+        <v>100.0</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="2" t="s">
-        <v>177</v>
+        <v>159</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>178</v>
+        <v>160</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>179</v>
+        <v>161</v>
       </c>
       <c r="D74" s="2">
-        <v>45.0</v>
+        <v>100.0</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="2" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>3.74</v>
+        <v>163</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>164</v>
       </c>
       <c r="D75" s="2">
-        <v>46.21</v>
+        <v>100.0</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="2" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="D76" s="2">
-        <v>47.91</v>
+        <v>100.0</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="2" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="D77" s="2">
-        <v>48.78</v>
+        <v>100.0</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="2" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>189</v>
+        <v>172</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="D78" s="2">
-        <v>48.94</v>
+        <v>100.0</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="2" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="D79" s="2">
-        <v>48.95</v>
+        <v>100.0</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="2" t="s">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>195</v>
+        <v>178</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="D80" s="2">
-        <v>48.95</v>
+        <v>100.0</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="2" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
       <c r="D81" s="2">
-        <v>48.95</v>
+        <v>100.0</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="2" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="D82" s="2">
-        <v>48.95</v>
+        <v>100.0</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="2" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="D83" s="2">
-        <v>48.96</v>
+        <v>100.0</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="2" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="D84" s="2">
-        <v>48.97</v>
+        <v>100.0</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="2" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>211</v>
+        <v>194</v>
       </c>
       <c r="D85" s="2">
-        <v>49.0</v>
+        <v>100.0</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="2" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="D86" s="2">
-        <v>49.009999999999998</v>
+        <v>100.0</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="2" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="D87" s="2">
-        <v>49.020000000000003</v>
+        <v>100.0</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="2" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="D88" s="2">
-        <v>49.020000000000003</v>
+        <v>100.0</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="2" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="D89" s="2">
-        <v>49.079999999999998</v>
+        <v>100.0</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="2" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="D90" s="2">
-        <v>49.090000000000003</v>
+        <v>100.0</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="2" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="D91" s="2">
-        <v>49.13</v>
+        <v>100.0</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="2" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="D92" s="2">
-        <v>49.14</v>
+        <v>100.0</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="2" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="D93" s="2">
-        <v>49.16</v>
+        <v>100.0</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="2" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="D94" s="2">
-        <v>49.29</v>
+        <v>100.0</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="2" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="D95" s="2">
-        <v>49.29</v>
+        <v>100.0</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="2" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="D96" s="2">
-        <v>49.77</v>
+        <v>100.0</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="2" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="D97" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="2" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="D98" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="2" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>253</v>
+        <v>236</v>
       </c>
       <c r="D99" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="2" t="s">
-        <v>254</v>
+        <v>237</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="D100" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="2" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="D101" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="2" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>262</v>
+        <v>245</v>
       </c>
       <c r="D102" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="2" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>247</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>248</v>
       </c>
       <c r="D103" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="2" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>18.84</v>
+        <v>250</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>251</v>
       </c>
       <c r="D104" s="2">
-        <v>52.4</v>
+        <v>100.0</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="2" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
       <c r="D105" s="2">
-        <v>56.33</v>
+        <v>100.0</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="2" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>23.94</v>
+        <v>256</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>257</v>
       </c>
       <c r="D106" s="2">
-        <v>57.99</v>
+        <v>100.0</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="2" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>34.34</v>
+        <v>259</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>260</v>
       </c>
       <c r="D107" s="2">
-        <v>61.86</v>
+        <v>100.0</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="2" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
       <c r="D108" s="2">
-        <v>63.44</v>
+        <v>100.0</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="2" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="D109" s="2">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="2" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="D110" s="2">
-        <v>70.030000000000001</v>
+        <v>100.0</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="2" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>271</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>272</v>
       </c>
       <c r="D111" s="2">
-        <v>70.42</v>
+        <v>100.0</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="2" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>274</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>275</v>
       </c>
       <c r="D112" s="2">
-        <v>71.97</v>
+        <v>100.0</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="2" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="D113" s="2">
-        <v>72.48999999999999</v>
+        <v>100.0</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="2" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="D114" s="2">
-        <v>73.77</v>
+        <v>100.0</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="2" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="D115" s="2">
-        <v>75.15000000000001</v>
+        <v>100.0</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="2" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>434.75</v>
+        <v>286</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>287</v>
       </c>
       <c r="D116" s="2">
-        <v>77.099999999999994</v>
+        <v>100.0</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="2" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="D117" s="2">
-        <v>77.81999999999999</v>
+        <v>100.0</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="2" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>38.28</v>
+        <v>292</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>293</v>
       </c>
       <c r="D118" s="2">
-        <v>78.14</v>
+        <v>100.0</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="2" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>295</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>296</v>
       </c>
       <c r="D119" s="2">
-        <v>80.34999999999999</v>
+        <v>100.0</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="2" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>25.22</v>
+        <v>298</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>299</v>
       </c>
       <c r="D120" s="2">
-        <v>81.89</v>
+        <v>100.0</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="2" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>713.73000000000002</v>
+        <v>301</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>302</v>
       </c>
       <c r="D121" s="2">
-        <v>82.91</v>
+        <v>100.0</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="2" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>208.88999999999999</v>
+        <v>304</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>305</v>
       </c>
       <c r="D122" s="2">
-        <v>83.29000000000001</v>
+        <v>100.0</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="2" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>7.22</v>
+        <v>307</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>308</v>
       </c>
       <c r="D123" s="2">
-        <v>83.56</v>
+        <v>100.0</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="2" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>689.55999999999995</v>
+        <v>310</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>311</v>
       </c>
       <c r="D124" s="2">
-        <v>88.67</v>
+        <v>100.0</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D125" s="2">
-        <v>89.31999999999999</v>
+        <v>100.0</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="2" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>553.61000000000001</v>
+        <v>316</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>317</v>
       </c>
       <c r="D126" s="2">
-        <v>89.64</v>
+        <v>100.0</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C127" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="B127" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" s="2">
-        <v>92.060000000000002</v>
+        <v>100.0</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="B128" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="B128" s="2" t="s">
+      <c r="C128" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="C128" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D128" s="2">
-        <v>92.5</v>
+        <v>100.0</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="2" t="s">
         <v>324</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D129" s="2">
-        <v>93.37</v>
+        <v>100.0</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="2" t="s">
         <v>327</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="C130" s="2">
-        <v>0.0</v>
+      <c r="C130" s="2" t="s">
+        <v>329</v>
       </c>
       <c r="D130" s="2">
-        <v>95.47</v>
+        <v>100.0</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>500.19</v>
+        <v>331</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>332</v>
       </c>
       <c r="D131" s="2">
-        <v>97.31</v>
+        <v>100.0</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>575.42999999999995</v>
+        <v>334</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>335</v>
       </c>
       <c r="D132" s="2">
-        <v>99.52</v>
+        <v>100.0</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="2" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D133" s="2">
-        <v>99.56</v>
+        <v>100.0</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="2" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D134" s="2">
         <v>100.0</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="2" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D135" s="2">
         <v>100.0</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D136" s="2">
         <v>100.0</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D137" s="2">
         <v>100.0</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D138" s="2">
         <v>100.0</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="2" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D139" s="2">
         <v>100.0</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D140" s="2">
         <v>100.0</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D141" s="2">
         <v>100.0</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D142" s="2">
         <v>100.0</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D143" s="2">
         <v>100.0</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D144" s="2">
         <v>100.0</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="2" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D145" s="2">
         <v>100.0</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D146" s="2">
         <v>100.0</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D147" s="2">
         <v>100.0</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>382</v>
+      </c>
+      <c r="C148" s="2">
+        <v>0.0</v>
       </c>
       <c r="D148" s="2">
         <v>100.0</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D149" s="2">
         <v>100.0</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D150" s="2">
         <v>100.0</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D151" s="2">
         <v>100.0</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D152" s="2">
         <v>100.0</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="2" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D153" s="2">
         <v>100.0</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D154" s="2">
         <v>100.0</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D155" s="2">
         <v>100.0</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D156" s="2">
         <v>100.0</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D157" s="2">
         <v>100.0</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="2" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D158" s="2">
         <v>100.0</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D159" s="2">
         <v>100.0</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D160" s="2">
         <v>100.0</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="2" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D161" s="2">
         <v>100.0</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="2" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D162" s="2">
         <v>100.0</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D163" s="2">
         <v>100.0</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D164" s="2">
         <v>100.0</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="2" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D165" s="2">
         <v>100.0</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="2" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D166" s="2">
         <v>100.0</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="2" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D167" s="2">
         <v>100.0</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D168" s="2">
         <v>100.0</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="2" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D169" s="2">
         <v>100.0</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D170" s="2">
         <v>100.0</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D171" s="2">
         <v>100.0</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="2" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D172" s="2">
         <v>100.0</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D173" s="2">
         <v>100.0</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="2" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D174" s="2">
         <v>100.0</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="2" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D175" s="2">
         <v>100.0</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D176" s="2">
         <v>100.0</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="2" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D177" s="2">
         <v>100.0</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="2" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D178" s="2">
         <v>100.0</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="2" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D179" s="2">
         <v>100.0</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D180" s="2">
         <v>100.0</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="2" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D181" s="2">
         <v>100.0</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D182" s="2">
         <v>100.0</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="2" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D183" s="2">
         <v>100.0</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="2" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D184" s="2">
         <v>100.0</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="2" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D185" s="2">
         <v>100.0</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="2" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D186" s="2">
         <v>100.0</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D187" s="2">
         <v>100.0</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="2" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D188" s="2">
         <v>100.0</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="2" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D189" s="2">
         <v>100.0</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="2" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D190" s="2">
         <v>100.0</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="2" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D191" s="2">
         <v>100.0</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D192" s="2">
         <v>100.0</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D193" s="2">
         <v>100.0</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="2" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D194" s="2">
         <v>100.0</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" s="2" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D195" s="2">
         <v>100.0</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" s="2" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D196" s="2">
         <v>100.0</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" s="2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D197" s="2">
         <v>100.0</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D198" s="2">
         <v>100.0</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="2" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D199" s="2">
         <v>100.0</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D200" s="2">
         <v>100.0</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D201" s="2">
         <v>100.0</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D202" s="2">
         <v>100.0</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="2" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D203" s="2">
         <v>100.0</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="2" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D204" s="2">
         <v>100.0</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="2" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D205" s="2">
         <v>100.0</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="2" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D206" s="2">
         <v>100.0</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D207" s="2">
         <v>100.0</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="2" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D208" s="2">
         <v>100.0</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="2" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D209" s="2">
         <v>100.0</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="2" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D210" s="2">
         <v>100.0</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="2" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D211" s="2">
         <v>100.0</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="2" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D212" s="2">
         <v>100.0</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="2" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D213" s="2">
         <v>100.0</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="2" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D214" s="2">
         <v>100.0</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="2" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D215" s="2">
         <v>100.0</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="2" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D216" s="2">
         <v>100.0</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="2" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D217" s="2">
         <v>100.0</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="2" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D218" s="2">
         <v>100.0</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="2" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D219" s="2">
         <v>100.0</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="2" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D220" s="2">
         <v>100.0</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="2" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D221" s="2">
         <v>100.0</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="2" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D222" s="2">
         <v>100.0</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="2" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D223" s="2">
         <v>100.0</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="2" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D224" s="2">
         <v>100.0</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="2" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D225" s="2">
         <v>100.0</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="2" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D226" s="2">
         <v>100.0</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="2" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D227" s="2">
         <v>100.0</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="2" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D228" s="2">
         <v>100.0</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="2" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D229" s="2">
         <v>100.0</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="2" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D230" s="2">
         <v>100.0</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" s="2" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D231" s="2">
         <v>100.0</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="2" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D232" s="2">
         <v>100.0</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="2" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D233" s="2">
         <v>100.0</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="2" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D234" s="2">
         <v>100.0</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="2" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D235" s="2">
         <v>100.0</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="2" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D236" s="2">
         <v>100.0</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="2" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D237" s="2">
         <v>100.0</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="2" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D238" s="2">
         <v>100.0</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="2" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D239" s="2">
         <v>100.0</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="2" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D240" s="2">
         <v>100.0</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="2" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D241" s="2">
         <v>100.0</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="2" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D242" s="2">
         <v>100.0</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="2" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D243" s="2">
         <v>100.0</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="D244" s="2">
         <v>100.0</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="2" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D245" s="2">
         <v>100.0</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="2" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D246" s="2">
         <v>100.0</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="2" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D247" s="2">
         <v>100.0</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="2" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>681</v>
+      </c>
+      <c r="C248" s="2">
+        <v>654.95000000000005</v>
       </c>
       <c r="D248" s="2">
-        <v>100.0</v>
+        <v>105.099999999999994</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D249" s="2">
-        <v>100.0</v>
+        <v>105.73</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="2" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="C250" s="2" t="s">
         <v>686</v>
       </c>
+      <c r="C250" s="2">
+        <v>0.0</v>
+      </c>
       <c r="D250" s="2">
-        <v>100.0</v>
+        <v>112.48</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="2" t="s">
         <v>687</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D251" s="2">
-        <v>100.0</v>
+        <v>112.95999999999999</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="2" t="s">
         <v>690</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>692</v>
       </c>
       <c r="D252" s="2">
-        <v>100.0</v>
+        <v>112.97</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="2" t="s">
         <v>693</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>694</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>695</v>
       </c>
       <c r="D253" s="2">
-        <v>100.0</v>
+        <v>114.22</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="2" t="s">
         <v>696</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="C254" s="2" t="s">
-        <v>698</v>
+      <c r="C254" s="2">
+        <v>0.0</v>
       </c>
       <c r="D254" s="2">
-        <v>100.0</v>
+        <v>114.34999999999999</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="B255" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="B255" s="2" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C255" s="2">
+        <v>0.0</v>
       </c>
       <c r="D255" s="2">
-        <v>100.0</v>
+        <v>114.61</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C256" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="B256" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D256" s="2">
-        <v>100.0</v>
+        <v>116.59999999999999</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="2" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>707</v>
+        <v>704</v>
+      </c>
+      <c r="C257" s="2">
+        <v>0.0</v>
       </c>
       <c r="D257" s="2">
-        <v>100.0</v>
+        <v>116.87</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="2" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>706</v>
+      </c>
+      <c r="C258" s="2">
+        <v>0.0</v>
       </c>
       <c r="D258" s="2">
-        <v>100.0</v>
+        <v>117.18000000000001</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="2" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>708</v>
+      </c>
+      <c r="C259" s="2">
+        <v>0.0</v>
       </c>
       <c r="D259" s="2">
-        <v>100.0</v>
+        <v>117.43000000000001</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="2" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>716</v>
+        <v>710</v>
+      </c>
+      <c r="C260" s="2">
+        <v>0.0</v>
       </c>
       <c r="D260" s="2">
-        <v>100.0</v>
+        <v>117.89</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="2" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>712</v>
+      </c>
+      <c r="C261" s="2">
+        <v>0.0</v>
       </c>
       <c r="D261" s="2">
-        <v>100.0</v>
+        <v>119.40000000000001</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="2" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>722</v>
+        <v>714</v>
+      </c>
+      <c r="C262" s="2">
+        <v>0.0</v>
       </c>
       <c r="D262" s="2">
-        <v>100.0</v>
+        <v>121.43000000000001</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="2" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>716</v>
+      </c>
+      <c r="C263" s="2">
+        <v>0.0</v>
       </c>
       <c r="D263" s="2">
-        <v>100.0</v>
+        <v>121.70999999999999</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="2" t="s">
-        <v>726</v>
+        <v>717</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>727</v>
+        <v>718</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>728</v>
+        <v>719</v>
       </c>
       <c r="D264" s="2">
-        <v>100.0</v>
+        <v>122.27</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="2" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>730</v>
+        <v>721</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>731</v>
+        <v>722</v>
       </c>
       <c r="D265" s="2">
-        <v>100.0</v>
+        <v>122.40000000000001</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="2" t="s">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>733</v>
+        <v>724</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>734</v>
+        <v>725</v>
       </c>
       <c r="D266" s="2">
-        <v>100.0</v>
+        <v>122.64</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="2" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>737</v>
+        <v>728</v>
       </c>
       <c r="D267" s="2">
-        <v>100.0</v>
+        <v>125.27</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="2" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>730</v>
+      </c>
+      <c r="C268" s="2">
+        <v>0.0</v>
       </c>
       <c r="D268" s="2">
-        <v>100.0</v>
+        <v>126.41</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="2" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>732</v>
+      </c>
+      <c r="C269" s="2">
+        <v>0.0</v>
       </c>
       <c r="D269" s="2">
-        <v>100.0</v>
+        <v>129.34999999999999</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="2" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>746</v>
+        <v>735</v>
       </c>
       <c r="D270" s="2">
-        <v>100.0</v>
+        <v>130.34999999999999</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="2" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>737</v>
+      </c>
+      <c r="C271" s="2">
+        <v>0.0</v>
       </c>
       <c r="D271" s="2">
-        <v>100.0</v>
+        <v>131.34</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="2" t="s">
-        <v>750</v>
+        <v>738</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>739</v>
+      </c>
+      <c r="C272" s="2">
+        <v>0.0</v>
       </c>
       <c r="D272" s="2">
-        <v>100.0</v>
+        <v>134.28999999999999</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="2" t="s">
-        <v>753</v>
+        <v>740</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>754</v>
+        <v>741</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
       <c r="D273" s="2">
-        <v>100.0</v>
+        <v>135.41</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="2" t="s">
-        <v>756</v>
+        <v>743</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>744</v>
+      </c>
+      <c r="C274" s="2">
+        <v>0.0</v>
       </c>
       <c r="D274" s="2">
-        <v>100.0</v>
+        <v>135.50999999999999</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="2" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>746</v>
+      </c>
+      <c r="C275" s="2">
+        <v>0.0</v>
       </c>
       <c r="D275" s="2">
-        <v>100.0</v>
+        <v>137.97</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="2" t="s">
-        <v>762</v>
+        <v>747</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>763</v>
+        <v>748</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="D276" s="2">
-        <v>100.0</v>
+        <v>138.0099999999999909</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="2" t="s">
-        <v>765</v>
+        <v>750</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>751</v>
+      </c>
+      <c r="C277" s="2">
+        <v>0.0</v>
       </c>
       <c r="D277" s="2">
-        <v>100.0</v>
+        <v>139.38</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="2" t="s">
-        <v>768</v>
+        <v>752</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>753</v>
+      </c>
+      <c r="C278" s="2">
+        <v>0.0</v>
       </c>
       <c r="D278" s="2">
-        <v>100.0</v>
+        <v>139.46000000000001</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="2" t="s">
-        <v>771</v>
+        <v>754</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>773</v>
+        <v>756</v>
       </c>
       <c r="D279" s="2">
-        <v>100.0</v>
+        <v>142.75</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="2" t="s">
-        <v>774</v>
+        <v>757</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>758</v>
+      </c>
+      <c r="C280" s="2">
+        <v>678.96000000000004</v>
       </c>
       <c r="D280" s="2">
-        <v>100.0</v>
+        <v>145.0</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="2" t="s">
-        <v>777</v>
+        <v>759</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>760</v>
+      </c>
+      <c r="C281" s="2">
+        <v>0.0</v>
       </c>
       <c r="D281" s="2">
-        <v>100.0</v>
+        <v>145.99000000000001</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="2" t="s">
-        <v>780</v>
+        <v>761</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>781</v>
+        <v>762</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>782</v>
+        <v>763</v>
       </c>
       <c r="D282" s="2">
-        <v>100.0</v>
+        <v>146.55000000000001</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="2" t="s">
-        <v>783</v>
+        <v>764</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>784</v>
+        <v>765</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>785</v>
+        <v>766</v>
       </c>
       <c r="D283" s="2">
-        <v>100.0</v>
+        <v>147.75999999999999</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="2" t="s">
-        <v>786</v>
+        <v>767</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>768</v>
+      </c>
+      <c r="C284" s="2">
+        <v>0.0</v>
       </c>
       <c r="D284" s="2">
-        <v>100.0</v>
+        <v>150.47999999999999</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="2" t="s">
-        <v>789</v>
+        <v>769</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>791</v>
+        <v>770</v>
+      </c>
+      <c r="C285" s="2">
+        <v>0.0</v>
       </c>
       <c r="D285" s="2">
-        <v>100.0</v>
+        <v>150.69</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="2" t="s">
-        <v>792</v>
+        <v>771</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>772</v>
+      </c>
+      <c r="C286" s="2">
+        <v>0.0</v>
       </c>
       <c r="D286" s="2">
-        <v>100.0</v>
+        <v>150.93000000000001</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="2" t="s">
-        <v>795</v>
+        <v>773</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>796</v>
+        <v>774</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>797</v>
+        <v>775</v>
       </c>
       <c r="D287" s="2">
-        <v>100.0</v>
+        <v>151.050000000000011</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="2" t="s">
-        <v>798</v>
+        <v>776</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>799</v>
+        <v>777</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>800</v>
+        <v>778</v>
       </c>
       <c r="D288" s="2">
-        <v>100.0</v>
+        <v>152.88</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="2" t="s">
-        <v>801</v>
+        <v>779</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>802</v>
+        <v>780</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>803</v>
+        <v>781</v>
       </c>
       <c r="D289" s="2">
-        <v>100.0</v>
+        <v>152.91</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="2" t="s">
-        <v>804</v>
+        <v>782</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>805</v>
+        <v>783</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>806</v>
+        <v>784</v>
       </c>
       <c r="D290" s="2">
-        <v>100.0</v>
+        <v>153.099999999999994</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="2" t="s">
-        <v>807</v>
+        <v>785</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>786</v>
+      </c>
+      <c r="C291" s="2">
+        <v>0.0</v>
       </c>
       <c r="D291" s="2">
-        <v>100.0</v>
+        <v>153.72</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="2" t="s">
-        <v>810</v>
+        <v>787</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>811</v>
+        <v>788</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="D292" s="2">
-        <v>100.0</v>
+        <v>153.96000000000001</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="2" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>814</v>
+        <v>791</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>815</v>
+        <v>792</v>
       </c>
       <c r="D293" s="2">
-        <v>100.0</v>
+        <v>154.5</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="2" t="s">
-        <v>816</v>
+        <v>793</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>794</v>
+      </c>
+      <c r="C294" s="2">
+        <v>0.0</v>
       </c>
       <c r="D294" s="2">
-        <v>100.0</v>
+        <v>154.59999999999999</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="2" t="s">
-        <v>819</v>
+        <v>795</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>796</v>
+      </c>
+      <c r="C295" s="2">
+        <v>0.0</v>
       </c>
       <c r="D295" s="2">
-        <v>100.0</v>
+        <v>155.53999999999999</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="2" t="s">
-        <v>822</v>
+        <v>797</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>823</v>
+        <v>798</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>824</v>
+        <v>799</v>
       </c>
       <c r="D296" s="2">
-        <v>100.0</v>
+        <v>155.93000000000001</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="2" t="s">
-        <v>825</v>
+        <v>800</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>801</v>
+      </c>
+      <c r="C297" s="2">
+        <v>452.72000000000003</v>
       </c>
       <c r="D297" s="2">
-        <v>100.0</v>
+        <v>156.37</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="2" t="s">
-        <v>828</v>
+        <v>802</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>830</v>
+        <v>803</v>
+      </c>
+      <c r="C298" s="2">
+        <v>0.0</v>
       </c>
       <c r="D298" s="2">
-        <v>100.0</v>
+        <v>159.19999999999999</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="2" t="s">
-        <v>831</v>
+        <v>804</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>832</v>
-[...2 lines deleted...]
-        <v>833</v>
+        <v>805</v>
+      </c>
+      <c r="C299" s="2">
+        <v>0.0</v>
       </c>
       <c r="D299" s="2">
-        <v>100.0</v>
+        <v>161.75</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="2" t="s">
-        <v>834</v>
+        <v>806</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>807</v>
+      </c>
+      <c r="C300" s="2">
+        <v>0.0</v>
       </c>
       <c r="D300" s="2">
-        <v>100.0</v>
+        <v>163.41</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="2" t="s">
-        <v>837</v>
+        <v>808</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>838</v>
+        <v>809</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>839</v>
+        <v>810</v>
       </c>
       <c r="D301" s="2">
-        <v>100.0</v>
+        <v>168.02000000000001</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="2" t="s">
-        <v>840</v>
+        <v>811</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>812</v>
+      </c>
+      <c r="C302" s="2">
+        <v>0.0</v>
       </c>
       <c r="D302" s="2">
-        <v>100.0</v>
+        <v>169.56999999999999</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="2" t="s">
-        <v>843</v>
+        <v>813</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>845</v>
+        <v>814</v>
+      </c>
+      <c r="C303" s="2">
+        <v>0.0</v>
       </c>
       <c r="D303" s="2">
-        <v>100.0</v>
+        <v>171.94</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="2" t="s">
-        <v>846</v>
+        <v>815</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>816</v>
+      </c>
+      <c r="C304" s="2">
+        <v>0.0</v>
       </c>
       <c r="D304" s="2">
-        <v>100.0</v>
+        <v>172.65000000000001</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="2" t="s">
-        <v>849</v>
+        <v>817</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>818</v>
+      </c>
+      <c r="C305" s="2">
+        <v>535.86000000000001</v>
       </c>
       <c r="D305" s="2">
-        <v>100.0</v>
+        <v>173.090000000000003</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="2" t="s">
-        <v>852</v>
+        <v>819</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>853</v>
+        <v>820</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>854</v>
+        <v>821</v>
       </c>
       <c r="D306" s="2">
-        <v>100.0</v>
+        <v>174.62</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="2" t="s">
-        <v>855</v>
+        <v>822</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>823</v>
+      </c>
+      <c r="C307" s="2">
+        <v>0.0</v>
       </c>
       <c r="D307" s="2">
-        <v>100.0</v>
+        <v>177.77000000000001</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="2" t="s">
-        <v>858</v>
+        <v>824</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>859</v>
+        <v>825</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>860</v>
+        <v>826</v>
       </c>
       <c r="D308" s="2">
-        <v>100.0</v>
+        <v>179.63</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="2" t="s">
-        <v>861</v>
+        <v>827</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>828</v>
+      </c>
+      <c r="C309" s="2">
+        <v>0.0</v>
       </c>
       <c r="D309" s="2">
-        <v>100.0</v>
+        <v>181.16999999999999</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="2" t="s">
-        <v>864</v>
+        <v>829</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>865</v>
+        <v>830</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>866</v>
+        <v>831</v>
       </c>
       <c r="D310" s="2">
-        <v>100.0</v>
+        <v>181.34999999999999</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="2" t="s">
-        <v>867</v>
+        <v>832</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>833</v>
+      </c>
+      <c r="C311" s="2">
+        <v>0.0</v>
       </c>
       <c r="D311" s="2">
-        <v>100.0</v>
+        <v>181.46000000000001</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="2" t="s">
-        <v>870</v>
+        <v>834</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>10.76</v>
+        <v>835</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>836</v>
       </c>
       <c r="D312" s="2">
-        <v>100.83</v>
+        <v>181.84</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="2" t="s">
-        <v>872</v>
+        <v>837</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>24.8</v>
+        <v>838</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>839</v>
       </c>
       <c r="D313" s="2">
-        <v>101.11</v>
+        <v>182.78999999999999</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="2" t="s">
-        <v>874</v>
+        <v>840</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>875</v>
+        <v>841</v>
       </c>
       <c r="C314" s="2">
-        <v>30.4</v>
+        <v>0.0</v>
       </c>
       <c r="D314" s="2">
-        <v>101.81999999999999</v>
+        <v>182.86000000000001</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="2" t="s">
-        <v>876</v>
+        <v>842</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>877</v>
+        <v>843</v>
       </c>
       <c r="C315" s="2">
-        <v>863.11000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D315" s="2">
-        <v>103.59</v>
+        <v>184.34999999999999</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="2" t="s">
-        <v>878</v>
+        <v>844</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>879</v>
+        <v>845</v>
       </c>
       <c r="C316" s="2">
-        <v>854.53999999999996</v>
+        <v>0.0</v>
       </c>
       <c r="D316" s="2">
-        <v>104.26000000000001</v>
+        <v>185.41</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="2" t="s">
-        <v>880</v>
+        <v>846</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>654.95000000000005</v>
+        <v>847</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>848</v>
       </c>
       <c r="D317" s="2">
-        <v>105.099999999999994</v>
+        <v>187.19</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="2" t="s">
-        <v>882</v>
+        <v>849</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>883</v>
+        <v>850</v>
       </c>
       <c r="C318" s="2">
-        <v>5.58</v>
+        <v>0.0</v>
       </c>
       <c r="D318" s="2">
-        <v>105.14</v>
+        <v>187.72</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="2" t="s">
-        <v>884</v>
+        <v>851</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>886</v>
+        <v>852</v>
+      </c>
+      <c r="C319" s="2">
+        <v>0.0</v>
       </c>
       <c r="D319" s="2">
-        <v>105.73</v>
+        <v>188.25</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="2" t="s">
-        <v>887</v>
+        <v>853</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-        <v>892.52999999999997</v>
+        <v>854</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>855</v>
       </c>
       <c r="D320" s="2">
-        <v>105.92</v>
+        <v>190.0</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="2" t="s">
-        <v>889</v>
+        <v>856</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>890</v>
+        <v>857</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>891</v>
+        <v>858</v>
       </c>
       <c r="D321" s="2">
-        <v>105.93000000000001</v>
+        <v>190.99000000000001</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="2" t="s">
-        <v>892</v>
+        <v>859</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>893</v>
+        <v>860</v>
       </c>
       <c r="C322" s="2">
-        <v>10.45</v>
+        <v>0.0</v>
       </c>
       <c r="D322" s="2">
-        <v>106.73999999999999</v>
+        <v>191.53</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="2" t="s">
-        <v>894</v>
+        <v>861</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>895</v>
+        <v>862</v>
       </c>
       <c r="C323" s="2">
-        <v>640.96000000000004</v>
+        <v>0.0</v>
       </c>
       <c r="D323" s="2">
-        <v>107.20999999999999</v>
+        <v>191.68000000000001</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="2" t="s">
-        <v>896</v>
+        <v>863</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>897</v>
+        <v>864</v>
       </c>
       <c r="C324" s="2">
-        <v>633.23000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D324" s="2">
-        <v>107.26000000000001</v>
+        <v>191.84</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="2" t="s">
-        <v>898</v>
+        <v>865</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>899</v>
+        <v>866</v>
       </c>
       <c r="C325" s="2">
-        <v>663.10000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D325" s="2">
-        <v>107.3</v>
+        <v>192.25</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="2" t="s">
-        <v>900</v>
+        <v>867</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>901</v>
+        <v>868</v>
       </c>
       <c r="C326" s="2">
-        <v>158.84</v>
+        <v>0.0</v>
       </c>
       <c r="D326" s="2">
-        <v>108.16</v>
+        <v>192.63</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="2" t="s">
-        <v>902</v>
+        <v>869</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>903</v>
+        <v>870</v>
       </c>
       <c r="C327" s="2">
-        <v>457.75</v>
+        <v>0.0</v>
       </c>
       <c r="D327" s="2">
-        <v>108.83</v>
+        <v>192.94</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="2" t="s">
-        <v>904</v>
+        <v>871</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>905</v>
+        <v>872</v>
       </c>
       <c r="C328" s="2">
-        <v>42.07</v>
+        <v>0.0</v>
       </c>
       <c r="D328" s="2">
-        <v>109.099999999999994</v>
+        <v>193.0099999999999909</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="2" t="s">
-        <v>906</v>
+        <v>873</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>907</v>
+        <v>874</v>
       </c>
       <c r="C329" s="2">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="D329" s="2">
-        <v>109.11</v>
+        <v>193.65000000000001</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="2" t="s">
-        <v>908</v>
+        <v>875</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>909</v>
+        <v>876</v>
       </c>
       <c r="C330" s="2">
-        <v>144.94999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D330" s="2">
-        <v>109.47</v>
+        <v>193.83000000000001</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="2" t="s">
-        <v>910</v>
+        <v>877</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>911</v>
+        <v>878</v>
       </c>
       <c r="C331" s="2">
-        <v>0.55</v>
+        <v>0.0</v>
       </c>
       <c r="D331" s="2">
-        <v>110.81999999999999</v>
+        <v>194.31999999999999</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="2" t="s">
-        <v>912</v>
+        <v>879</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>913</v>
+        <v>880</v>
       </c>
       <c r="C332" s="2">
-        <v>228.68000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D332" s="2">
-        <v>111.44</v>
+        <v>194.83000000000001</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="2" t="s">
-        <v>914</v>
+        <v>881</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>915</v>
+        <v>882</v>
       </c>
       <c r="C333" s="2">
-        <v>46.62</v>
+        <v>0.0</v>
       </c>
       <c r="D333" s="2">
-        <v>111.55</v>
+        <v>194.97999999999999</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="2" t="s">
-        <v>916</v>
+        <v>883</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>917</v>
+        <v>884</v>
       </c>
       <c r="C334" s="2">
-        <v>9.55</v>
+        <v>0.0</v>
       </c>
       <c r="D334" s="2">
-        <v>112.48</v>
+        <v>195.87</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="2" t="s">
-        <v>918</v>
+        <v>885</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>919</v>
+        <v>886</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>920</v>
+        <v>887</v>
       </c>
       <c r="D335" s="2">
-        <v>112.95999999999999</v>
+        <v>196.080000000000013</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="2" t="s">
-        <v>921</v>
+        <v>888</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>922</v>
+        <v>889</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>923</v>
+        <v>890</v>
       </c>
       <c r="D336" s="2">
-        <v>112.97</v>
+        <v>196.13999999999999</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="2" t="s">
-        <v>924</v>
+        <v>891</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>925</v>
+        <v>892</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>926</v>
+        <v>893</v>
       </c>
       <c r="D337" s="2">
-        <v>114.22</v>
+        <v>197.22999999999999</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="2" t="s">
-        <v>927</v>
+        <v>894</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>928</v>
+        <v>895</v>
       </c>
       <c r="C338" s="2">
-        <v>192.77000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D338" s="2">
-        <v>114.34999999999999</v>
+        <v>197.33000000000001</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="2" t="s">
-        <v>929</v>
+        <v>896</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>930</v>
+        <v>897</v>
       </c>
       <c r="C339" s="2">
-        <v>53.060000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D339" s="2">
-        <v>114.61</v>
+        <v>197.43000000000001</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="2" t="s">
-        <v>931</v>
+        <v>898</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>933</v>
+        <v>899</v>
+      </c>
+      <c r="C340" s="2">
+        <v>0.0</v>
       </c>
       <c r="D340" s="2">
-        <v>116.59999999999999</v>
+        <v>197.83000000000001</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="2" t="s">
-        <v>934</v>
+        <v>900</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>935</v>
+        <v>901</v>
       </c>
       <c r="C341" s="2">
         <v>0.0</v>
       </c>
       <c r="D341" s="2">
-        <v>116.87</v>
+        <v>199.099999999999994</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="2" t="s">
-        <v>936</v>
+        <v>902</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>937</v>
+        <v>903</v>
       </c>
       <c r="C342" s="2">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="D342" s="2">
-        <v>117.18000000000001</v>
+        <v>199.19</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="2" t="s">
-        <v>938</v>
+        <v>904</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>939</v>
+        <v>905</v>
       </c>
       <c r="C343" s="2">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="D343" s="2">
-        <v>117.43000000000001</v>
+        <v>199.77000000000001</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="2" t="s">
-        <v>940</v>
+        <v>906</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>941</v>
+        <v>907</v>
       </c>
       <c r="C344" s="2">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
       <c r="D344" s="2">
-        <v>117.89</v>
+        <v>199.87</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="2" t="s">
-        <v>942</v>
+        <v>908</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>943</v>
+        <v>909</v>
       </c>
       <c r="C345" s="2">
-        <v>15.48</v>
+        <v>0.0</v>
       </c>
       <c r="D345" s="2">
-        <v>118.060000000000002</v>
+        <v>199.91999999999999</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="2" t="s">
-        <v>944</v>
+        <v>910</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>945</v>
+        <v>911</v>
       </c>
       <c r="C346" s="2">
         <v>0.0</v>
       </c>
       <c r="D346" s="2">
-        <v>119.40000000000001</v>
+        <v>199.93000000000001</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="2" t="s">
-        <v>946</v>
+        <v>912</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>947</v>
+        <v>913</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>948</v>
+        <v>914</v>
       </c>
       <c r="D347" s="2">
-        <v>120.15000000000001</v>
+        <v>200.0</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="2" t="s">
-        <v>949</v>
+        <v>915</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>950</v>
-[...2 lines deleted...]
-        <v>3.03</v>
+        <v>916</v>
+      </c>
+      <c r="C348" s="2" t="s">
+        <v>917</v>
       </c>
       <c r="D348" s="2">
-        <v>121.43000000000001</v>
+        <v>200.0</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="2" t="s">
-        <v>951</v>
+        <v>918</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>952</v>
+        <v>919</v>
       </c>
       <c r="C349" s="2">
-        <v>0.83</v>
+        <v>962.12</v>
       </c>
       <c r="D349" s="2">
-        <v>121.47</v>
+        <v>200.33000000000001</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="2" t="s">
-        <v>953</v>
+        <v>920</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>954</v>
+        <v>921</v>
       </c>
       <c r="C350" s="2">
         <v>0.0</v>
       </c>
       <c r="D350" s="2">
-        <v>121.70999999999999</v>
+        <v>200.47999999999999</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="2" t="s">
-        <v>955</v>
+        <v>922</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>923</v>
+      </c>
+      <c r="C351" s="2">
+        <v>0.0</v>
       </c>
       <c r="D351" s="2">
-        <v>122.27</v>
+        <v>204.33000000000001</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="2" t="s">
-        <v>958</v>
+        <v>924</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>959</v>
-[...2 lines deleted...]
-        <v>960</v>
+        <v>925</v>
+      </c>
+      <c r="C352" s="2">
+        <v>0.0</v>
       </c>
       <c r="D352" s="2">
-        <v>122.40000000000001</v>
+        <v>205.090000000000003</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="2" t="s">
-        <v>961</v>
+        <v>926</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>963</v>
+        <v>927</v>
+      </c>
+      <c r="C353" s="2">
+        <v>0.0</v>
       </c>
       <c r="D353" s="2">
-        <v>122.64</v>
+        <v>205.93000000000001</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="2" t="s">
-        <v>964</v>
+        <v>928</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-        <v>966</v>
+        <v>929</v>
+      </c>
+      <c r="C354" s="2">
+        <v>0.0</v>
       </c>
       <c r="D354" s="2">
-        <v>125.27</v>
+        <v>206.080000000000013</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="2" t="s">
-        <v>967</v>
+        <v>930</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>968</v>
+        <v>931</v>
       </c>
       <c r="C355" s="2">
-        <v>977.75999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D355" s="2">
-        <v>125.29000000000001</v>
+        <v>206.25999999999999</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="2" t="s">
-        <v>969</v>
+        <v>932</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>970</v>
+        <v>933</v>
       </c>
       <c r="C356" s="2">
-        <v>53.54</v>
+        <v>0.0</v>
       </c>
       <c r="D356" s="2">
-        <v>126.41</v>
+        <v>206.37</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="2" t="s">
-        <v>971</v>
+        <v>934</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>972</v>
+        <v>935</v>
       </c>
       <c r="C357" s="2">
-        <v>0.0</v>
+        <v>450.83999999999997</v>
       </c>
       <c r="D357" s="2">
-        <v>129.34999999999999</v>
+        <v>206.38999999999999</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="2" t="s">
-        <v>973</v>
+        <v>936</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>974</v>
+        <v>937</v>
       </c>
       <c r="C358" s="2">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
       <c r="D358" s="2">
-        <v>129.75999999999999</v>
+        <v>206.40000000000001</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="2" t="s">
-        <v>975</v>
+        <v>938</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>939</v>
+      </c>
+      <c r="C359" s="2">
+        <v>0.0</v>
       </c>
       <c r="D359" s="2">
-        <v>130.34999999999999</v>
+        <v>207.080000000000013</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="2" t="s">
-        <v>978</v>
+        <v>940</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>979</v>
+        <v>941</v>
       </c>
       <c r="C360" s="2">
         <v>0.0</v>
       </c>
       <c r="D360" s="2">
-        <v>131.34</v>
+        <v>207.15000000000001</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="2" t="s">
-        <v>980</v>
+        <v>942</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="C361" s="2">
-        <v>0.94</v>
+        <v>0.0</v>
       </c>
       <c r="D361" s="2">
-        <v>132.080000000000013</v>
+        <v>207.63999999999999</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="2" t="s">
-        <v>982</v>
+        <v>944</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>983</v>
+        <v>945</v>
       </c>
       <c r="C362" s="2">
-        <v>415.74000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D362" s="2">
-        <v>134.28999999999999</v>
+        <v>207.66</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="2" t="s">
-        <v>984</v>
+        <v>946</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>947</v>
+      </c>
+      <c r="C363" s="2">
+        <v>0.0</v>
       </c>
       <c r="D363" s="2">
-        <v>135.41</v>
+        <v>207.66</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="2" t="s">
-        <v>987</v>
+        <v>948</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>988</v>
+        <v>949</v>
       </c>
       <c r="C364" s="2">
-        <v>0.0</v>
+        <v>735.13</v>
       </c>
       <c r="D364" s="2">
-        <v>135.50999999999999</v>
+        <v>207.66</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="2" t="s">
-        <v>989</v>
+        <v>950</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>990</v>
+        <v>951</v>
       </c>
       <c r="C365" s="2">
         <v>0.0</v>
       </c>
       <c r="D365" s="2">
-        <v>137.97</v>
+        <v>207.83000000000001</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="2" t="s">
-        <v>991</v>
+        <v>952</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-        <v>993</v>
+        <v>953</v>
+      </c>
+      <c r="C366" s="2">
+        <v>0.0</v>
       </c>
       <c r="D366" s="2">
-        <v>138.0099999999999909</v>
+        <v>207.90000000000001</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="2" t="s">
-        <v>994</v>
+        <v>954</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>995</v>
+        <v>955</v>
       </c>
       <c r="C367" s="2">
-        <v>14.13</v>
+        <v>0.0</v>
       </c>
       <c r="D367" s="2">
-        <v>138.13999999999999</v>
+        <v>208.18000000000001</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="2" t="s">
-        <v>996</v>
+        <v>956</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>997</v>
+        <v>957</v>
       </c>
       <c r="C368" s="2">
-        <v>11.48</v>
+        <v>0.0</v>
       </c>
       <c r="D368" s="2">
-        <v>139.38</v>
+        <v>208.43000000000001</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="2" t="s">
-        <v>998</v>
+        <v>958</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>999</v>
+        <v>959</v>
       </c>
       <c r="C369" s="2">
-        <v>5.08</v>
+        <v>0.0</v>
       </c>
       <c r="D369" s="2">
-        <v>139.46000000000001</v>
+        <v>208.75</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="2" t="s">
-        <v>1000</v>
+        <v>960</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>1001</v>
+        <v>961</v>
       </c>
       <c r="C370" s="2">
-        <v>501.66000000000003</v>
+        <v>0.0</v>
       </c>
       <c r="D370" s="2">
-        <v>141.31999999999999</v>
+        <v>208.87</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="2" t="s">
-        <v>1002</v>
+        <v>962</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>1004</v>
+        <v>963</v>
+      </c>
+      <c r="C371" s="2">
+        <v>0.0</v>
       </c>
       <c r="D371" s="2">
-        <v>142.75</v>
+        <v>209.43000000000001</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="2" t="s">
-        <v>1005</v>
+        <v>964</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>1006</v>
+        <v>965</v>
       </c>
       <c r="C372" s="2">
-        <v>678.96000000000004</v>
+        <v>0.0</v>
       </c>
       <c r="D372" s="2">
-        <v>145.0</v>
+        <v>209.63</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="2" t="s">
-        <v>1007</v>
+        <v>966</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>1008</v>
+        <v>967</v>
       </c>
       <c r="C373" s="2">
         <v>0.0</v>
       </c>
       <c r="D373" s="2">
-        <v>145.99000000000001</v>
+        <v>209.99000000000001</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="2" t="s">
-        <v>1009</v>
+        <v>968</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>1011</v>
+        <v>969</v>
+      </c>
+      <c r="C374" s="2">
+        <v>0.0</v>
       </c>
       <c r="D374" s="2">
-        <v>146.55000000000001</v>
+        <v>210.060000000000002</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="2" t="s">
-        <v>1012</v>
+        <v>970</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>1013</v>
+        <v>971</v>
       </c>
       <c r="C375" s="2">
-        <v>130.72999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D375" s="2">
-        <v>147.66</v>
+        <v>210.069999999999993</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="2" t="s">
-        <v>1014</v>
+        <v>972</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>1015</v>
+        <v>973</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1016</v>
+        <v>974</v>
       </c>
       <c r="D376" s="2">
-        <v>147.75999999999999</v>
+        <v>210.21000000000001</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="2" t="s">
-        <v>1017</v>
+        <v>975</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>1019</v>
+        <v>976</v>
+      </c>
+      <c r="C377" s="2">
+        <v>0.0</v>
       </c>
       <c r="D377" s="2">
-        <v>148.34999999999999</v>
+        <v>210.99000000000001</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="2" t="s">
-        <v>1020</v>
+        <v>977</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>1022</v>
+        <v>978</v>
+      </c>
+      <c r="C378" s="2">
+        <v>0.0</v>
       </c>
       <c r="D378" s="2">
-        <v>150.19999999999999</v>
+        <v>211.22999999999999</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="2" t="s">
-        <v>1023</v>
+        <v>979</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>1024</v>
+        <v>980</v>
       </c>
       <c r="C379" s="2">
-        <v>119.61</v>
+        <v>0.0</v>
       </c>
       <c r="D379" s="2">
-        <v>150.47999999999999</v>
+        <v>211.47999999999999</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="2" t="s">
-        <v>1025</v>
+        <v>981</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>1026</v>
+        <v>982</v>
       </c>
       <c r="C380" s="2">
         <v>0.0</v>
       </c>
       <c r="D380" s="2">
-        <v>150.69</v>
+        <v>211.50999999999999</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="2" t="s">
-        <v>1027</v>
+        <v>983</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>1028</v>
+        <v>984</v>
       </c>
       <c r="C381" s="2">
-        <v>0.12</v>
+        <v>0.0</v>
       </c>
       <c r="D381" s="2">
-        <v>150.93000000000001</v>
+        <v>213.36000000000001</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="2" t="s">
-        <v>1029</v>
+        <v>985</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>1031</v>
+        <v>986</v>
+      </c>
+      <c r="C382" s="2">
+        <v>0.0</v>
       </c>
       <c r="D382" s="2">
-        <v>151.050000000000011</v>
+        <v>213.47999999999999</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="2" t="s">
-        <v>1032</v>
+        <v>987</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>988</v>
+      </c>
+      <c r="C383" s="2">
+        <v>0.0</v>
       </c>
       <c r="D383" s="2">
-        <v>152.46000000000001</v>
+        <v>213.53</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="2" t="s">
-        <v>1035</v>
+        <v>989</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>1037</v>
+        <v>990</v>
+      </c>
+      <c r="C384" s="2">
+        <v>0.0</v>
       </c>
       <c r="D384" s="2">
-        <v>152.88</v>
+        <v>214.0099999999999909</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="2" t="s">
-        <v>1038</v>
+        <v>991</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>1040</v>
+        <v>992</v>
+      </c>
+      <c r="C385" s="2">
+        <v>0.0</v>
       </c>
       <c r="D385" s="2">
-        <v>152.91</v>
+        <v>214.68000000000001</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="2" t="s">
-        <v>1041</v>
+        <v>993</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>994</v>
+      </c>
+      <c r="C386" s="2">
+        <v>0.0</v>
       </c>
       <c r="D386" s="2">
-        <v>153.099999999999994</v>
+        <v>214.78</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="2" t="s">
-        <v>1044</v>
+        <v>995</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>1045</v>
+        <v>996</v>
       </c>
       <c r="C387" s="2">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
       <c r="D387" s="2">
-        <v>153.72</v>
+        <v>214.96000000000001</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="2" t="s">
-        <v>1046</v>
+        <v>997</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>1047</v>
-[...2 lines deleted...]
-        <v>1048</v>
+        <v>998</v>
+      </c>
+      <c r="C388" s="2">
+        <v>0.0</v>
       </c>
       <c r="D388" s="2">
-        <v>153.96000000000001</v>
+        <v>215.0099999999999909</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="2" t="s">
-        <v>1049</v>
+        <v>999</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>1050</v>
-[...2 lines deleted...]
-        <v>1051</v>
+        <v>1000</v>
+      </c>
+      <c r="C389" s="2">
+        <v>0.0</v>
       </c>
       <c r="D389" s="2">
-        <v>154.5</v>
+        <v>215.30000000000001</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="2" t="s">
-        <v>1052</v>
+        <v>1001</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>1053</v>
+        <v>1002</v>
       </c>
       <c r="C390" s="2">
-        <v>80.14</v>
+        <v>0.0</v>
       </c>
       <c r="D390" s="2">
-        <v>154.59999999999999</v>
+        <v>215.52000000000001</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="2" t="s">
-        <v>1054</v>
+        <v>1003</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>1055</v>
+        <v>1004</v>
       </c>
       <c r="C391" s="2">
         <v>0.0</v>
       </c>
       <c r="D391" s="2">
-        <v>155.53999999999999</v>
+        <v>216.36000000000001</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="2" t="s">
-        <v>1056</v>
+        <v>1005</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>1057</v>
-[...2 lines deleted...]
-        <v>1058</v>
+        <v>1006</v>
+      </c>
+      <c r="C392" s="2">
+        <v>0.0</v>
       </c>
       <c r="D392" s="2">
-        <v>155.93000000000001</v>
+        <v>217.62</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="2" t="s">
-        <v>1059</v>
+        <v>1007</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>1060</v>
+        <v>1008</v>
       </c>
       <c r="C393" s="2">
-        <v>452.72000000000003</v>
+        <v>0.0</v>
       </c>
       <c r="D393" s="2">
-        <v>156.37</v>
+        <v>218.50999999999999</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="2" t="s">
-        <v>1061</v>
+        <v>1009</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-        <v>1063</v>
+        <v>1010</v>
+      </c>
+      <c r="C394" s="2">
+        <v>0.0</v>
       </c>
       <c r="D394" s="2">
-        <v>159.19999999999999</v>
+        <v>221.44999999999999</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="2" t="s">
-        <v>1064</v>
+        <v>1011</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>1065</v>
+        <v>1012</v>
       </c>
       <c r="C395" s="2">
         <v>0.0</v>
       </c>
       <c r="D395" s="2">
-        <v>161.75</v>
+        <v>221.50999999999999</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="2" t="s">
-        <v>1066</v>
+        <v>1013</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>0.09</v>
+        <v>1014</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>1015</v>
       </c>
       <c r="D396" s="2">
-        <v>163.41</v>
+        <v>222.19</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" s="2" t="s">
-        <v>1068</v>
+        <v>1016</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>1070</v>
+        <v>1017</v>
+      </c>
+      <c r="C397" s="2">
+        <v>0.0</v>
       </c>
       <c r="D397" s="2">
-        <v>168.02000000000001</v>
+        <v>222.71000000000001</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" s="2" t="s">
-        <v>1071</v>
+        <v>1018</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1072</v>
+        <v>1019</v>
       </c>
       <c r="C398" s="2">
-        <v>0.0</v>
+        <v>412.63</v>
       </c>
       <c r="D398" s="2">
-        <v>169.56999999999999</v>
+        <v>224.66999999999999</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" s="2" t="s">
-        <v>1073</v>
+        <v>1020</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1074</v>
+        <v>1021</v>
       </c>
       <c r="C399" s="2">
         <v>0.0</v>
       </c>
       <c r="D399" s="2">
-        <v>171.94</v>
+        <v>225.91</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" s="2" t="s">
-        <v>1075</v>
+        <v>1022</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1076</v>
+        <v>1023</v>
       </c>
       <c r="C400" s="2">
-        <v>10.8</v>
+        <v>554.33000000000004</v>
       </c>
       <c r="D400" s="2">
-        <v>172.65000000000001</v>
+        <v>227.069999999999993</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" s="2" t="s">
-        <v>1077</v>
+        <v>1024</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>1078</v>
+        <v>1025</v>
       </c>
       <c r="C401" s="2">
-        <v>535.86000000000001</v>
+        <v>508.67000000000002</v>
       </c>
       <c r="D401" s="2">
-        <v>173.090000000000003</v>
+        <v>227.19</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" s="2" t="s">
-        <v>1079</v>
+        <v>1026</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-        <v>1081</v>
+        <v>1027</v>
+      </c>
+      <c r="C402" s="2">
+        <v>509.33999999999997</v>
       </c>
       <c r="D402" s="2">
-        <v>174.62</v>
+        <v>227.31999999999999</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" s="2" t="s">
-        <v>1082</v>
+        <v>1028</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>1083</v>
+        <v>1029</v>
       </c>
       <c r="C403" s="2">
-        <v>0.92</v>
+        <v>0.0</v>
       </c>
       <c r="D403" s="2">
-        <v>177.77000000000001</v>
+        <v>228.18000000000001</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" s="2" t="s">
-        <v>1084</v>
+        <v>1030</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>1085</v>
-[...2 lines deleted...]
-        <v>1086</v>
+        <v>1031</v>
+      </c>
+      <c r="C404" s="2">
+        <v>0.0</v>
       </c>
       <c r="D404" s="2">
-        <v>179.63</v>
+        <v>230.96000000000001</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" s="2" t="s">
-        <v>1087</v>
+        <v>1032</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>1088</v>
+        <v>1033</v>
       </c>
       <c r="C405" s="2">
         <v>0.0</v>
       </c>
       <c r="D405" s="2">
-        <v>181.16999999999999</v>
+        <v>232.38999999999999</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" s="2" t="s">
-        <v>1089</v>
+        <v>1034</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>1090</v>
-[...2 lines deleted...]
-        <v>1091</v>
+        <v>1035</v>
+      </c>
+      <c r="C406" s="2">
+        <v>0.0</v>
       </c>
       <c r="D406" s="2">
-        <v>181.34999999999999</v>
+        <v>234.53999999999999</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" s="2" t="s">
-        <v>1092</v>
+        <v>1036</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-        <v>5.6</v>
+        <v>1037</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>1038</v>
       </c>
       <c r="D407" s="2">
-        <v>181.46000000000001</v>
+        <v>234.78999999999999</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" s="2" t="s">
-        <v>1094</v>
+        <v>1039</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>1096</v>
+        <v>1040</v>
+      </c>
+      <c r="C408" s="2">
+        <v>452.029999999999973</v>
       </c>
       <c r="D408" s="2">
-        <v>181.84</v>
+        <v>239.22999999999999</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" s="2" t="s">
-        <v>1097</v>
+        <v>1041</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1099</v>
+        <v>1042</v>
+      </c>
+      <c r="C409" s="2">
+        <v>968.10000000000002</v>
       </c>
       <c r="D409" s="2">
-        <v>182.78999999999999</v>
+        <v>239.91</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" s="2" t="s">
-        <v>1100</v>
+        <v>1043</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>1101</v>
+        <v>1044</v>
       </c>
       <c r="C410" s="2">
         <v>0.0</v>
       </c>
       <c r="D410" s="2">
-        <v>182.86000000000001</v>
+        <v>241.69999999999999</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" s="2" t="s">
-        <v>1102</v>
+        <v>1045</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-        <v>12.74</v>
+        <v>1046</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>1047</v>
       </c>
       <c r="D411" s="2">
-        <v>184.34999999999999</v>
+        <v>243.30000000000001</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" s="2" t="s">
-        <v>1104</v>
+        <v>1048</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>1105</v>
+        <v>1049</v>
       </c>
       <c r="C412" s="2">
-        <v>10.0</v>
+        <v>755.55999999999995</v>
       </c>
       <c r="D412" s="2">
-        <v>185.41</v>
+        <v>243.53999999999999</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" s="2" t="s">
-        <v>1106</v>
+        <v>1050</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>1107</v>
+        <v>1051</v>
       </c>
       <c r="C413" s="2">
-        <v>100.37</v>
+        <v>755.83000000000004</v>
       </c>
       <c r="D413" s="2">
-        <v>185.78999999999999</v>
+        <v>243.58000000000001</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" s="2" t="s">
-        <v>1108</v>
+        <v>1052</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>1109</v>
+        <v>1053</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1110</v>
+        <v>1054</v>
       </c>
       <c r="D414" s="2">
-        <v>187.19</v>
+        <v>244.28</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" s="2" t="s">
-        <v>1111</v>
+        <v>1055</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1112</v>
+        <v>1056</v>
       </c>
       <c r="C415" s="2">
-        <v>54.009999999999998</v>
+        <v>689.55999999999995</v>
       </c>
       <c r="D415" s="2">
-        <v>187.72</v>
+        <v>244.28999999999999</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" s="2" t="s">
-        <v>1113</v>
+        <v>1057</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>1114</v>
+        <v>1058</v>
       </c>
       <c r="C416" s="2">
-        <v>0.0</v>
+        <v>735.72000000000003</v>
       </c>
       <c r="D416" s="2">
-        <v>188.25</v>
+        <v>244.36000000000001</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" s="2" t="s">
-        <v>1115</v>
+        <v>1059</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-        <v>1117</v>
+        <v>1060</v>
+      </c>
+      <c r="C417" s="2">
+        <v>819.039999999999964</v>
       </c>
       <c r="D417" s="2">
-        <v>190.0</v>
+        <v>244.38999999999999</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" s="2" t="s">
-        <v>1118</v>
+        <v>1061</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-        <v>1120</v>
+        <v>1062</v>
+      </c>
+      <c r="C418" s="2">
+        <v>0.0</v>
       </c>
       <c r="D418" s="2">
-        <v>190.99000000000001</v>
+        <v>244.66999999999999</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" s="2" t="s">
-        <v>1121</v>
+        <v>1063</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>1122</v>
+        <v>1064</v>
       </c>
       <c r="C419" s="2">
-        <v>11.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="D419" s="2">
-        <v>191.53</v>
+        <v>244.75999999999999</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="2" t="s">
-        <v>1123</v>
+        <v>1065</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>1124</v>
+        <v>1066</v>
       </c>
       <c r="C420" s="2">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="D420" s="2">
-        <v>191.68000000000001</v>
+        <v>244.86000000000001</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="2" t="s">
-        <v>1125</v>
+        <v>1067</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>1126</v>
+        <v>1068</v>
       </c>
       <c r="C421" s="2">
-        <v>21.48</v>
+        <v>0.0</v>
       </c>
       <c r="D421" s="2">
-        <v>191.84</v>
+        <v>244.94999999999999</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="2" t="s">
-        <v>1127</v>
+        <v>1069</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>1128</v>
+        <v>1070</v>
       </c>
       <c r="C422" s="2">
-        <v>115.11</v>
+        <v>0.0</v>
       </c>
       <c r="D422" s="2">
-        <v>192.21000000000001</v>
+        <v>245.039999999999992</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="2" t="s">
-        <v>1129</v>
+        <v>1071</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1130</v>
+        <v>1072</v>
       </c>
       <c r="C423" s="2">
-        <v>126.0</v>
+        <v>679.66999999999996</v>
       </c>
       <c r="D423" s="2">
-        <v>192.25</v>
+        <v>245.11000000000001</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="2" t="s">
-        <v>1131</v>
+        <v>1073</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>1132</v>
+        <v>1074</v>
       </c>
       <c r="C424" s="2">
-        <v>11.71</v>
+        <v>0.0</v>
       </c>
       <c r="D424" s="2">
-        <v>192.63</v>
+        <v>245.88999999999999</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="2" t="s">
-        <v>1133</v>
+        <v>1075</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1134</v>
+        <v>1076</v>
       </c>
       <c r="C425" s="2">
-        <v>1.15</v>
+        <v>664.17999999999995</v>
       </c>
       <c r="D425" s="2">
-        <v>192.94</v>
+        <v>246.02000000000001</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" s="2" t="s">
-        <v>1135</v>
+        <v>1077</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="C426" s="2">
-        <v>0.12</v>
+        <v>0.0</v>
       </c>
       <c r="D426" s="2">
-        <v>193.0099999999999909</v>
+        <v>246.69999999999999</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" s="2" t="s">
-        <v>1137</v>
+        <v>1079</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1138</v>
+        <v>1080</v>
       </c>
       <c r="C427" s="2">
-        <v>0.0</v>
+        <v>663.34000000000003</v>
       </c>
       <c r="D427" s="2">
-        <v>193.65000000000001</v>
+        <v>246.74000000000001</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" s="2" t="s">
-        <v>1139</v>
+        <v>1081</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1140</v>
+        <v>1082</v>
       </c>
       <c r="C428" s="2">
         <v>0.0</v>
       </c>
       <c r="D428" s="2">
-        <v>193.83000000000001</v>
+        <v>247.52000000000001</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" s="2" t="s">
-        <v>1141</v>
+        <v>1083</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>1142</v>
+        <v>1084</v>
       </c>
       <c r="C429" s="2">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="D429" s="2">
-        <v>194.31999999999999</v>
+        <v>247.63</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="2" t="s">
-        <v>1143</v>
+        <v>1085</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>1144</v>
+        <v>1086</v>
       </c>
       <c r="C430" s="2">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="D430" s="2">
-        <v>194.83000000000001</v>
+        <v>247.69999999999999</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" s="2" t="s">
-        <v>1145</v>
+        <v>1087</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-        <v>0.13</v>
+        <v>1088</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>1089</v>
       </c>
       <c r="D431" s="2">
-        <v>194.97999999999999</v>
+        <v>248.68000000000001</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" s="2" t="s">
-        <v>1147</v>
+        <v>1090</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1148</v>
+        <v>1091</v>
       </c>
       <c r="C432" s="2">
-        <v>0.0</v>
+        <v>379.04000000000002</v>
       </c>
       <c r="D432" s="2">
-        <v>195.87</v>
+        <v>249.41999999999999</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" s="2" t="s">
-        <v>1149</v>
+        <v>1092</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>1150</v>
+        <v>1093</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1151</v>
+        <v>1094</v>
       </c>
       <c r="D433" s="2">
-        <v>196.080000000000013</v>
+        <v>249.53</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" s="2" t="s">
-        <v>1152</v>
+        <v>1095</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-        <v>1154</v>
+        <v>1096</v>
+      </c>
+      <c r="C434" s="2">
+        <v>0.0</v>
       </c>
       <c r="D434" s="2">
-        <v>196.13999999999999</v>
+        <v>249.97</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" s="2" t="s">
-        <v>1155</v>
+        <v>1097</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1156</v>
-[...2 lines deleted...]
-        <v>11.24</v>
+        <v>1098</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>1099</v>
       </c>
       <c r="D435" s="2">
-        <v>196.28999999999999</v>
+        <v>250.34999999999999</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" s="2" t="s">
-        <v>1157</v>
+        <v>1100</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>1158</v>
+        <v>1101</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1159</v>
+        <v>1102</v>
       </c>
       <c r="D436" s="2">
-        <v>197.22999999999999</v>
+        <v>250.53999999999999</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" s="2" t="s">
-        <v>1160</v>
+        <v>1103</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-        <v>0.49</v>
+        <v>1104</v>
+      </c>
+      <c r="C437" s="2" t="s">
+        <v>1105</v>
       </c>
       <c r="D437" s="2">
-        <v>197.33000000000001</v>
+        <v>250.58000000000001</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" s="2" t="s">
-        <v>1162</v>
+        <v>1106</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>1163</v>
+        <v>1107</v>
       </c>
       <c r="C438" s="2">
-        <v>5.65</v>
+        <v>0.0</v>
       </c>
       <c r="D438" s="2">
-        <v>197.43000000000001</v>
+        <v>250.59999999999999</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" s="2" t="s">
-        <v>1164</v>
+        <v>1108</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>1165</v>
-[...2 lines deleted...]
-        <v>1166</v>
+        <v>1109</v>
+      </c>
+      <c r="C439" s="2">
+        <v>0.0</v>
       </c>
       <c r="D439" s="2">
-        <v>197.62</v>
+        <v>250.63</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" s="2" t="s">
-        <v>1167</v>
+        <v>1110</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1168</v>
+        <v>1111</v>
       </c>
       <c r="C440" s="2">
         <v>0.0</v>
       </c>
       <c r="D440" s="2">
-        <v>197.83000000000001</v>
+        <v>251.090000000000003</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" s="2" t="s">
-        <v>1169</v>
+        <v>1112</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1170</v>
+        <v>1113</v>
       </c>
       <c r="C441" s="2">
-        <v>0.99</v>
+        <v>0.0</v>
       </c>
       <c r="D441" s="2">
-        <v>199.099999999999994</v>
+        <v>251.11000000000001</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" s="2" t="s">
-        <v>1171</v>
+        <v>1114</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>1172</v>
+        <v>1115</v>
       </c>
       <c r="C442" s="2">
-        <v>149.81</v>
+        <v>0.0</v>
       </c>
       <c r="D442" s="2">
-        <v>199.19</v>
+        <v>251.16999999999999</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" s="2" t="s">
-        <v>1173</v>
+        <v>1116</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>1174</v>
+        <v>1117</v>
       </c>
       <c r="C443" s="2">
-        <v>81.34999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D443" s="2">
-        <v>199.77000000000001</v>
+        <v>251.19999999999999</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" s="2" t="s">
-        <v>1175</v>
+        <v>1118</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1177</v>
+        <v>1119</v>
+      </c>
+      <c r="C444" s="2">
+        <v>0.0</v>
       </c>
       <c r="D444" s="2">
-        <v>199.87</v>
+        <v>251.28999999999999</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" s="2" t="s">
-        <v>1178</v>
+        <v>1120</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>83.13</v>
+        <v>1121</v>
+      </c>
+      <c r="C445" s="2" t="s">
+        <v>1122</v>
       </c>
       <c r="D445" s="2">
-        <v>199.91999999999999</v>
+        <v>251.55000000000001</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" s="2" t="s">
-        <v>1180</v>
+        <v>1123</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>1181</v>
+        <v>1124</v>
       </c>
       <c r="C446" s="2">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="D446" s="2">
-        <v>199.93000000000001</v>
+        <v>251.58000000000001</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" s="2" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-        <v>1184</v>
+        <v>1126</v>
+      </c>
+      <c r="C447" s="2">
+        <v>0.0</v>
       </c>
       <c r="D447" s="2">
-        <v>200.0</v>
+        <v>251.61000000000001</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" s="2" t="s">
-        <v>1185</v>
+        <v>1127</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>1186</v>
+        <v>1128</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1187</v>
+        <v>1129</v>
       </c>
       <c r="D448" s="2">
-        <v>200.0</v>
+        <v>251.86000000000001</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" s="2" t="s">
-        <v>1188</v>
+        <v>1130</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>1189</v>
+        <v>1131</v>
       </c>
       <c r="C449" s="2">
-        <v>962.12</v>
+        <v>0.0</v>
       </c>
       <c r="D449" s="2">
-        <v>200.33000000000001</v>
+        <v>251.90000000000001</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" s="2" t="s">
-        <v>1190</v>
+        <v>1132</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>1191</v>
+        <v>1133</v>
       </c>
       <c r="C450" s="2">
-        <v>81.13</v>
+        <v>0.0</v>
       </c>
       <c r="D450" s="2">
-        <v>200.47999999999999</v>
+        <v>252.40000000000001</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" s="2" t="s">
-        <v>1192</v>
+        <v>1134</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>1193</v>
-[...2 lines deleted...]
-        <v>30.78</v>
+        <v>1135</v>
+      </c>
+      <c r="C451" s="2" t="s">
+        <v>1136</v>
       </c>
       <c r="D451" s="2">
-        <v>202.66</v>
+        <v>252.59</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" s="2" t="s">
-        <v>1194</v>
+        <v>1137</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>1195</v>
+        <v>1138</v>
       </c>
       <c r="C452" s="2">
-        <v>30.47</v>
+        <v>0.0</v>
       </c>
       <c r="D452" s="2">
-        <v>202.71000000000001</v>
+        <v>252.97</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" s="2" t="s">
-        <v>1196</v>
+        <v>1139</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>1197</v>
+        <v>1140</v>
       </c>
       <c r="C453" s="2">
-        <v>30.16</v>
+        <v>0.0</v>
       </c>
       <c r="D453" s="2">
-        <v>202.75999999999999</v>
+        <v>253.18000000000001</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" s="2" t="s">
-        <v>1198</v>
+        <v>1141</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>1199</v>
-[...2 lines deleted...]
-        <v>1200</v>
+        <v>1142</v>
+      </c>
+      <c r="C454" s="2">
+        <v>479.91000000000003</v>
       </c>
       <c r="D454" s="2">
-        <v>203.18000000000001</v>
+        <v>253.53999999999999</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" s="2" t="s">
-        <v>1201</v>
+        <v>1143</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>1202</v>
+        <v>1144</v>
       </c>
       <c r="C455" s="2">
-        <v>2.32</v>
+        <v>0.0</v>
       </c>
       <c r="D455" s="2">
-        <v>204.33000000000001</v>
+        <v>254.53</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" s="2" t="s">
-        <v>1203</v>
+        <v>1145</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>1204</v>
+        <v>1146</v>
       </c>
       <c r="C456" s="2">
-        <v>2.59</v>
+        <v>0.0</v>
       </c>
       <c r="D456" s="2">
-        <v>205.090000000000003</v>
+        <v>254.66</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" s="2" t="s">
-        <v>1205</v>
+        <v>1147</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>1206</v>
+        <v>1148</v>
       </c>
       <c r="C457" s="2">
-        <v>44.87</v>
+        <v>0.0</v>
       </c>
       <c r="D457" s="2">
-        <v>205.93000000000001</v>
+        <v>254.72999999999999</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" s="2" t="s">
-        <v>1207</v>
+        <v>1149</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>1208</v>
+        <v>1150</v>
       </c>
       <c r="C458" s="2">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="D458" s="2">
-        <v>206.080000000000013</v>
+        <v>254.77000000000001</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" s="2" t="s">
-        <v>1209</v>
+        <v>1151</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>0.78</v>
+        <v>1152</v>
+      </c>
+      <c r="C459" s="2" t="s">
+        <v>1153</v>
       </c>
       <c r="D459" s="2">
-        <v>206.25999999999999</v>
+        <v>255.21000000000001</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" s="2" t="s">
-        <v>1211</v>
+        <v>1154</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>1212</v>
+        <v>1155</v>
       </c>
       <c r="C460" s="2">
-        <v>0.12</v>
+        <v>0.0</v>
       </c>
       <c r="D460" s="2">
-        <v>206.37</v>
+        <v>256.82999999999998</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" s="2" t="s">
-        <v>1213</v>
+        <v>1156</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>1214</v>
+        <v>1157</v>
       </c>
       <c r="C461" s="2">
-        <v>450.83999999999997</v>
+        <v>0.0</v>
       </c>
       <c r="D461" s="2">
-        <v>206.38999999999999</v>
+        <v>256.86000000000001</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" s="2" t="s">
-        <v>1215</v>
+        <v>1158</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>1216</v>
-[...2 lines deleted...]
-        <v>0.98</v>
+        <v>1159</v>
+      </c>
+      <c r="C462" s="2" t="s">
+        <v>1160</v>
       </c>
       <c r="D462" s="2">
-        <v>206.40000000000001</v>
+        <v>256.94999999999999</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" s="2" t="s">
-        <v>1217</v>
+        <v>1161</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>1218</v>
+        <v>1162</v>
       </c>
       <c r="C463" s="2">
         <v>0.0</v>
       </c>
       <c r="D463" s="2">
-        <v>207.080000000000013</v>
+        <v>256.98000000000002</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" s="2" t="s">
-        <v>1219</v>
+        <v>1163</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>1220</v>
-[...2 lines deleted...]
-        <v>29.13</v>
+        <v>1164</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>1165</v>
       </c>
       <c r="D464" s="2">
-        <v>207.15000000000001</v>
+        <v>257.22000000000003</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" s="2" t="s">
-        <v>1221</v>
+        <v>1166</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>1222</v>
+        <v>1167</v>
       </c>
       <c r="C465" s="2">
         <v>0.0</v>
       </c>
       <c r="D465" s="2">
-        <v>207.63999999999999</v>
+        <v>258.13999999999999</v>
       </c>
       <c r="E465" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" s="2" t="s">
-        <v>1223</v>
+        <v>1168</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>1224</v>
-[...2 lines deleted...]
-        <v>0.41</v>
+        <v>1169</v>
+      </c>
+      <c r="C466" s="2" t="s">
+        <v>1170</v>
       </c>
       <c r="D466" s="2">
-        <v>207.66</v>
+        <v>258.19</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" s="2" t="s">
-        <v>1225</v>
+        <v>1171</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>1226</v>
+        <v>1172</v>
       </c>
       <c r="C467" s="2">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="D467" s="2">
-        <v>207.66</v>
+        <v>258.29000000000002</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" s="2" t="s">
-        <v>1227</v>
+        <v>1173</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>1228</v>
-[...2 lines deleted...]
-        <v>735.13</v>
+        <v>1174</v>
+      </c>
+      <c r="C468" s="2" t="s">
+        <v>1175</v>
       </c>
       <c r="D468" s="2">
-        <v>207.66</v>
+        <v>258.39999999999998</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" s="2" t="s">
-        <v>1229</v>
+        <v>1176</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>1230</v>
+        <v>1177</v>
       </c>
       <c r="C469" s="2">
-        <v>26.18</v>
+        <v>671.97000000000003</v>
       </c>
       <c r="D469" s="2">
-        <v>207.83000000000001</v>
+        <v>260.81</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" s="2" t="s">
-        <v>1231</v>
+        <v>1178</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>1232</v>
+        <v>1179</v>
       </c>
       <c r="C470" s="2">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="D470" s="2">
-        <v>207.90000000000001</v>
+        <v>260.83999999999997</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" s="2" t="s">
-        <v>1233</v>
+        <v>1180</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>1234</v>
+        <v>1181</v>
       </c>
       <c r="C471" s="2">
-        <v>337.5</v>
+        <v>0.0</v>
       </c>
       <c r="D471" s="2">
-        <v>208.18000000000001</v>
+        <v>261.089999999999975</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" s="2" t="s">
-        <v>1235</v>
+        <v>1182</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>1236</v>
+        <v>1183</v>
       </c>
       <c r="C472" s="2">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="D472" s="2">
-        <v>208.43000000000001</v>
+        <v>261.16000000000003</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" s="2" t="s">
-        <v>1237</v>
+        <v>1184</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>1238</v>
+        <v>1185</v>
       </c>
       <c r="C473" s="2">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
       <c r="D473" s="2">
-        <v>208.75</v>
+        <v>261.89999999999998</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" s="2" t="s">
-        <v>1239</v>
+        <v>1186</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>1240</v>
-[...2 lines deleted...]
-        <v>167.49000000000001</v>
+        <v>1187</v>
+      </c>
+      <c r="C474" s="2" t="s">
+        <v>1188</v>
       </c>
       <c r="D474" s="2">
-        <v>208.87</v>
+        <v>262.0</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" s="2" t="s">
-        <v>1241</v>
+        <v>1189</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>1242</v>
-[...2 lines deleted...]
-        <v>44.1</v>
+        <v>1190</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>1191</v>
       </c>
       <c r="D475" s="2">
-        <v>209.13</v>
+        <v>262.25</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" s="2" t="s">
-        <v>1243</v>
+        <v>1192</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>1244</v>
+        <v>1193</v>
       </c>
       <c r="C476" s="2">
-        <v>0.51</v>
+        <v>0.0</v>
       </c>
       <c r="D476" s="2">
-        <v>209.43000000000001</v>
+        <v>262.68000000000001</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" s="2" t="s">
-        <v>1245</v>
+        <v>1194</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>1246</v>
-[...2 lines deleted...]
-        <v>0.3</v>
+        <v>1195</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>1196</v>
       </c>
       <c r="D477" s="2">
-        <v>209.63</v>
+        <v>262.68000000000001</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" s="2" t="s">
-        <v>1247</v>
+        <v>1197</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>46.52</v>
+        <v>1198</v>
+      </c>
+      <c r="C478" s="2" t="s">
+        <v>1199</v>
       </c>
       <c r="D478" s="2">
-        <v>209.71000000000001</v>
+        <v>262.99000000000001</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" s="2" t="s">
-        <v>1249</v>
+        <v>1200</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1250</v>
-[...2 lines deleted...]
-        <v>10.51</v>
+        <v>1201</v>
+      </c>
+      <c r="C479" s="2" t="s">
+        <v>1202</v>
       </c>
       <c r="D479" s="2">
-        <v>209.99000000000001</v>
+        <v>263.23000000000002</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" s="2" t="s">
-        <v>1251</v>
+        <v>1203</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1204</v>
+      </c>
+      <c r="C480" s="2" t="s">
+        <v>1205</v>
       </c>
       <c r="D480" s="2">
-        <v>210.060000000000002</v>
+        <v>263.43000000000001</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" s="2" t="s">
-        <v>1253</v>
+        <v>1206</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>1254</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1207</v>
+      </c>
+      <c r="C481" s="2" t="s">
+        <v>1208</v>
       </c>
       <c r="D481" s="2">
-        <v>210.069999999999993</v>
+        <v>263.69999999999999</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" s="2" t="s">
-        <v>1255</v>
+        <v>1209</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>1256</v>
+        <v>1210</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1257</v>
+        <v>1211</v>
       </c>
       <c r="D482" s="2">
-        <v>210.21000000000001</v>
+        <v>263.83999999999997</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" s="2" t="s">
-        <v>1258</v>
+        <v>1212</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>1259</v>
+        <v>1213</v>
       </c>
       <c r="C483" s="2">
         <v>0.0</v>
       </c>
       <c r="D483" s="2">
-        <v>210.99000000000001</v>
+        <v>264.19999999999999</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" s="2" t="s">
-        <v>1260</v>
+        <v>1214</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>1261</v>
+        <v>1215</v>
       </c>
       <c r="C484" s="2">
-        <v>0.0</v>
+        <v>431.75999999999999</v>
       </c>
       <c r="D484" s="2">
-        <v>211.22999999999999</v>
+        <v>264.19999999999999</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" s="2" t="s">
-        <v>1262</v>
+        <v>1216</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-        <v>9.38</v>
+        <v>1217</v>
+      </c>
+      <c r="C485" s="2" t="s">
+        <v>1218</v>
       </c>
       <c r="D485" s="2">
-        <v>211.28</v>
+        <v>264.50999999999999</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" s="2" t="s">
-        <v>1264</v>
+        <v>1219</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>1265</v>
+        <v>1220</v>
       </c>
       <c r="C486" s="2">
-        <v>0.28</v>
+        <v>904.79999999999995</v>
       </c>
       <c r="D486" s="2">
-        <v>211.47999999999999</v>
+        <v>264.56999999999999</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" s="2" t="s">
-        <v>1266</v>
+        <v>1221</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>1267</v>
+        <v>1222</v>
       </c>
       <c r="C487" s="2">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
       <c r="D487" s="2">
-        <v>211.50999999999999</v>
+        <v>264.69</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" s="2" t="s">
-        <v>1268</v>
+        <v>1223</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>1269</v>
+        <v>1224</v>
       </c>
       <c r="C488" s="2">
-        <v>322.63999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D488" s="2">
-        <v>212.72</v>
+        <v>265.11000000000001</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" s="2" t="s">
-        <v>1270</v>
+        <v>1225</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>1271</v>
+        <v>1226</v>
       </c>
       <c r="C489" s="2">
         <v>0.0</v>
       </c>
       <c r="D489" s="2">
-        <v>213.36000000000001</v>
+        <v>265.83999999999997</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" s="2" t="s">
-        <v>1272</v>
+        <v>1227</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>1273</v>
+        <v>1228</v>
       </c>
       <c r="C490" s="2">
-        <v>10.13</v>
+        <v>0.0</v>
       </c>
       <c r="D490" s="2">
-        <v>213.47999999999999</v>
+        <v>266.58999999999997</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" s="2" t="s">
-        <v>1274</v>
+        <v>1229</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>1275</v>
+        <v>1230</v>
       </c>
       <c r="C491" s="2">
-        <v>6.61</v>
+        <v>0.0</v>
       </c>
       <c r="D491" s="2">
-        <v>213.53</v>
+        <v>266.67000000000002</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" s="2" t="s">
-        <v>1276</v>
+        <v>1231</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>1277</v>
+        <v>1232</v>
       </c>
       <c r="C492" s="2">
-        <v>2.47</v>
+        <v>0.0</v>
       </c>
       <c r="D492" s="2">
-        <v>214.0099999999999909</v>
+        <v>266.69</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" s="2" t="s">
-        <v>1278</v>
+        <v>1233</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>2.89</v>
+        <v>1234</v>
+      </c>
+      <c r="C493" s="2" t="s">
+        <v>1235</v>
       </c>
       <c r="D493" s="2">
-        <v>214.68000000000001</v>
+        <v>267.38999999999999</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" s="2" t="s">
-        <v>1280</v>
+        <v>1236</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>1281</v>
+        <v>1237</v>
       </c>
       <c r="C494" s="2">
-        <v>2.29</v>
+        <v>0.0</v>
       </c>
       <c r="D494" s="2">
-        <v>214.78</v>
+        <v>267.44999999999999</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" s="2" t="s">
-        <v>1282</v>
+        <v>1238</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>1283</v>
-[...2 lines deleted...]
-        <v>2.19</v>
+        <v>1239</v>
+      </c>
+      <c r="C495" s="2" t="s">
+        <v>1240</v>
       </c>
       <c r="D495" s="2">
-        <v>214.96000000000001</v>
+        <v>267.72000000000003</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" s="2" t="s">
-        <v>1284</v>
+        <v>1241</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>1285</v>
+        <v>1242</v>
       </c>
       <c r="C496" s="2">
         <v>0.0</v>
       </c>
       <c r="D496" s="2">
-        <v>215.0099999999999909</v>
+        <v>268.61000000000001</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" s="2" t="s">
-        <v>1286</v>
+        <v>1243</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>1287</v>
+        <v>1244</v>
       </c>
       <c r="C497" s="2">
-        <v>0.96</v>
+        <v>983.46000000000004</v>
       </c>
       <c r="D497" s="2">
-        <v>215.30000000000001</v>
+        <v>268.63</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" s="2" t="s">
-        <v>1288</v>
+        <v>1245</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>1289</v>
+        <v>1246</v>
       </c>
       <c r="C498" s="2">
-        <v>0.17</v>
+        <v>0.0</v>
       </c>
       <c r="D498" s="2">
-        <v>215.52000000000001</v>
+        <v>269.62</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" s="2" t="s">
-        <v>1290</v>
+        <v>1247</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-        <v>0.17</v>
+        <v>1248</v>
+      </c>
+      <c r="C499" s="2" t="s">
+        <v>1249</v>
       </c>
       <c r="D499" s="2">
-        <v>216.36000000000001</v>
+        <v>269.85000000000002</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" s="2" t="s">
-        <v>1292</v>
+        <v>1250</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>1293</v>
-[...2 lines deleted...]
-        <v>7.67</v>
+        <v>1251</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>1252</v>
       </c>
       <c r="D500" s="2">
-        <v>216.61000000000001</v>
+        <v>271.25</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" s="2" t="s">
-        <v>1294</v>
+        <v>1253</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>1295</v>
+        <v>1254</v>
       </c>
       <c r="C501" s="2">
         <v>0.0</v>
       </c>
       <c r="D501" s="2">
-        <v>217.62</v>
+        <v>273.79000000000002</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" s="2" t="s">
-        <v>1296</v>
+        <v>1255</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>1297</v>
+        <v>1256</v>
       </c>
       <c r="C502" s="2">
-        <v>201.0099999999999909</v>
+        <v>0.0</v>
       </c>
       <c r="D502" s="2">
-        <v>218.50999999999999</v>
+        <v>274.58999999999997</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" s="2" t="s">
-        <v>1298</v>
+        <v>1257</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>1299</v>
+        <v>1258</v>
       </c>
       <c r="C503" s="2">
-        <v>7.03</v>
+        <v>0.0</v>
       </c>
       <c r="D503" s="2">
-        <v>219.11000000000001</v>
+        <v>274.68000000000001</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" s="2" t="s">
-        <v>1300</v>
+        <v>1259</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>1301</v>
+        <v>1260</v>
       </c>
       <c r="C504" s="2">
-        <v>7.68</v>
+        <v>0.0</v>
       </c>
       <c r="D504" s="2">
-        <v>219.33000000000001</v>
+        <v>275.04000000000002</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" s="2" t="s">
-        <v>1302</v>
+        <v>1261</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>1303</v>
+        <v>1262</v>
       </c>
       <c r="C505" s="2">
-        <v>7.7</v>
+        <v>454.0099999999999909</v>
       </c>
       <c r="D505" s="2">
-        <v>220.96000000000001</v>
+        <v>275.32999999999998</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" s="2" t="s">
-        <v>1304</v>
+        <v>1263</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>1305</v>
+        <v>1264</v>
       </c>
       <c r="C506" s="2">
-        <v>7.69</v>
+        <v>0.0</v>
       </c>
       <c r="D506" s="2">
-        <v>221.12</v>
+        <v>275.32999999999998</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" s="2" t="s">
-        <v>1306</v>
+        <v>1265</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>1307</v>
-[...2 lines deleted...]
-        <v>8.61</v>
+        <v>1266</v>
+      </c>
+      <c r="C507" s="2" t="s">
+        <v>1267</v>
       </c>
       <c r="D507" s="2">
-        <v>221.36000000000001</v>
+        <v>275.60000000000002</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" s="2" t="s">
-        <v>1308</v>
+        <v>1268</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-        <v>5.34</v>
+        <v>1269</v>
+      </c>
+      <c r="C508" s="2" t="s">
+        <v>1270</v>
       </c>
       <c r="D508" s="2">
-        <v>221.44999999999999</v>
+        <v>276.24000000000001</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" s="2" t="s">
-        <v>1310</v>
+        <v>1271</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>1311</v>
+        <v>1272</v>
       </c>
       <c r="C509" s="2">
-        <v>5.09</v>
+        <v>0.0</v>
       </c>
       <c r="D509" s="2">
-        <v>221.46000000000001</v>
+        <v>278.079999999999984</v>
       </c>
       <c r="E509" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" s="2" t="s">
-        <v>1312</v>
+        <v>1273</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>1313</v>
+        <v>1274</v>
       </c>
       <c r="C510" s="2">
-        <v>5.34</v>
+        <v>0.0</v>
       </c>
       <c r="D510" s="2">
-        <v>221.50999999999999</v>
+        <v>278.23000000000002</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" s="2" t="s">
-        <v>1314</v>
+        <v>1275</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>1315</v>
+        <v>1276</v>
       </c>
       <c r="C511" s="2">
-        <v>7.67</v>
+        <v>0.0</v>
       </c>
       <c r="D511" s="2">
-        <v>221.59999999999999</v>
+        <v>278.83999999999997</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" s="2" t="s">
-        <v>1316</v>
+        <v>1277</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>1317</v>
-[...2 lines deleted...]
-        <v>7.53</v>
+        <v>1278</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>1279</v>
       </c>
       <c r="D512" s="2">
-        <v>222.13</v>
+        <v>279.19</v>
       </c>
       <c r="E512" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" s="2" t="s">
-        <v>1318</v>
+        <v>1280</v>
       </c>
       <c r="B513" s="2" t="s">
-        <v>1319</v>
+        <v>1281</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>1320</v>
+        <v>1282</v>
       </c>
       <c r="D513" s="2">
-        <v>222.19</v>
+        <v>280.27999999999997</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" s="2" t="s">
-        <v>1321</v>
+        <v>1283</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="C514" s="2">
-        <v>7.6</v>
+        <v>0.0</v>
       </c>
       <c r="D514" s="2">
-        <v>222.25</v>
+        <v>280.58999999999997</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" s="2" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>1324</v>
+        <v>1286</v>
       </c>
       <c r="C515" s="2">
-        <v>0.17</v>
+        <v>0.0</v>
       </c>
       <c r="D515" s="2">
-        <v>222.71000000000001</v>
+        <v>280.93000000000001</v>
       </c>
       <c r="E515" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" s="2" t="s">
-        <v>1325</v>
+        <v>1287</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>1326</v>
+        <v>1288</v>
       </c>
       <c r="C516" s="2">
-        <v>7.42</v>
+        <v>0.0</v>
       </c>
       <c r="D516" s="2">
-        <v>223.69</v>
+        <v>281.14999999999998</v>
       </c>
       <c r="E516" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" s="2" t="s">
-        <v>1327</v>
+        <v>1289</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>412.63</v>
+        <v>1290</v>
+      </c>
+      <c r="C517" s="2" t="s">
+        <v>1291</v>
       </c>
       <c r="D517" s="2">
-        <v>224.66999999999999</v>
+        <v>281.79000000000002</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" s="2" t="s">
-        <v>1329</v>
+        <v>1292</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>1330</v>
+        <v>1293</v>
       </c>
       <c r="C518" s="2">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="D518" s="2">
-        <v>224.75</v>
+        <v>282.14999999999998</v>
       </c>
       <c r="E518" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" s="2" t="s">
-        <v>1331</v>
+        <v>1294</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>1332</v>
-[...2 lines deleted...]
-        <v>7.5</v>
+        <v>1295</v>
+      </c>
+      <c r="C519" s="2" t="s">
+        <v>1296</v>
       </c>
       <c r="D519" s="2">
-        <v>225.31999999999999</v>
+        <v>282.42000000000002</v>
       </c>
       <c r="E519" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" s="2" t="s">
-        <v>1333</v>
+        <v>1297</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>1334</v>
-[...2 lines deleted...]
-        <v>1335</v>
+        <v>1298</v>
+      </c>
+      <c r="C520" s="2">
+        <v>0.0</v>
       </c>
       <c r="D520" s="2">
-        <v>225.44999999999999</v>
+        <v>282.47000000000003</v>
       </c>
       <c r="E520" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" s="2" t="s">
-        <v>1336</v>
+        <v>1299</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>1337</v>
+        <v>1300</v>
       </c>
       <c r="C521" s="2">
-        <v>159.91999999999999</v>
+        <v>931.52999999999997</v>
       </c>
       <c r="D521" s="2">
-        <v>225.91</v>
+        <v>282.55000000000001</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" s="2" t="s">
-        <v>1338</v>
+        <v>1301</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>1339</v>
+        <v>1302</v>
       </c>
       <c r="C522" s="2">
-        <v>554.33000000000004</v>
+        <v>0.0</v>
       </c>
       <c r="D522" s="2">
-        <v>227.069999999999993</v>
+        <v>283.060000000000002</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" s="2" t="s">
-        <v>1340</v>
+        <v>1303</v>
       </c>
       <c r="B523" s="2" t="s">
-        <v>1341</v>
-[...2 lines deleted...]
-        <v>1.95</v>
+        <v>1304</v>
+      </c>
+      <c r="C523" s="2" t="s">
+        <v>1305</v>
       </c>
       <c r="D523" s="2">
-        <v>227.16</v>
+        <v>283.82999999999998</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" s="2" t="s">
-        <v>1342</v>
+        <v>1306</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>1343</v>
+        <v>1307</v>
       </c>
       <c r="C524" s="2">
-        <v>508.67000000000002</v>
+        <v>382.12</v>
       </c>
       <c r="D524" s="2">
-        <v>227.19</v>
+        <v>283.83999999999997</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" s="2" t="s">
-        <v>1344</v>
+        <v>1308</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>1345</v>
+        <v>1309</v>
       </c>
       <c r="C525" s="2">
-        <v>509.33999999999997</v>
+        <v>462.0</v>
       </c>
       <c r="D525" s="2">
-        <v>227.31999999999999</v>
+        <v>284.44</v>
       </c>
       <c r="E525" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" s="2" t="s">
-        <v>1346</v>
+        <v>1310</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>1347</v>
+        <v>1311</v>
       </c>
       <c r="C526" s="2">
-        <v>10.5</v>
+        <v>0.0</v>
       </c>
       <c r="D526" s="2">
-        <v>228.18000000000001</v>
+        <v>284.93000000000001</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" s="2" t="s">
-        <v>1348</v>
+        <v>1312</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>1349</v>
-[...2 lines deleted...]
-        <v>1350</v>
+        <v>1313</v>
+      </c>
+      <c r="C527" s="2">
+        <v>0.0</v>
       </c>
       <c r="D527" s="2">
-        <v>228.65000000000001</v>
+        <v>285.56</v>
       </c>
       <c r="E527" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" s="2" t="s">
-        <v>1351</v>
+        <v>1314</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-        <v>7.4</v>
+        <v>1315</v>
+      </c>
+      <c r="C528" s="2" t="s">
+        <v>1316</v>
       </c>
       <c r="D528" s="2">
-        <v>228.94999999999999</v>
+        <v>286.45999999999998</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" s="2" t="s">
-        <v>1353</v>
+        <v>1317</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>1354</v>
+        <v>1318</v>
       </c>
       <c r="C529" s="2">
-        <v>270.93000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="D529" s="2">
-        <v>229.039999999999992</v>
+        <v>287.14999999999998</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" s="2" t="s">
-        <v>1355</v>
+        <v>1319</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>1356</v>
+        <v>1320</v>
       </c>
       <c r="C530" s="2">
-        <v>7.94</v>
+        <v>0.0</v>
       </c>
       <c r="D530" s="2">
-        <v>229.34</v>
+        <v>287.87</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" s="2" t="s">
-        <v>1357</v>
+        <v>1321</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>1358</v>
-[...2 lines deleted...]
-        <v>493.93000000000001</v>
+        <v>1322</v>
+      </c>
+      <c r="C531" s="2" t="s">
+        <v>1323</v>
       </c>
       <c r="D531" s="2">
-        <v>230.039999999999992</v>
+        <v>288.81</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" s="2" t="s">
-        <v>1359</v>
+        <v>1324</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>1360</v>
+        <v>1325</v>
       </c>
       <c r="C532" s="2">
-        <v>7.95</v>
+        <v>0.0</v>
       </c>
       <c r="D532" s="2">
-        <v>230.22</v>
+        <v>289.38999999999999</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" s="2" t="s">
-        <v>1361</v>
+        <v>1326</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>1362</v>
+        <v>1327</v>
       </c>
       <c r="C533" s="2">
-        <v>496.079999999999984</v>
+        <v>0.0</v>
       </c>
       <c r="D533" s="2">
-        <v>230.56</v>
+        <v>290.69999999999999</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" s="2" t="s">
-        <v>1363</v>
+        <v>1328</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>1364</v>
+        <v>1329</v>
       </c>
       <c r="C534" s="2">
-        <v>6.62</v>
+        <v>0.0</v>
       </c>
       <c r="D534" s="2">
-        <v>230.77000000000001</v>
+        <v>290.72000000000003</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" s="2" t="s">
-        <v>1365</v>
+        <v>1330</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>1366</v>
-[...2 lines deleted...]
-        <v>34.92</v>
+        <v>1331</v>
+      </c>
+      <c r="C535" s="2" t="s">
+        <v>1038</v>
       </c>
       <c r="D535" s="2">
-        <v>230.96000000000001</v>
+        <v>291.32999999999998</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" s="2" t="s">
-        <v>1367</v>
+        <v>1332</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>1368</v>
+        <v>1333</v>
       </c>
       <c r="C536" s="2">
-        <v>74.11</v>
+        <v>0.0</v>
       </c>
       <c r="D536" s="2">
-        <v>232.38999999999999</v>
+        <v>291.41000000000003</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" s="2" t="s">
-        <v>1369</v>
+        <v>1334</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>1370</v>
-[...2 lines deleted...]
-        <v>505.50999999999999</v>
+        <v>1335</v>
+      </c>
+      <c r="C537" s="2" t="s">
+        <v>1336</v>
       </c>
       <c r="D537" s="2">
-        <v>232.78999999999999</v>
+        <v>292.19999999999999</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="2" t="s">
-        <v>1371</v>
+        <v>1337</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>1372</v>
-[...2 lines deleted...]
-        <v>509.73000000000002</v>
+        <v>1338</v>
+      </c>
+      <c r="C538" s="2" t="s">
+        <v>1339</v>
       </c>
       <c r="D538" s="2">
-        <v>233.21000000000001</v>
+        <v>292.27999999999997</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" s="2" t="s">
-        <v>1373</v>
+        <v>1340</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>1374</v>
+        <v>1341</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1375</v>
+        <v>1342</v>
       </c>
       <c r="D539" s="2">
-        <v>233.47</v>
+        <v>292.56999999999999</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" s="2" t="s">
-        <v>1376</v>
+        <v>1343</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>1377</v>
+        <v>1344</v>
       </c>
       <c r="C540" s="2">
-        <v>6.43</v>
+        <v>0.0</v>
       </c>
       <c r="D540" s="2">
-        <v>233.55000000000001</v>
+        <v>293.0099999999999909</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" s="2" t="s">
-        <v>1378</v>
+        <v>1345</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>511.67000000000002</v>
+        <v>1346</v>
+      </c>
+      <c r="C541" s="2" t="s">
+        <v>1038</v>
       </c>
       <c r="D541" s="2">
-        <v>234.25999999999999</v>
+        <v>293.39999999999998</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" s="2" t="s">
-        <v>1380</v>
+        <v>1347</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>1381</v>
+        <v>1348</v>
       </c>
       <c r="C542" s="2">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
       <c r="D542" s="2">
-        <v>234.53999999999999</v>
+        <v>293.45999999999998</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" s="2" t="s">
-        <v>1382</v>
+        <v>1349</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>1383</v>
+        <v>1350</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1384</v>
+        <v>1351</v>
       </c>
       <c r="D543" s="2">
-        <v>234.68000000000001</v>
+        <v>293.62</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" s="2" t="s">
-        <v>1385</v>
+        <v>1352</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>1386</v>
-[...2 lines deleted...]
-        <v>1387</v>
+        <v>1353</v>
+      </c>
+      <c r="C544" s="2">
+        <v>0.0</v>
       </c>
       <c r="D544" s="2">
-        <v>234.78999999999999</v>
+        <v>294.52999999999997</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" s="2" t="s">
-        <v>1388</v>
+        <v>1354</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>1389</v>
+        <v>1355</v>
       </c>
       <c r="C545" s="2">
-        <v>569.89999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="D545" s="2">
-        <v>235.090000000000003</v>
+        <v>294.81</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" s="2" t="s">
-        <v>1390</v>
+        <v>1356</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>1391</v>
+        <v>1357</v>
       </c>
       <c r="C546" s="2">
-        <v>517.059999999999945</v>
+        <v>0.0</v>
       </c>
       <c r="D546" s="2">
-        <v>235.61000000000001</v>
+        <v>294.88</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" s="2" t="s">
-        <v>1392</v>
+        <v>1358</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>1393</v>
+        <v>1359</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1394</v>
+        <v>1360</v>
       </c>
       <c r="D547" s="2">
-        <v>236.69999999999999</v>
+        <v>295.79000000000002</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" s="2" t="s">
-        <v>1395</v>
+        <v>1361</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>1396</v>
+        <v>1362</v>
       </c>
       <c r="C548" s="2">
-        <v>16.18</v>
+        <v>0.0</v>
       </c>
       <c r="D548" s="2">
-        <v>236.72</v>
+        <v>296.44999999999999</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" s="2" t="s">
-        <v>1397</v>
+        <v>1363</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>1398</v>
+        <v>1364</v>
       </c>
       <c r="C549" s="2">
-        <v>452.029999999999973</v>
+        <v>0.0</v>
       </c>
       <c r="D549" s="2">
-        <v>239.22999999999999</v>
+        <v>296.82999999999998</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" s="2" t="s">
-        <v>1399</v>
+        <v>1365</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>1400</v>
+        <v>1366</v>
       </c>
       <c r="C550" s="2">
-        <v>968.10000000000002</v>
+        <v>0.0</v>
       </c>
       <c r="D550" s="2">
-        <v>239.91</v>
+        <v>296.82999999999998</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" s="2" t="s">
-        <v>1401</v>
+        <v>1367</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>1402</v>
+        <v>1368</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1403</v>
+        <v>1369</v>
       </c>
       <c r="D551" s="2">
-        <v>240.99000000000001</v>
+        <v>298.62</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" s="2" t="s">
-        <v>1404</v>
+        <v>1370</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>1405</v>
+        <v>1371</v>
       </c>
       <c r="C552" s="2">
-        <v>5.18</v>
+        <v>0.0</v>
       </c>
       <c r="D552" s="2">
-        <v>241.25</v>
+        <v>299.38999999999999</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" s="2" t="s">
-        <v>1406</v>
+        <v>1372</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>1407</v>
+        <v>1373</v>
       </c>
       <c r="C553" s="2">
-        <v>7.84</v>
+        <v>829.47000000000003</v>
       </c>
       <c r="D553" s="2">
-        <v>241.34</v>
+        <v>299.87</v>
       </c>
       <c r="E553" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" s="2" t="s">
-        <v>1408</v>
+        <v>1374</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>1409</v>
-[...2 lines deleted...]
-        <v>5.81</v>
+        <v>1375</v>
+      </c>
+      <c r="C554" s="2" t="s">
+        <v>1376</v>
       </c>
       <c r="D554" s="2">
-        <v>241.69999999999999</v>
+        <v>300.0</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" s="2" t="s">
-        <v>1410</v>
+        <v>1377</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>1411</v>
+        <v>1378</v>
       </c>
       <c r="C555" s="2">
-        <v>10.87</v>
+        <v>0.0</v>
       </c>
       <c r="D555" s="2">
-        <v>241.83000000000001</v>
+        <v>300.42000000000002</v>
       </c>
       <c r="E555" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" s="2" t="s">
-        <v>1412</v>
+        <v>1379</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>1413</v>
+        <v>1380</v>
       </c>
       <c r="C556" s="2">
-        <v>13.87</v>
+        <v>0.0</v>
       </c>
       <c r="D556" s="2">
-        <v>241.91999999999999</v>
+        <v>300.55000000000001</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" s="2" t="s">
-        <v>1414</v>
+        <v>1381</v>
       </c>
       <c r="B557" s="2" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-        <v>1416</v>
+        <v>1382</v>
+      </c>
+      <c r="C557" s="2">
+        <v>0.0</v>
       </c>
       <c r="D557" s="2">
-        <v>242.12</v>
+        <v>303.49000000000001</v>
       </c>
       <c r="E557" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" s="2" t="s">
-        <v>1417</v>
+        <v>1383</v>
       </c>
       <c r="B558" s="2" t="s">
-        <v>1418</v>
+        <v>1384</v>
       </c>
       <c r="C558" s="2">
-        <v>34.72</v>
+        <v>0.0</v>
       </c>
       <c r="D558" s="2">
-        <v>242.19999999999999</v>
+        <v>305.23000000000002</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" s="2" t="s">
-        <v>1419</v>
+        <v>1385</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>1420</v>
-[...2 lines deleted...]
-        <v>8.23</v>
+        <v>1386</v>
+      </c>
+      <c r="C559" s="2" t="s">
+        <v>1387</v>
       </c>
       <c r="D559" s="2">
-        <v>242.28999999999999</v>
+        <v>305.88</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" s="2" t="s">
-        <v>1421</v>
+        <v>1388</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>1422</v>
+        <v>1389</v>
       </c>
       <c r="C560" s="2">
-        <v>22.64</v>
+        <v>0.0</v>
       </c>
       <c r="D560" s="2">
-        <v>242.94</v>
+        <v>306.069999999999993</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" s="2" t="s">
-        <v>1423</v>
+        <v>1390</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>1424</v>
+        <v>1391</v>
       </c>
       <c r="C561" s="2">
-        <v>7.84</v>
+        <v>0.0</v>
       </c>
       <c r="D561" s="2">
-        <v>243.0</v>
+        <v>306.11000000000001</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" s="2" t="s">
-        <v>1425</v>
+        <v>1392</v>
       </c>
       <c r="B562" s="2" t="s">
-        <v>1426</v>
-[...2 lines deleted...]
-        <v>1427</v>
+        <v>1393</v>
+      </c>
+      <c r="C562" s="2">
+        <v>0.0</v>
       </c>
       <c r="D562" s="2">
-        <v>243.30000000000001</v>
+        <v>306.50999999999999</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" s="2" t="s">
-        <v>1428</v>
+        <v>1394</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>1429</v>
+        <v>1395</v>
       </c>
       <c r="C563" s="2">
-        <v>2.78</v>
+        <v>0.0</v>
       </c>
       <c r="D563" s="2">
-        <v>243.44999999999999</v>
+        <v>307.0099999999999909</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" s="2" t="s">
-        <v>1430</v>
+        <v>1396</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>1431</v>
+        <v>1397</v>
       </c>
       <c r="C564" s="2">
-        <v>10.84</v>
+        <v>0.0</v>
       </c>
       <c r="D564" s="2">
-        <v>243.52000000000001</v>
+        <v>307.32999999999998</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" s="2" t="s">
-        <v>1432</v>
+        <v>1398</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>1433</v>
+        <v>1399</v>
       </c>
       <c r="C565" s="2">
-        <v>755.55999999999995</v>
+        <v>0.0</v>
       </c>
       <c r="D565" s="2">
-        <v>243.53999999999999</v>
+        <v>308.25</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" s="2" t="s">
-        <v>1434</v>
+        <v>1400</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>1435</v>
+        <v>1401</v>
       </c>
       <c r="C566" s="2">
-        <v>755.83000000000004</v>
+        <v>0.0</v>
       </c>
       <c r="D566" s="2">
-        <v>243.58000000000001</v>
+        <v>309.19999999999999</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" s="2" t="s">
-        <v>1436</v>
+        <v>1402</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>1437</v>
+        <v>1403</v>
       </c>
       <c r="C567" s="2">
-        <v>4.84</v>
+        <v>0.0</v>
       </c>
       <c r="D567" s="2">
-        <v>243.80000000000001</v>
+        <v>309.22000000000003</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" s="2" t="s">
-        <v>1438</v>
+        <v>1404</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>1439</v>
-[...2 lines deleted...]
-        <v>8.52</v>
+        <v>1405</v>
+      </c>
+      <c r="C568" s="2" t="s">
+        <v>1406</v>
       </c>
       <c r="D568" s="2">
-        <v>244.21000000000001</v>
+        <v>309.61000000000001</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" s="2" t="s">
-        <v>1440</v>
+        <v>1407</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>1441</v>
-[...2 lines deleted...]
-        <v>1442</v>
+        <v>1408</v>
+      </c>
+      <c r="C569" s="2">
+        <v>0.0</v>
       </c>
       <c r="D569" s="2">
-        <v>244.28</v>
+        <v>309.88999999999999</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" s="2" t="s">
-        <v>1443</v>
+        <v>1409</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>1444</v>
-[...2 lines deleted...]
-        <v>689.55999999999995</v>
+        <v>1410</v>
+      </c>
+      <c r="C570" s="2" t="s">
+        <v>1411</v>
       </c>
       <c r="D570" s="2">
-        <v>244.28999999999999</v>
+        <v>310.33999999999997</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" s="2" t="s">
-        <v>1445</v>
+        <v>1412</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>1446</v>
+        <v>1413</v>
       </c>
       <c r="C571" s="2">
-        <v>735.72000000000003</v>
+        <v>0.0</v>
       </c>
       <c r="D571" s="2">
-        <v>244.36000000000001</v>
+        <v>310.47000000000003</v>
       </c>
       <c r="E571" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" s="2" t="s">
-        <v>1447</v>
+        <v>1414</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1448</v>
+        <v>1415</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1449</v>
+        <v>1416</v>
       </c>
       <c r="D572" s="2">
-        <v>244.38</v>
+        <v>310.81</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" s="2" t="s">
-        <v>1450</v>
+        <v>1417</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1451</v>
-[...2 lines deleted...]
-        <v>1452</v>
+        <v>1418</v>
+      </c>
+      <c r="C573" s="2">
+        <v>0.0</v>
       </c>
       <c r="D573" s="2">
-        <v>244.38</v>
+        <v>311.22000000000003</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" s="2" t="s">
-        <v>1453</v>
+        <v>1419</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1454</v>
+        <v>1420</v>
       </c>
       <c r="C574" s="2">
-        <v>819.039999999999964</v>
+        <v>0.0</v>
       </c>
       <c r="D574" s="2">
-        <v>244.38999999999999</v>
+        <v>311.93000000000001</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" s="2" t="s">
-        <v>1455</v>
+        <v>1421</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>1457</v>
+        <v>1422</v>
+      </c>
+      <c r="C575" s="2">
+        <v>0.0</v>
       </c>
       <c r="D575" s="2">
-        <v>244.66999999999999</v>
+        <v>312.39999999999998</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" s="2" t="s">
-        <v>1458</v>
+        <v>1423</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1459</v>
+        <v>1424</v>
       </c>
       <c r="C576" s="2">
-        <v>2.53</v>
+        <v>0.0</v>
       </c>
       <c r="D576" s="2">
-        <v>244.75999999999999</v>
+        <v>313.19999999999999</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" s="2" t="s">
-        <v>1460</v>
+        <v>1425</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1461</v>
+        <v>1426</v>
       </c>
       <c r="C577" s="2">
-        <v>2.53</v>
+        <v>0.0</v>
       </c>
       <c r="D577" s="2">
-        <v>244.86000000000001</v>
+        <v>314.050000000000011</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" s="2" t="s">
-        <v>1462</v>
+        <v>1427</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1463</v>
+        <v>1428</v>
       </c>
       <c r="C578" s="2">
-        <v>2.53</v>
+        <v>819.25999999999999</v>
       </c>
       <c r="D578" s="2">
-        <v>244.94999999999999</v>
+        <v>314.79000000000002</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" s="2" t="s">
-        <v>1464</v>
+        <v>1429</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-        <v>62.78</v>
+        <v>1430</v>
+      </c>
+      <c r="C579" s="2" t="s">
+        <v>1431</v>
       </c>
       <c r="D579" s="2">
-        <v>245.039999999999992</v>
+        <v>316.31</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" s="2" t="s">
-        <v>1466</v>
+        <v>1432</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>1467</v>
-[...2 lines deleted...]
-        <v>679.66999999999996</v>
+        <v>1433</v>
+      </c>
+      <c r="C580" s="2" t="s">
+        <v>1434</v>
       </c>
       <c r="D580" s="2">
-        <v>245.11000000000001</v>
+        <v>316.51999999999998</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" s="2" t="s">
-        <v>1468</v>
+        <v>1435</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>1469</v>
+        <v>1436</v>
       </c>
       <c r="C581" s="2">
         <v>0.0</v>
       </c>
       <c r="D581" s="2">
-        <v>245.88999999999999</v>
+        <v>316.54000000000002</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" s="2" t="s">
-        <v>1470</v>
+        <v>1437</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>1471</v>
+        <v>1438</v>
       </c>
       <c r="C582" s="2">
-        <v>664.17999999999995</v>
+        <v>0.0</v>
       </c>
       <c r="D582" s="2">
-        <v>246.02000000000001</v>
+        <v>316.73000000000002</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" s="2" t="s">
-        <v>1472</v>
+        <v>1439</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>1473</v>
+        <v>1440</v>
       </c>
       <c r="C583" s="2">
-        <v>0.22</v>
+        <v>0.0</v>
       </c>
       <c r="D583" s="2">
-        <v>246.69999999999999</v>
+        <v>316.87</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" s="2" t="s">
-        <v>1474</v>
+        <v>1441</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>1475</v>
+        <v>1442</v>
       </c>
       <c r="C584" s="2">
-        <v>663.34000000000003</v>
+        <v>0.0</v>
       </c>
       <c r="D584" s="2">
-        <v>246.74000000000001</v>
+        <v>317.27999999999997</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" s="2" t="s">
-        <v>1476</v>
+        <v>1443</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>1477</v>
+        <v>1444</v>
       </c>
       <c r="C585" s="2">
-        <v>17.62</v>
+        <v>0.0</v>
       </c>
       <c r="D585" s="2">
-        <v>247.52000000000001</v>
+        <v>317.67000000000002</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" s="2" t="s">
-        <v>1478</v>
+        <v>1445</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>1479</v>
+        <v>1446</v>
       </c>
       <c r="C586" s="2">
-        <v>51.44</v>
+        <v>0.0</v>
       </c>
       <c r="D586" s="2">
-        <v>247.63</v>
+        <v>317.81999999999999</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" s="2" t="s">
-        <v>1480</v>
+        <v>1447</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>1481</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1448</v>
+      </c>
+      <c r="C587" s="2" t="s">
+        <v>1449</v>
       </c>
       <c r="D587" s="2">
-        <v>247.69999999999999</v>
+        <v>318.24000000000001</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" s="2" t="s">
-        <v>1482</v>
+        <v>1450</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>1483</v>
-[...2 lines deleted...]
-        <v>1484</v>
+        <v>1451</v>
+      </c>
+      <c r="C588" s="2">
+        <v>0.0</v>
       </c>
       <c r="D588" s="2">
-        <v>248.68000000000001</v>
+        <v>318.88999999999999</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" s="2" t="s">
-        <v>1485</v>
+        <v>1452</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>1486</v>
+        <v>1453</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1487</v>
+        <v>1454</v>
       </c>
       <c r="D589" s="2">
-        <v>248.88999999999999</v>
+        <v>320.10000000000002</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" s="2" t="s">
-        <v>1488</v>
+        <v>1455</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>1489</v>
+        <v>1456</v>
       </c>
       <c r="C590" s="2">
-        <v>2.21</v>
+        <v>0.0</v>
       </c>
       <c r="D590" s="2">
-        <v>249.28999999999999</v>
+        <v>321.69</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" s="2" t="s">
-        <v>1490</v>
+        <v>1457</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>1491</v>
+        <v>1458</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1492</v>
+        <v>1459</v>
       </c>
       <c r="D591" s="2">
-        <v>249.31999999999999</v>
+        <v>322.29000000000002</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" s="2" t="s">
-        <v>1493</v>
+        <v>1460</v>
       </c>
       <c r="B592" s="2" t="s">
-        <v>1494</v>
+        <v>1461</v>
       </c>
       <c r="C592" s="2">
-        <v>379.04000000000002</v>
+        <v>820.039999999999964</v>
       </c>
       <c r="D592" s="2">
-        <v>249.41999999999999</v>
+        <v>322.29000000000002</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" s="2" t="s">
-        <v>1495</v>
+        <v>1462</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>1496</v>
-[...2 lines deleted...]
-        <v>1497</v>
+        <v>1463</v>
+      </c>
+      <c r="C593" s="2">
+        <v>628.89999999999998</v>
       </c>
       <c r="D593" s="2">
-        <v>249.53</v>
+        <v>322.88999999999999</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" s="2" t="s">
-        <v>1498</v>
+        <v>1464</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>1499</v>
-[...2 lines deleted...]
-        <v>25.68</v>
+        <v>1465</v>
+      </c>
+      <c r="C594" s="2" t="s">
+        <v>1466</v>
       </c>
       <c r="D594" s="2">
-        <v>249.81</v>
+        <v>323.13999999999999</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" s="2" t="s">
-        <v>1500</v>
+        <v>1467</v>
       </c>
       <c r="B595" s="2" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-        <v>5.73</v>
+        <v>1468</v>
+      </c>
+      <c r="C595" s="2" t="s">
+        <v>1469</v>
       </c>
       <c r="D595" s="2">
-        <v>249.97</v>
+        <v>323.22000000000003</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" s="2" t="s">
-        <v>1502</v>
+        <v>1470</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>1503</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1471</v>
+      </c>
+      <c r="C596" s="2" t="s">
+        <v>1472</v>
       </c>
       <c r="D596" s="2">
-        <v>250.090000000000003</v>
+        <v>323.97000000000003</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" s="2" t="s">
-        <v>1504</v>
+        <v>1473</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>1505</v>
-[...2 lines deleted...]
-        <v>1506</v>
+        <v>1474</v>
+      </c>
+      <c r="C597" s="2">
+        <v>0.0</v>
       </c>
       <c r="D597" s="2">
-        <v>250.34999999999999</v>
+        <v>324.25999999999999</v>
       </c>
       <c r="E597" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" s="2" t="s">
-        <v>1507</v>
+        <v>1475</v>
       </c>
       <c r="B598" s="2" t="s">
-        <v>1508</v>
-[...2 lines deleted...]
-        <v>1509</v>
+        <v>1476</v>
+      </c>
+      <c r="C598" s="2">
+        <v>0.0</v>
       </c>
       <c r="D598" s="2">
-        <v>250.41</v>
+        <v>324.45999999999998</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" s="2" t="s">
-        <v>1510</v>
+        <v>1477</v>
       </c>
       <c r="B599" s="2" t="s">
-        <v>1511</v>
+        <v>1478</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>1512</v>
+        <v>1479</v>
       </c>
       <c r="D599" s="2">
-        <v>250.53999999999999</v>
+        <v>325.31</v>
       </c>
       <c r="E599" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" s="2" t="s">
-        <v>1513</v>
+        <v>1480</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>1514</v>
+        <v>1481</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1515</v>
+        <v>1482</v>
       </c>
       <c r="D600" s="2">
-        <v>250.58000000000001</v>
+        <v>325.55000000000001</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" s="2" t="s">
-        <v>1516</v>
+        <v>1483</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>1517</v>
-[...2 lines deleted...]
-        <v>33.22</v>
+        <v>1484</v>
+      </c>
+      <c r="C601" s="2" t="s">
+        <v>1485</v>
       </c>
       <c r="D601" s="2">
-        <v>250.59999999999999</v>
+        <v>327.13999999999999</v>
       </c>
       <c r="E601" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" s="2" t="s">
-        <v>1518</v>
+        <v>1486</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>1519</v>
+        <v>1487</v>
       </c>
       <c r="C602" s="2">
-        <v>8.98</v>
+        <v>0.0</v>
       </c>
       <c r="D602" s="2">
-        <v>250.63</v>
+        <v>328.47000000000003</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" s="2" t="s">
-        <v>1520</v>
+        <v>1488</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>1521</v>
-[...2 lines deleted...]
-        <v>1522</v>
+        <v>1489</v>
+      </c>
+      <c r="C603" s="2">
+        <v>0.0</v>
       </c>
       <c r="D603" s="2">
-        <v>251.02000000000001</v>
+        <v>329.32999999999998</v>
       </c>
       <c r="E603" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" s="2" t="s">
-        <v>1523</v>
+        <v>1490</v>
       </c>
       <c r="B604" s="2" t="s">
-        <v>1524</v>
+        <v>1491</v>
       </c>
       <c r="C604" s="2">
-        <v>8.93</v>
+        <v>0.0</v>
       </c>
       <c r="D604" s="2">
-        <v>251.090000000000003</v>
+        <v>330.27999999999997</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" s="2" t="s">
-        <v>1525</v>
+        <v>1492</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>1526</v>
-[...2 lines deleted...]
-        <v>1527</v>
+        <v>1493</v>
+      </c>
+      <c r="C605" s="2">
+        <v>0.0</v>
       </c>
       <c r="D605" s="2">
-        <v>251.11000000000001</v>
+        <v>331.91000000000003</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" s="2" t="s">
-        <v>1528</v>
+        <v>1494</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-        <v>7.5</v>
+        <v>1495</v>
+      </c>
+      <c r="C606" s="2" t="s">
+        <v>1496</v>
       </c>
       <c r="D606" s="2">
-        <v>251.16999999999999</v>
+        <v>332.92000000000002</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" s="2" t="s">
-        <v>1530</v>
+        <v>1497</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>1531</v>
-[...2 lines deleted...]
-        <v>9.91</v>
+        <v>1498</v>
+      </c>
+      <c r="C607" s="2" t="s">
+        <v>1499</v>
       </c>
       <c r="D607" s="2">
-        <v>251.19999999999999</v>
+        <v>333.63999999999999</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" s="2" t="s">
-        <v>1532</v>
+        <v>1500</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>1533</v>
-[...2 lines deleted...]
-        <v>8.47</v>
+        <v>1501</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>1502</v>
       </c>
       <c r="D608" s="2">
-        <v>251.28999999999999</v>
+        <v>334.050000000000011</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" s="2" t="s">
-        <v>1534</v>
+        <v>1503</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>1535</v>
+        <v>1504</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1536</v>
+        <v>1505</v>
       </c>
       <c r="D609" s="2">
-        <v>251.55000000000001</v>
+        <v>334.13</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" s="2" t="s">
-        <v>1537</v>
+        <v>1506</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>1538</v>
+        <v>1507</v>
       </c>
       <c r="C610" s="2">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="D610" s="2">
-        <v>251.58000000000001</v>
+        <v>335.13</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" s="2" t="s">
-        <v>1539</v>
+        <v>1508</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1540</v>
+        <v>1509</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1541</v>
+        <v>1510</v>
       </c>
       <c r="D611" s="2">
-        <v>251.61000000000001</v>
+        <v>337.13999999999999</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" s="2" t="s">
-        <v>1542</v>
+        <v>1511</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>1543</v>
-[...2 lines deleted...]
-        <v>1544</v>
+        <v>1512</v>
+      </c>
+      <c r="C612" s="2">
+        <v>0.0</v>
       </c>
       <c r="D612" s="2">
-        <v>251.66999999999999</v>
+        <v>337.25999999999999</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" s="2" t="s">
-        <v>1545</v>
+        <v>1513</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>1546</v>
+        <v>1514</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1547</v>
+        <v>1515</v>
       </c>
       <c r="D613" s="2">
-        <v>251.86000000000001</v>
+        <v>337.56</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" s="2" t="s">
-        <v>1548</v>
+        <v>1516</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-        <v>1550</v>
+        <v>1517</v>
+      </c>
+      <c r="C614" s="2">
+        <v>0.0</v>
       </c>
       <c r="D614" s="2">
-        <v>251.90000000000001</v>
+        <v>341.18000000000001</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" s="2" t="s">
-        <v>1551</v>
+        <v>1518</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>1552</v>
-[...2 lines deleted...]
-        <v>1553</v>
+        <v>1519</v>
+      </c>
+      <c r="C615" s="2">
+        <v>0.0</v>
       </c>
       <c r="D615" s="2">
-        <v>252.40000000000001</v>
+        <v>342.62</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" s="2" t="s">
-        <v>1554</v>
+        <v>1520</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>1555</v>
-[...2 lines deleted...]
-        <v>7.73</v>
+        <v>1521</v>
+      </c>
+      <c r="C616" s="2" t="s">
+        <v>1522</v>
       </c>
       <c r="D616" s="2">
-        <v>252.44999999999999</v>
+        <v>344.79000000000002</v>
       </c>
       <c r="E616" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" s="2" t="s">
-        <v>1556</v>
+        <v>1523</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>1558</v>
+        <v>1524</v>
+      </c>
+      <c r="C617" s="2">
+        <v>443.79000000000002</v>
       </c>
       <c r="D617" s="2">
-        <v>252.59</v>
+        <v>344.95999999999998</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" s="2" t="s">
-        <v>1559</v>
+        <v>1525</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>1560</v>
+        <v>1526</v>
       </c>
       <c r="C618" s="2" t="s">
-        <v>1561</v>
+        <v>1527</v>
       </c>
       <c r="D618" s="2">
-        <v>252.97</v>
+        <v>348.94</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" s="2" t="s">
-        <v>1562</v>
+        <v>1528</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>1563</v>
+        <v>1529</v>
       </c>
       <c r="C619" s="2">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
       <c r="D619" s="2">
-        <v>253.18000000000001</v>
+        <v>349.019999999999982</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" s="2" t="s">
-        <v>1564</v>
+        <v>1530</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>1565</v>
+        <v>1531</v>
       </c>
       <c r="C620" s="2">
-        <v>479.91000000000003</v>
+        <v>0.0</v>
       </c>
       <c r="D620" s="2">
-        <v>253.53999999999999</v>
+        <v>352.31999999999999</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" s="2" t="s">
-        <v>1566</v>
+        <v>1532</v>
       </c>
       <c r="B621" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>1.46</v>
+        <v>1533</v>
+      </c>
+      <c r="C621" s="2" t="s">
+        <v>1534</v>
       </c>
       <c r="D621" s="2">
-        <v>254.53</v>
+        <v>352.80000000000001</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" s="2" t="s">
-        <v>1568</v>
+        <v>1535</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>90.45</v>
+        <v>1536</v>
+      </c>
+      <c r="C622" s="2" t="s">
+        <v>1537</v>
       </c>
       <c r="D622" s="2">
-        <v>254.66</v>
+        <v>353.43000000000001</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" s="2" t="s">
-        <v>1570</v>
+        <v>1538</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>1571</v>
-[...2 lines deleted...]
-        <v>8.36</v>
+        <v>1539</v>
+      </c>
+      <c r="C623" s="2" t="s">
+        <v>1540</v>
       </c>
       <c r="D623" s="2">
-        <v>254.72999999999999</v>
+        <v>354.42000000000002</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" s="2" t="s">
-        <v>1572</v>
+        <v>1541</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>1573</v>
+        <v>1542</v>
       </c>
       <c r="C624" s="2">
-        <v>0.6</v>
+        <v>0.0</v>
       </c>
       <c r="D624" s="2">
-        <v>254.77000000000001</v>
+        <v>354.45999999999998</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" s="2" t="s">
-        <v>1574</v>
+        <v>1543</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>1575</v>
-[...2 lines deleted...]
-        <v>1576</v>
+        <v>1544</v>
+      </c>
+      <c r="C625" s="2">
+        <v>0.0</v>
       </c>
       <c r="D625" s="2">
-        <v>255.21000000000001</v>
+        <v>355.73000000000002</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" s="2" t="s">
-        <v>1577</v>
+        <v>1545</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>1578</v>
-[...2 lines deleted...]
-        <v>1579</v>
+        <v>1546</v>
+      </c>
+      <c r="C626" s="2">
+        <v>721.42999999999995</v>
       </c>
       <c r="D626" s="2">
-        <v>256.74000000000001</v>
+        <v>356.04000000000002</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" s="2" t="s">
-        <v>1580</v>
+        <v>1547</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>1581</v>
-[...2 lines deleted...]
-        <v>1582</v>
+        <v>1548</v>
+      </c>
+      <c r="C627" s="2">
+        <v>0.0</v>
       </c>
       <c r="D627" s="2">
-        <v>256.82999999999998</v>
+        <v>359.49000000000001</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" s="2" t="s">
-        <v>1583</v>
+        <v>1549</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>1584</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1550</v>
+      </c>
+      <c r="C628" s="2" t="s">
+        <v>1551</v>
       </c>
       <c r="D628" s="2">
-        <v>256.86000000000001</v>
+        <v>359.89999999999998</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" s="2" t="s">
-        <v>1585</v>
+        <v>1552</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>1586</v>
-[...2 lines deleted...]
-        <v>1587</v>
+        <v>1553</v>
+      </c>
+      <c r="C629" s="2">
+        <v>0.0</v>
       </c>
       <c r="D629" s="2">
-        <v>256.94999999999999</v>
+        <v>361.35000000000002</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" s="2" t="s">
-        <v>1588</v>
+        <v>1554</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>1589</v>
-[...2 lines deleted...]
-        <v>68.56</v>
+        <v>1555</v>
+      </c>
+      <c r="C630" s="2" t="s">
+        <v>1556</v>
       </c>
       <c r="D630" s="2">
-        <v>256.98000000000002</v>
+        <v>368.36000000000001</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" s="2" t="s">
-        <v>1590</v>
+        <v>1557</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>1591</v>
+        <v>1558</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>1592</v>
+        <v>1559</v>
       </c>
       <c r="D631" s="2">
-        <v>257.22000000000003</v>
+        <v>368.47000000000003</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" s="2" t="s">
-        <v>1593</v>
+        <v>1560</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>1594</v>
-[...2 lines deleted...]
-        <v>67.93000000000001</v>
+        <v>1561</v>
+      </c>
+      <c r="C632" s="2" t="s">
+        <v>1562</v>
       </c>
       <c r="D632" s="2">
-        <v>258.13999999999999</v>
+        <v>369.50999999999999</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" s="2" t="s">
-        <v>1595</v>
+        <v>1563</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>1596</v>
+        <v>1564</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>1597</v>
+        <v>1565</v>
       </c>
       <c r="D633" s="2">
-        <v>258.19</v>
+        <v>369.97000000000003</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" s="2" t="s">
-        <v>1598</v>
+        <v>1566</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>1599</v>
-[...2 lines deleted...]
-        <v>2.15</v>
+        <v>1567</v>
+      </c>
+      <c r="C634" s="2" t="s">
+        <v>1568</v>
       </c>
       <c r="D634" s="2">
-        <v>258.29000000000002</v>
+        <v>372.14999999999998</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" s="2" t="s">
-        <v>1600</v>
+        <v>1569</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>1601</v>
+        <v>1570</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1602</v>
+        <v>1571</v>
       </c>
       <c r="D635" s="2">
-        <v>258.39999999999998</v>
+        <v>373.70999999999998</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" s="2" t="s">
-        <v>1603</v>
+        <v>1572</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>1604</v>
-[...2 lines deleted...]
-        <v>1605</v>
+        <v>1573</v>
+      </c>
+      <c r="C636" s="2">
+        <v>0.0</v>
       </c>
       <c r="D636" s="2">
-        <v>259.93000000000001</v>
+        <v>374.18000000000001</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" s="2" t="s">
-        <v>1606</v>
+        <v>1574</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>1607</v>
-[...2 lines deleted...]
-        <v>671.97000000000003</v>
+        <v>1575</v>
+      </c>
+      <c r="C637" s="2" t="s">
+        <v>1576</v>
       </c>
       <c r="D637" s="2">
-        <v>260.81</v>
+        <v>374.69999999999999</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" s="2" t="s">
-        <v>1608</v>
+        <v>1577</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>1609</v>
+        <v>1578</v>
       </c>
       <c r="C638" s="2">
-        <v>21.39</v>
+        <v>0.0</v>
       </c>
       <c r="D638" s="2">
-        <v>260.83999999999997</v>
+        <v>374.95999999999998</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" s="2" t="s">
-        <v>1610</v>
+        <v>1579</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>1611</v>
+        <v>1580</v>
       </c>
       <c r="C639" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="D639" s="2">
-        <v>261.089999999999975</v>
+        <v>375.45999999999998</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" s="2" t="s">
-        <v>1612</v>
+        <v>1581</v>
       </c>
       <c r="B640" s="2" t="s">
-        <v>1613</v>
+        <v>1582</v>
       </c>
       <c r="C640" s="2">
-        <v>3.27</v>
+        <v>0.0</v>
       </c>
       <c r="D640" s="2">
-        <v>261.16000000000003</v>
+        <v>375.56999999999999</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" s="2" t="s">
-        <v>1614</v>
+        <v>1583</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>1615</v>
-[...2 lines deleted...]
-        <v>1616</v>
+        <v>1584</v>
+      </c>
+      <c r="C641" s="2">
+        <v>0.0</v>
       </c>
       <c r="D641" s="2">
-        <v>261.25</v>
+        <v>377.089999999999975</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" s="2" t="s">
-        <v>1617</v>
+        <v>1585</v>
       </c>
       <c r="B642" s="2" t="s">
-        <v>1618</v>
+        <v>1586</v>
       </c>
       <c r="C642" s="2">
-        <v>0.0</v>
+        <v>890.45000000000005</v>
       </c>
       <c r="D642" s="2">
-        <v>261.89999999999998</v>
+        <v>382.37</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" s="2" t="s">
-        <v>1619</v>
+        <v>1587</v>
       </c>
       <c r="B643" s="2" t="s">
-        <v>1620</v>
+        <v>1588</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>1621</v>
+        <v>1589</v>
       </c>
       <c r="D643" s="2">
-        <v>262.0</v>
+        <v>382.5</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" s="2" t="s">
-        <v>1622</v>
+        <v>1590</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>1623</v>
-[...2 lines deleted...]
-        <v>1624</v>
+        <v>1591</v>
+      </c>
+      <c r="C644" s="2">
+        <v>0.0</v>
       </c>
       <c r="D644" s="2">
-        <v>262.25</v>
+        <v>382.75</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" s="2" t="s">
-        <v>1625</v>
+        <v>1592</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>1626</v>
+        <v>1593</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>1627</v>
+        <v>1594</v>
       </c>
       <c r="D645" s="2">
-        <v>262.68000000000001</v>
+        <v>383.25</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" s="2" t="s">
-        <v>1628</v>
+        <v>1595</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>1629</v>
-[...2 lines deleted...]
-        <v>1630</v>
+        <v>1596</v>
+      </c>
+      <c r="C646" s="2">
+        <v>0.0</v>
       </c>
       <c r="D646" s="2">
-        <v>262.68000000000001</v>
+        <v>387.38</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" s="2" t="s">
-        <v>1631</v>
+        <v>1597</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1633</v>
+        <v>1598</v>
+      </c>
+      <c r="C647" s="2">
+        <v>0.0</v>
       </c>
       <c r="D647" s="2">
-        <v>262.99000000000001</v>
+        <v>388.85000000000002</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" s="2" t="s">
-        <v>1634</v>
+        <v>1599</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>1635</v>
+        <v>1600</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>1636</v>
+        <v>1601</v>
       </c>
       <c r="D648" s="2">
-        <v>263.23000000000002</v>
+        <v>390.31999999999999</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" s="2" t="s">
-        <v>1637</v>
+        <v>1602</v>
       </c>
       <c r="B649" s="2" t="s">
-        <v>1638</v>
+        <v>1603</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>1639</v>
+        <v>1604</v>
       </c>
       <c r="D649" s="2">
-        <v>263.43000000000001</v>
+        <v>391.27999999999997</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" s="2" t="s">
-        <v>1640</v>
+        <v>1605</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>1641</v>
-[...2 lines deleted...]
-        <v>1642</v>
+        <v>1606</v>
+      </c>
+      <c r="C650" s="2">
+        <v>0.0</v>
       </c>
       <c r="D650" s="2">
-        <v>263.69999999999999</v>
+        <v>392.94999999999999</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" s="2" t="s">
-        <v>1643</v>
+        <v>1607</v>
       </c>
       <c r="B651" s="2" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-        <v>1645</v>
+        <v>1608</v>
+      </c>
+      <c r="C651" s="2">
+        <v>0.0</v>
       </c>
       <c r="D651" s="2">
-        <v>263.83999999999997</v>
+        <v>393.43000000000001</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" s="2" t="s">
-        <v>1646</v>
+        <v>1609</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>1647</v>
+        <v>1610</v>
       </c>
       <c r="C652" s="2">
         <v>0.0</v>
       </c>
       <c r="D652" s="2">
-        <v>264.019999999999982</v>
+        <v>394.24000000000001</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" s="2" t="s">
-        <v>1648</v>
+        <v>1611</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>1.76</v>
+        <v>1612</v>
+      </c>
+      <c r="C653" s="2" t="s">
+        <v>1613</v>
       </c>
       <c r="D653" s="2">
-        <v>264.19999999999999</v>
+        <v>397.44</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" s="2" t="s">
-        <v>1650</v>
+        <v>1614</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>1651</v>
-[...2 lines deleted...]
-        <v>431.75999999999999</v>
+        <v>1615</v>
+      </c>
+      <c r="C654" s="2" t="s">
+        <v>1616</v>
       </c>
       <c r="D654" s="2">
-        <v>264.19999999999999</v>
+        <v>400.32999999999998</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" s="2" t="s">
-        <v>1652</v>
+        <v>1617</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>1653</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1618</v>
+      </c>
+      <c r="C655" s="2">
+        <v>0.0</v>
       </c>
       <c r="D655" s="2">
-        <v>264.50999999999999</v>
+        <v>400.57999999999998</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" s="2" t="s">
-        <v>1655</v>
+        <v>1619</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>1656</v>
+        <v>1620</v>
       </c>
       <c r="C656" s="2">
-        <v>904.79999999999995</v>
+        <v>0.0</v>
       </c>
       <c r="D656" s="2">
-        <v>264.56999999999999</v>
+        <v>403.16000000000003</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" s="2" t="s">
-        <v>1657</v>
+        <v>1621</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>1658</v>
+        <v>1622</v>
       </c>
       <c r="C657" s="2">
-        <v>63.21</v>
+        <v>0.0</v>
       </c>
       <c r="D657" s="2">
-        <v>264.66000000000003</v>
+        <v>403.94</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" s="2" t="s">
-        <v>1659</v>
+        <v>1623</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>1660</v>
+        <v>1624</v>
       </c>
       <c r="C658" s="2">
-        <v>169.53</v>
+        <v>0.0</v>
       </c>
       <c r="D658" s="2">
-        <v>264.69</v>
+        <v>406.26999999999998</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" s="2" t="s">
-        <v>1661</v>
+        <v>1625</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-        <v>39.4</v>
+        <v>1626</v>
+      </c>
+      <c r="C659" s="2" t="s">
+        <v>1627</v>
       </c>
       <c r="D659" s="2">
-        <v>265.11000000000001</v>
+        <v>406.52999999999997</v>
       </c>
       <c r="E659" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" s="2" t="s">
-        <v>1663</v>
+        <v>1628</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>1664</v>
+        <v>1629</v>
       </c>
       <c r="C660" s="2">
-        <v>8.96</v>
+        <v>0.0</v>
       </c>
       <c r="D660" s="2">
-        <v>265.83999999999997</v>
+        <v>410.63999999999999</v>
       </c>
       <c r="E660" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" s="2" t="s">
-        <v>1665</v>
+        <v>1630</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>1666</v>
+        <v>1631</v>
       </c>
       <c r="C661" s="2">
-        <v>2.46</v>
+        <v>0.0</v>
       </c>
       <c r="D661" s="2">
-        <v>266.58999999999997</v>
+        <v>412.22000000000003</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" s="2" t="s">
-        <v>1667</v>
+        <v>1632</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>1668</v>
+        <v>1633</v>
       </c>
       <c r="C662" s="2">
-        <v>60.63</v>
+        <v>590.85000000000002</v>
       </c>
       <c r="D662" s="2">
-        <v>266.67000000000002</v>
+        <v>417.67000000000002</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" s="2" t="s">
-        <v>1669</v>
+        <v>1634</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>1670</v>
-[...2 lines deleted...]
-        <v>26.78</v>
+        <v>1635</v>
+      </c>
+      <c r="C663" s="2" t="s">
+        <v>1636</v>
       </c>
       <c r="D663" s="2">
-        <v>266.69</v>
+        <v>419.19999999999999</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" s="2" t="s">
-        <v>1671</v>
+        <v>1637</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>1672</v>
+        <v>1638</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>1673</v>
+        <v>1639</v>
       </c>
       <c r="D664" s="2">
-        <v>267.38999999999999</v>
+        <v>419.25999999999999</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" s="2" t="s">
-        <v>1674</v>
+        <v>1640</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>1675</v>
+        <v>1641</v>
       </c>
       <c r="C665" s="2">
-        <v>60.28</v>
+        <v>583.019999999999982</v>
       </c>
       <c r="D665" s="2">
-        <v>267.44999999999999</v>
+        <v>419.38</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" s="2" t="s">
-        <v>1676</v>
+        <v>1642</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>1677</v>
+        <v>1643</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>1678</v>
+        <v>1644</v>
       </c>
       <c r="D666" s="2">
-        <v>267.72000000000003</v>
+        <v>420.76999999999998</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" s="2" t="s">
-        <v>1679</v>
+        <v>1645</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1646</v>
+      </c>
+      <c r="C667" s="2" t="s">
+        <v>1647</v>
       </c>
       <c r="D667" s="2">
-        <v>268.61000000000001</v>
+        <v>421.0099999999999909</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" s="2" t="s">
-        <v>1681</v>
+        <v>1648</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>1682</v>
+        <v>1649</v>
       </c>
       <c r="C668" s="2">
-        <v>983.46000000000004</v>
+        <v>572.89999999999998</v>
       </c>
       <c r="D668" s="2">
-        <v>268.63</v>
+        <v>421.69</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" s="2" t="s">
-        <v>1683</v>
+        <v>1650</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>1684</v>
-[...2 lines deleted...]
-        <v>32.5</v>
+        <v>1651</v>
+      </c>
+      <c r="C669" s="2" t="s">
+        <v>1652</v>
       </c>
       <c r="D669" s="2">
-        <v>269.62</v>
+        <v>425.75</v>
       </c>
       <c r="E669" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" s="2" t="s">
-        <v>1685</v>
+        <v>1653</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>1686</v>
-[...2 lines deleted...]
-        <v>1687</v>
+        <v>1654</v>
+      </c>
+      <c r="C670" s="2">
+        <v>555.20000000000005</v>
       </c>
       <c r="D670" s="2">
-        <v>269.85000000000002</v>
+        <v>426.14999999999998</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" s="2" t="s">
-        <v>1688</v>
+        <v>1655</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>1689</v>
+        <v>1656</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>1690</v>
+        <v>1657</v>
       </c>
       <c r="D671" s="2">
-        <v>271.25</v>
+        <v>428.33999999999997</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" s="2" t="s">
-        <v>1691</v>
+        <v>1658</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>1692</v>
+        <v>1659</v>
       </c>
       <c r="C672" s="2">
-        <v>9.26</v>
+        <v>0.0</v>
       </c>
       <c r="D672" s="2">
-        <v>273.79000000000002</v>
+        <v>432.55000000000001</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" s="2" t="s">
-        <v>1693</v>
+        <v>1660</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>1694</v>
+        <v>1661</v>
       </c>
       <c r="C673" s="2">
-        <v>440.25</v>
+        <v>0.0</v>
       </c>
       <c r="D673" s="2">
-        <v>274.58999999999997</v>
+        <v>437.49000000000001</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" s="2" t="s">
-        <v>1695</v>
+        <v>1662</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>1696</v>
+        <v>1663</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>1697</v>
+        <v>1664</v>
       </c>
       <c r="D674" s="2">
-        <v>274.68000000000001</v>
+        <v>438.76999999999998</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" s="2" t="s">
-        <v>1698</v>
+        <v>1665</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>1699</v>
+        <v>1666</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>1700</v>
+        <v>1667</v>
       </c>
       <c r="D675" s="2">
-        <v>275.04000000000002</v>
+        <v>441.14999999999998</v>
       </c>
       <c r="E675" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" s="2" t="s">
-        <v>1701</v>
+        <v>1668</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>1702</v>
+        <v>1669</v>
       </c>
       <c r="C676" s="2">
-        <v>454.0099999999999909</v>
+        <v>567.25999999999999</v>
       </c>
       <c r="D676" s="2">
-        <v>275.32999999999998</v>
+        <v>441.74000000000001</v>
       </c>
       <c r="E676" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" s="2" t="s">
-        <v>1703</v>
+        <v>1670</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>1704</v>
+        <v>1671</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>1705</v>
+        <v>1672</v>
       </c>
       <c r="D677" s="2">
-        <v>275.32999999999998</v>
+        <v>442.94999999999999</v>
       </c>
       <c r="E677" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" s="2" t="s">
-        <v>1706</v>
+        <v>1673</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>1707</v>
+        <v>1674</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>1708</v>
+        <v>1675</v>
       </c>
       <c r="D678" s="2">
-        <v>275.60000000000002</v>
+        <v>445.49000000000001</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" s="2" t="s">
-        <v>1709</v>
+        <v>1676</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>1710</v>
+        <v>1677</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>1711</v>
+        <v>1678</v>
       </c>
       <c r="D679" s="2">
-        <v>276.24000000000001</v>
+        <v>447.58999999999997</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" s="2" t="s">
-        <v>1712</v>
+        <v>1679</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-        <v>51.76</v>
+        <v>1680</v>
+      </c>
+      <c r="C680" s="2" t="s">
+        <v>1681</v>
       </c>
       <c r="D680" s="2">
-        <v>276.54000000000002</v>
+        <v>452.70999999999998</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" s="2" t="s">
-        <v>1714</v>
+        <v>1682</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>1715</v>
+        <v>1683</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>1716</v>
+        <v>1684</v>
       </c>
       <c r="D681" s="2">
-        <v>278.079999999999984</v>
+        <v>453.37</v>
       </c>
       <c r="E681" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" s="2" t="s">
-        <v>1717</v>
+        <v>1685</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>1718</v>
-[...2 lines deleted...]
-        <v>79.22</v>
+        <v>1686</v>
+      </c>
+      <c r="C682" s="2" t="s">
+        <v>1687</v>
       </c>
       <c r="D682" s="2">
-        <v>278.23000000000002</v>
+        <v>456.81999999999999</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" s="2" t="s">
-        <v>1719</v>
+        <v>1688</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>1720</v>
+        <v>1689</v>
       </c>
       <c r="C683" s="2">
-        <v>27.98</v>
+        <v>0.0</v>
       </c>
       <c r="D683" s="2">
-        <v>278.83999999999997</v>
+        <v>465.94999999999999</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" s="2" t="s">
-        <v>1721</v>
+        <v>1690</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1691</v>
+      </c>
+      <c r="C684" s="2">
+        <v>0.0</v>
       </c>
       <c r="D684" s="2">
-        <v>279.19</v>
+        <v>470.060000000000002</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" s="2" t="s">
-        <v>1724</v>
+        <v>1692</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>1725</v>
+        <v>1693</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>1726</v>
+        <v>1694</v>
       </c>
       <c r="D685" s="2">
-        <v>280.27999999999997</v>
+        <v>470.93000000000001</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" s="2" t="s">
-        <v>1727</v>
+        <v>1695</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>1728</v>
+        <v>1696</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>1729</v>
+        <v>1697</v>
       </c>
       <c r="D686" s="2">
-        <v>280.58999999999997</v>
+        <v>478.56</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" s="2" t="s">
-        <v>1730</v>
+        <v>1698</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>1731</v>
-[...2 lines deleted...]
-        <v>1732</v>
+        <v>1699</v>
+      </c>
+      <c r="C687" s="2">
+        <v>0.0</v>
       </c>
       <c r="D687" s="2">
-        <v>280.93000000000001</v>
+        <v>479.95999999999998</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" s="2" t="s">
-        <v>1733</v>
+        <v>1700</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>1734</v>
-[...2 lines deleted...]
-        <v>32.42</v>
+        <v>1701</v>
+      </c>
+      <c r="C688" s="2" t="s">
+        <v>1702</v>
       </c>
       <c r="D688" s="2">
-        <v>281.14999999999998</v>
+        <v>480.86000000000001</v>
       </c>
       <c r="E688" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" s="2" t="s">
-        <v>1735</v>
+        <v>1703</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>1736</v>
+        <v>1704</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>1737</v>
+        <v>1705</v>
       </c>
       <c r="D689" s="2">
-        <v>281.79000000000002</v>
+        <v>482.13</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" s="2" t="s">
-        <v>1738</v>
+        <v>1706</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>1739</v>
-[...2 lines deleted...]
-        <v>0.43</v>
+        <v>1707</v>
+      </c>
+      <c r="C690" s="2" t="s">
+        <v>1708</v>
       </c>
       <c r="D690" s="2">
-        <v>282.14999999999998</v>
+        <v>488.26999999999998</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" s="2" t="s">
-        <v>1740</v>
+        <v>1709</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>1741</v>
+        <v>1710</v>
       </c>
       <c r="C691" s="2">
-        <v>1.42</v>
+        <v>736.0</v>
       </c>
       <c r="D691" s="2">
-        <v>282.23000000000002</v>
+        <v>510.91000000000003</v>
       </c>
       <c r="E691" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" s="2" t="s">
-        <v>1742</v>
+        <v>1711</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>1743</v>
-[...2 lines deleted...]
-        <v>1744</v>
+        <v>1712</v>
+      </c>
+      <c r="C692" s="2">
+        <v>0.0</v>
       </c>
       <c r="D692" s="2">
-        <v>282.42000000000002</v>
+        <v>519.67999999999995</v>
       </c>
       <c r="E692" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693" s="2" t="s">
-        <v>1745</v>
+        <v>1713</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>1746</v>
-[...2 lines deleted...]
-        <v>1747</v>
+        <v>1714</v>
+      </c>
+      <c r="C693" s="2">
+        <v>0.0</v>
       </c>
       <c r="D693" s="2">
-        <v>282.47000000000003</v>
+        <v>530.82000000000005</v>
       </c>
       <c r="E693" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" s="2" t="s">
-        <v>1748</v>
+        <v>1715</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>1749</v>
+        <v>1716</v>
       </c>
       <c r="C694" s="2">
-        <v>931.52999999999997</v>
+        <v>0.0</v>
       </c>
       <c r="D694" s="2">
-        <v>282.55000000000001</v>
+        <v>546.84000000000003</v>
       </c>
       <c r="E694" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" s="2" t="s">
-        <v>1750</v>
+        <v>1717</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>1751</v>
+        <v>1718</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1752</v>
+        <v>1719</v>
       </c>
       <c r="D695" s="2">
-        <v>283.060000000000002</v>
+        <v>553.029999999999973</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" s="2" t="s">
-        <v>1753</v>
+        <v>1720</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>1754</v>
-[...2 lines deleted...]
-        <v>678.24000000000001</v>
+        <v>1721</v>
+      </c>
+      <c r="C696" s="2" t="s">
+        <v>1722</v>
       </c>
       <c r="D696" s="2">
-        <v>283.60000000000002</v>
+        <v>561.75999999999999</v>
       </c>
       <c r="E696" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" s="2" t="s">
-        <v>1755</v>
+        <v>1723</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>1756</v>
-[...2 lines deleted...]
-        <v>1757</v>
+        <v>1724</v>
+      </c>
+      <c r="C697" s="2">
+        <v>0.0</v>
       </c>
       <c r="D697" s="2">
-        <v>283.82999999999998</v>
+        <v>620.46000000000004</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" s="2" t="s">
-        <v>1758</v>
+        <v>1725</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>1759</v>
+        <v>1726</v>
       </c>
       <c r="C698" s="2">
-        <v>382.12</v>
+        <v>0.0</v>
       </c>
       <c r="D698" s="2">
-        <v>283.83999999999997</v>
+        <v>625.32000000000005</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" s="2" t="s">
-        <v>1760</v>
+        <v>1727</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>1761</v>
-[...2 lines deleted...]
-        <v>462.0</v>
+        <v>1728</v>
+      </c>
+      <c r="C699" s="2" t="s">
+        <v>1729</v>
       </c>
       <c r="D699" s="2">
-        <v>284.44</v>
+        <v>634.12</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" s="2" t="s">
-        <v>1762</v>
+        <v>1730</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>1763</v>
+        <v>1731</v>
       </c>
       <c r="C700" s="2">
-        <v>41.48</v>
+        <v>0.0</v>
       </c>
       <c r="D700" s="2">
-        <v>284.93000000000001</v>
+        <v>674.45000000000005</v>
       </c>
       <c r="E700" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701" s="2" t="s">
-        <v>1764</v>
+        <v>1732</v>
       </c>
       <c r="B701" s="2" t="s">
-        <v>1765</v>
-[...2 lines deleted...]
-        <v>148.21000000000001</v>
+        <v>1733</v>
+      </c>
+      <c r="C701" s="2" t="s">
+        <v>1734</v>
       </c>
       <c r="D701" s="2">
-        <v>285.31999999999999</v>
+        <v>679.70000000000005</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702" s="2" t="s">
-        <v>1766</v>
+        <v>1735</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>1767</v>
-[...2 lines deleted...]
-        <v>10.050000000000001</v>
+        <v>1736</v>
+      </c>
+      <c r="C702" s="2" t="s">
+        <v>1737</v>
       </c>
       <c r="D702" s="2">
-        <v>285.56</v>
+        <v>691.25999999999999</v>
       </c>
       <c r="E702" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703" s="2" t="s">
-        <v>1768</v>
+        <v>1738</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>1769</v>
-[...2 lines deleted...]
-        <v>1770</v>
+        <v>1739</v>
+      </c>
+      <c r="C703" s="2">
+        <v>0.0</v>
       </c>
       <c r="D703" s="2">
-        <v>286.45999999999998</v>
+        <v>817.20000000000005</v>
       </c>
       <c r="E703" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704" s="2" t="s">
-        <v>1771</v>
+        <v>1740</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>1772</v>
+        <v>1741</v>
       </c>
       <c r="C704" s="2">
-        <v>158.13</v>
+        <v>0.0</v>
       </c>
       <c r="D704" s="2">
-        <v>286.80000000000001</v>
+        <v>877.71000000000004</v>
       </c>
       <c r="E704" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" s="2" t="s">
-        <v>1773</v>
+        <v>1742</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>1774</v>
-[...2 lines deleted...]
-        <v>1775</v>
+        <v>1743</v>
+      </c>
+      <c r="C705" s="2">
+        <v>0.0</v>
       </c>
       <c r="D705" s="2">
-        <v>287.14999999999998</v>
+        <v>899.88</v>
       </c>
       <c r="E705" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" s="2" t="s">
-        <v>1776</v>
+        <v>1744</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>1777</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1745</v>
+      </c>
+      <c r="C706" s="2" t="s">
+        <v>1746</v>
       </c>
       <c r="D706" s="2">
-        <v>287.87</v>
+        <v>906.48000000000002</v>
       </c>
       <c r="E706" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" s="2" t="s">
-        <v>1778</v>
+        <v>1747</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>1779</v>
-[...2 lines deleted...]
-        <v>1780</v>
+        <v>1748</v>
+      </c>
+      <c r="C707" s="2">
+        <v>0.0</v>
       </c>
       <c r="D707" s="2">
-        <v>288.81</v>
+        <v>922.38</v>
       </c>
       <c r="E707" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" s="2" t="s">
-        <v>1781</v>
+        <v>1749</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>1782</v>
-[...2 lines deleted...]
-        <v>24.1</v>
+        <v>1750</v>
+      </c>
+      <c r="C708" s="2" t="s">
+        <v>1751</v>
       </c>
       <c r="D708" s="2">
-        <v>289.38999999999999</v>
+        <v>929.66999999999996</v>
       </c>
       <c r="E708" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" s="2" t="s">
-        <v>1783</v>
+        <v>1752</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>1784</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1753</v>
+      </c>
+      <c r="C709" s="2" t="s">
+        <v>1754</v>
       </c>
       <c r="D709" s="2">
-        <v>290.69999999999999</v>
+        <v>937.69000000000005</v>
       </c>
       <c r="E709" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" s="2" t="s">
-        <v>1785</v>
+        <v>1755</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>1786</v>
+        <v>1756</v>
       </c>
       <c r="C710" s="2">
-        <v>6.33</v>
+        <v>0.0</v>
       </c>
       <c r="D710" s="2">
-        <v>290.72000000000003</v>
+        <v>938.07000000000005</v>
       </c>
       <c r="E710" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" s="2" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>1788</v>
-[...2 lines deleted...]
-        <v>1387</v>
+        <v>1758</v>
+      </c>
+      <c r="C711" s="2">
+        <v>0.0</v>
       </c>
       <c r="D711" s="2">
-        <v>291.32999999999998</v>
+        <v>941.0</v>
       </c>
       <c r="E711" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" s="2" t="s">
-        <v>1789</v>
+        <v>1759</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>1790</v>
+        <v>1760</v>
       </c>
       <c r="C712" s="2">
-        <v>241.65000000000001</v>
+        <v>436.54000000000002</v>
       </c>
       <c r="D712" s="2">
-        <v>291.41000000000003</v>
+        <v>963.21000000000004</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" s="2" t="s">
-        <v>1791</v>
+        <v>1761</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>1792</v>
+        <v>1762</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>1793</v>
+        <v>1763</v>
       </c>
       <c r="D713" s="2">
-        <v>291.75999999999999</v>
+        <v>972.82000000000005</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714" s="2" t="s">
-        <v>1794</v>
+        <v>1764</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>1795</v>
+        <v>1765</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>1796</v>
+        <v>1766</v>
       </c>
       <c r="D714" s="2">
-        <v>292.19999999999999</v>
+        <v>974.76999999999998</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="715" spans="1:5">
       <c r="A715" s="2" t="s">
-        <v>1797</v>
+        <v>1767</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>1798</v>
+        <v>1768</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>1799</v>
-[...2 lines deleted...]
-        <v>292.27999999999997</v>
+        <v>1769</v>
+      </c>
+      <c r="D715" s="2" t="s">
+        <v>1770</v>
       </c>
       <c r="E715" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="716" spans="1:5">
       <c r="A716" s="2" t="s">
-        <v>1800</v>
+        <v>1771</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>1801</v>
-[...5 lines deleted...]
-        <v>292.56999999999999</v>
+        <v>1772</v>
+      </c>
+      <c r="C716" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="D716" s="2" t="s">
+        <v>1773</v>
       </c>
       <c r="E716" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="717" spans="1:5">
       <c r="A717" s="2" t="s">
-        <v>1803</v>
+        <v>1774</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>1804</v>
-[...5 lines deleted...]
-        <v>293.0099999999999909</v>
+        <v>1775</v>
+      </c>
+      <c r="C717" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D717" s="2" t="s">
+        <v>1777</v>
       </c>
       <c r="E717" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="718" spans="1:5">
       <c r="A718" s="2" t="s">
-        <v>1805</v>
+        <v>1778</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>1806</v>
+        <v>1779</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-        <v>293.39999999999998</v>
+        <v>1780</v>
+      </c>
+      <c r="D718" s="2" t="s">
+        <v>1781</v>
       </c>
       <c r="E718" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="719" spans="1:5">
       <c r="A719" s="2" t="s">
-        <v>1807</v>
+        <v>1782</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>1808</v>
-[...5 lines deleted...]
-        <v>293.45999999999998</v>
+        <v>1783</v>
+      </c>
+      <c r="C719" s="2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D719" s="2" t="s">
+        <v>1781</v>
       </c>
       <c r="E719" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="720" spans="1:5">
       <c r="A720" s="2" t="s">
-        <v>1809</v>
+        <v>1785</v>
       </c>
       <c r="B720" s="2" t="s">
-        <v>1810</v>
+        <v>1786</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>1811</v>
-[...2 lines deleted...]
-        <v>293.62</v>
+        <v>1787</v>
+      </c>
+      <c r="D720" s="2" t="s">
+        <v>1781</v>
       </c>
       <c r="E720" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="721" spans="1:5">
       <c r="A721" s="2" t="s">
-        <v>1812</v>
+        <v>1788</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>1813</v>
-[...5 lines deleted...]
-        <v>294.52999999999997</v>
+        <v>1789</v>
+      </c>
+      <c r="C721" s="2" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D721" s="2" t="s">
+        <v>1781</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>7</v>
-[...4146 lines deleted...]
-      <c r="E965" s="2" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>